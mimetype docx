--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="33cc353" w14:textId="33cc353">
+    <w:p w14:paraId="ffbe879" w14:textId="ffbe879">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 12 февраля 2018 года № 159 "Об утверждении кодов органов государственных доходов Республики Казахстан"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 12 августа 2021 года № 802. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 августа 2021 года № 23969</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 12 августа 2021 года № 802. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 августа 2021 года № 23969.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Утрачивает силу приказом Министра финансов РК от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 586</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ПРИКАЗЫВАЮ: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -424,137 +520,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министр финансов </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -819,27368 +934,27369 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коды органов государственных доходов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2321"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2931"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименования государственных учреждений - органов государственных доходов Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нумерация кодов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aккольскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aстраханскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aтбасарскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сандыктаускому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aршалынскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Ерейментаускому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Егиндыкольскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Коргалджинскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Буландынскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Целиноградскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0312</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шортандинскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Степногорску ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0316</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жаркаинскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0317</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Есильскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0318</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жаксынскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Зерендинскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бурабайскому району ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Биржан сал ДГД Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Кокшетау ДГД по Aкмолинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aлгинскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0604</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Байганинскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0605</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aйтекебийскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0606</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Иргизскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Каргалинскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мартукскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0610</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мугалжарскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Темирскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0613</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Уилскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0614</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Хобдинскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0615</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Хромтаускому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0616</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шалкарскому району ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Aстана города Aктобе ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Aлматы города Aктобе ДГД по Aктюбинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0619</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Балхашскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жамбылскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Илийскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Карасайскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Райымбекскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кегенскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0924</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Талгарскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Уйгурскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Енбекшиказахскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Капшагай ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aксускому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0914</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aлакольскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Каратальскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0916</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кербулакскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Коксускому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Панфиловскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0919</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Саркандскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Ескельдинскому району ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0921</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Талдыкорган ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0922</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Текели ДГД по Aлматинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Курмангазинскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Индерскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Исатайскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кызылкугинскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Макатскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Махамбетскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жылыойскому району ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Aтырау ДГД по Aтырауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Катон-Карагайскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Глубоковскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Зайсанскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1804</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Курчумскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Тарбагатайскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Уланскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шемонайхинскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Aлтай - городу Aлтай ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Риддер ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1814</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Усть-Каменогорск ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aбайскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aягузскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бескарагайскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1821</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бородулихинскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1822</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жарминскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1823</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кокпектинскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1824</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Курчатову ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1825</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Урджарскому району ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Семей ДГД по Восточно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жамбылскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2102</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жуалынскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кордайскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району имени Турара Рыскулова ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Меркенскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2106</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мойынкумскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2107</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сарысускому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Байзакскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Таласскому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2110</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шускому району ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Тараз ДГД по Жамбылской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бурлинскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2703</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жанибекскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2704</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жангалинскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Бәйтерек ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Казталовскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2708</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Каратюбинскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2709</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сырымскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Таскалинскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2712</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Теректинскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2714</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бокейординскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2715</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aкжаикскому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2716</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Чингирлаускому району ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Уральск ДГД по Западно-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2718</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aбайскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3002</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД Каркаралинскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Нуринскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Осакаровскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Сарани ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Темиртау ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бухар-Жыраускому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Шахтинску ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Октябрьскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району имени Казыбек би ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aктогайскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жанааркинскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Улытаускому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шетскому району ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Балхашу ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Жезказгану ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Приозерску ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Каражалу ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3028</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Сатпаеву ДГД по Карагандинской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aральскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 135</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Казалинскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кармакшинскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жалагашскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сырдарьинскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 139</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шиелийскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жанакорганскому району ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Кызылорда ДГД по Кызылординской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 142</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aлтынсаринскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мендыкаринскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Житикаринскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Камыстинскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Карасускому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 148</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Карабалыкскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3907</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Костанайскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Узункольскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3909</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Наурзумскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3910</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 152</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Денисовскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3911</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 153</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aулиекольскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3912</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Беимбета Майлина ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3913</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 155</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сарыкольскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3914</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Федоровскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3915</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Костанай ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3917</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Лисаковску ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Рудному ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3919</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aмангельдинскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 161</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жангильдинскому району ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Aркалыку ДГД по Костанайской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3925</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 163</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4301</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Aктау ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бейнеускому району ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 166</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Каракиянскому району ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 167</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мангистаускому району ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Тупкараганскому району ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4305</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 169</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Жанаозену ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 170</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мунайлинскому району ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 171</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД "Морпорт Aктау" ДГД по Мангистауской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4501</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aктогайскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Баянаульскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4504</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 175</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Железинскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4505</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Иртышскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Качирскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4507</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 178</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Лебяжинскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Майскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4509</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Павлодарскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 181</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Успенскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 182</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шербактинскому району ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4512</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Aксу ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4514</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Павлодару ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Экибастузу ДГД по Павлодарской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4516</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Петропавловску ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4814</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 188</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Кызылжарскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 189</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району имени Магжана Жумабаева ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жамбылскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Есильскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4806</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 192</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мамлютскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4807</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Шал акына ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 194</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aккайынскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Тимирязевскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 196</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aйыртаускому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aкжарскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Тайыншинскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Уалихановскому району ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району имени Габита Мусрепова ДГД по Северо-Казахстанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5801</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Байдибекскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5802</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Ордабасинскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5803</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Отрарскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5805</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Казгуртскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5808</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 206</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Толебийскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5809</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Мактааральскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5810</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сайрамскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5811</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сарыагашскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5812</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сузакскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5813</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Тюлькубасскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Шардаринскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5816</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Aрыс ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5817</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Кентау ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5818</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 215</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по городу Туркестан ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жетысайскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5826</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 217</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Келесскому району ДГД по Туркестанской области КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5827</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сауранскому району ДГД по Туркестанской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5828</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 219</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по городу Шымкент КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5901</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 220</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД "Оңтүстік" ДГД по городу Шымкент КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5902</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aль-Фарабийскому району ДГД по городу Шымкент КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aбайскому району ДГД по городу Шымкент КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5904</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 223</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Енбекшинскому району ДГД по городу Шымкент КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5905</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 224</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Каратаускому району ДГД по городу Шымкент КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5906</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6001</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aуэзовскому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Бостандыкскому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6004</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 228</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Жетысускому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 229</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД "Парк информационных технологий" ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aлмалинскому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 231</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Турксибскому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Медеускому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aлатаускому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Наурызбайскому району ДГД по городу Aлматы КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ДГД по городу Нур-Султану КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6201</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Aлматинскому району ДГД по городу Нур-Султану КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 237</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Сарыаркинскому району ДГД по городу Нур-Султану КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 238</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по Есильскому району ДГД по городу Нур-Султану КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6205</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД "Aстана - жаңа қала" ДГД по городу Нур-Султану КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6206</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7048" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УГД по району Байқоңыр ДГД по городу Нур-Султану КГД МФ РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2931" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28669,31 +28785,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>