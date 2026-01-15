--- v0 (2025-11-18)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c1ae992" w14:textId="c1ae992">
+    <w:p w14:paraId="cf0a532" w14:textId="cf0a532">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,224 +76,316 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Требований к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для не финансового сектора</w:t>
+        <w:t>Об утверждении Требований к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для нефинансового сектора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Председателя Агентства Республики Казахстан по финансовому мониторингу от 6 августа 2021 года № 4. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 августа 2021 года № 23942.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 07.09.2022 </w:t>
+      Сноска. Заголовок - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27</w:t>
+        <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма", и пунктом 8 статьи 27 Закона Республики Казахстан "О правовых актах", ПРИКАЗЫВАЮ:</w:t>
+      В соответствии с пунктом 3-2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения", и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Требования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для не финансового сектора.</w:t>
+        <w:t xml:space="preserve"> к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для нефинансового сектора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 07.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 27</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -408,156 +500,137 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель Агентства </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан по финансовому мониторингу </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -642,7857 +715,2086 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом Председателя</w:t>
+              <w:t>Председателя Агентства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Агентства Республики </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Казахстан по финансовому </w:t>
-[...12 lines deleted...]
-              <w:t>мониторингу</w:t>
+              <w:t>по финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 августа 2021 года № 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Требования к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для не финансового сектора</w:t>
+        <w:t xml:space="preserve"> Требования к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для нефинансового сектора</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 07.09.2022 </w:t>
+      Сноска. Требования - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27</w:t>
+        <w:t>№ 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Требования - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 28.02.2022 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+      1. Настоящие Требования к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для нефинансового сектора (далее – Требования) разработаны в соответствии с пунктом 3-2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон) и Международными стандартами Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ) для субъектов финансового мониторинга, предусмотренных подпунктами 7), 8), 13), 15), 16), 18), 21) и 22) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона (далее – субъект).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Правила внутреннего контроля являются документом, который регламентирует организационные основы работы, направленные на противодействие легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – ПОД/ФТ/ФРОМУ), и устанавливает порядок действий субъекта в целях ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Правила внутреннего контроля включают в себя программы, предусмотренные пунктом 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Субъект вправе включать в программы правил внутреннего контроля положения, непредусмотренные Требованиями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Правила внутреннего контроля утверждаются субъектом (высшим органом управления либо руководителем) и размещаются в личном кабинете.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+        <w:t xml:space="preserve"> Глава 2. Программа организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ, включая требование о назначении лица, ответственного за реализацию и соблюдение правил внутреннего контроля, из числа руководящих работников субъектов или иных руководителей субъектов не ниже уровня руководителя соответствующего структурного подразделения, а также иные требования, предъявляемые к работникам субъектов, ответственным за реализацию и соблюдение правил внутреннего контроля, в том числе о наличии безупречной деловой репутации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Требования к правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для не финансового сектора (далее – Требования) разработаны в соответствии с </w:t>
-[...142 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      5. Программа организации внутреннего контроля включает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок назначения лица, ответственного за реализацию и соблюдение правил внутреннего контроля (далее – ответственное лицо);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) полномочия и обязанности, возлагаемые на ответственное лицо;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок возложения обязанностей ответственного лица на период его временного отсутствия (отпуск, временная нетрудоспособность, служебная командировка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) полномочия и обязанности структурного подразделения, выполняющего функции по ПОД/ФТ/ФРОМУ (при наличии). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о создании такого структурного подразделения принимается юридическими лицами самостоятельно исходя из особенностей структуры, штатной численности, клиентской базы и степени (уровня) риска совершения клиентом подозрительных операций с деньгами и (или) иным имуществом (далее – подозрительная операция);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) описание системы внутреннего контроля субъекта и его филиала (при наличии), а также порядок взаимодействия структурных подразделений юридического лица (работников индивидуального предпринимателя) по вопросам реализации правил внутреннего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) порядок внесения изменений в правила внутреннего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) порядок проверки системы внутреннего контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) порядок хранения документов и сведений, полученных в результате реализации обязанностей по ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ответственным лицом назначается физическое лицо, являющееся работником субъекта на основании трудового договора и соответствующее следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обладает статусом руководителя (не ниже уровня руководителя структурного подразделения) и подчиняющееся непосредственно руководителю юридического лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеет высшее или среднее профессиональное образование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеет стаж работы не менее 2 (двух) лет в сфере ПОД/ФТ/ФРОМУ либо в сфере деятельности субъекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеет безупречную деловую репутацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      имеет сертификат о прохождении тестирования на знание законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ (далее – сертификат). Сертификат размещается в личном кабинете субъекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицо, на которое возлагаются обязанности ответственного лица на период его временного отсутствия (отпуск, временная нетрудоспособность, служебная командировка), соответствует требованиям, предъявляемым к ответственному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект назначает себя ответственным лицом, в случае если он является индивидуальным предпринимателем либо физическим лицом. При этом требования, установленные для ответственного лица, на него не распространяются, за исключением наличия сертификата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Субъектом не реже 1 (одного) раза в год проводится проверка системы внутреннего контроля на соответствие требованиям законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверка системы внутреннего контроля включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверку выполнения субъектом (ответственным лицом) правил внутреннего контроля и требований законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) представление субъекту (высшему органу управления либо руководителю) письменных отчетов о результатах проведенной проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принятие мер, направленных на устранение нарушений, выявленных по результатам проверок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверка системы внутреннего контроля осуществляется по решению субъекта внешним аудитом, внутренним аудитом (при его наличии) либо структурным подразделением (работником), не участвующим в системе ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Субъект не менее 5 (пяти) лет со дня прекращения деловых отношений с клиентом обеспечивает хранение документов и сведений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Программа управления рисками (низкий, высокий уровни риска) легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, учитывающая риски клиентов и риски использования услуг в преступных целях, включая риск использования технологических достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Программа управления рисками включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок оценки и отнесения клиента к степени (уровню) риска при установлении деловых отношений, а также применения упрощенных или усиленных мер надлежащей проверки клиентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) порядок и сроки пересмотра степени (уровня) риска клиента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок управления рисками;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) порядок оценки рисков использования новых услуг (продуктов) и (или) программно-технических средств в целях легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения (далее – ОД/ФТ/ФРОМУ), включающий разработку комплекса мер, направленных на их снижение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок фиксирования результатов оценки степени (уровня) риска и управления рисками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Оценка степени (уровня) риска осуществляется при установлении деловых отношений и в ходе деловых отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка степени (уровня) риска осуществляется по одной или по совокупности следующих категорий рисков:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      риски, связанные со странами и (или) отдельными географическими территориями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      риски, связанные с клиентами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      риски, связанные с услугами (продуктами), каналами поставок, операциями с деньгами и (или) иным имуществом (далее – операция), совершаемыми клиентом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект устанавливает дополнительные категории рисков с учетом особенностей своей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Субъект при оценке степени (уровня) риска учитывает следующие факторы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      результаты национальной и секторальной оценки рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      характер и виды деятельности клиентов, а также используемые ими услуги (продукты); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      информацию и сведения, а также рекомендации уполномоченного органа; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      типологии, схемы и способы ОД/ФТ/ФРОМУ, размещенные на интернет-ресурсе уполномоченного органа, и от других доступных источников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      признаки операций, видов и условий деятельности, имеющих повышенные риски совершения клиентами операций в целях ОД/ФТ/ФРОМУ, с учетом рекомендаций Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект разрабатывает дополнительные факторы для оценки степени (уровня) риска с учетом особенностей своей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. При оценке степени (уровня) риска проводится отнесение клиентов к следующим уровням риска:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высокая степень (уровень) риска;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      низкая степень (уровень) риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Решение о присвоении клиенту степени (уровня) риска принимается субъектом по итогам изучения имеющейся информации о клиенте (его представителе) и бенефициарном собственнике, а также об операциях, совершаемых клиентом либо в интересах клиента. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. При длительном (длящимся) характере деловых отношений субъект осуществляет постоянный мониторинг уровня риска клиента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о пересмотре группы риска принимается при выявлении факторов, на основании которых оценивается степень (уровень) риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Управление рисками реализуется посредством осуществления действий по снижению риска в рамках мер, предусмотренных пунктом 7 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обновление сведений о клиентах с высокой степенью (уровнем) риска осуществляется не реже 1 (одного) раза в полугодие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Оценка рисков новых услуг (продуктов) и (или) программно-технических средств проводится до их введения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Субъект ежегодно осуществляет оценку степени (уровня) подверженности клиентов, услуг (продуктов) рискам ОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты оценки степени (уровня) риска ОД/ФТ/ФРОМУ размещаются в личном кабинете субъекта в срок до 10 (десятого) января года, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Программа идентификации клиентов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Программа идентификации клиента включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок принятия мер надлежащей проверки клиента (его представителя) и бенефициарного собственника, а также подтверждения достоверности полученных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) проверку наличия клиента (его представителя) и бенефициарного собственника в перечнях организаций и лиц, связанных с финансированием терроризма и экстремизма, и финансированием распространения оружия массового уничтожения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) порядок выявления иностранных публичных должностных лиц, а также лиц, находящихся в перечне публичных должностных лиц, утверждаемом Президентом Республики Казахстан, с определением источников происхождения денежных средств или иного имущества; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) порядок выявления физических и юридических лиц, имеющих регистрацию, место жительства или место нахождения в государстве (на территории), которое не выполняет рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Способы и формы фиксирования сведений, получаемых в результате идентификации клиентов (их представителей) и бенефициарных собственников определяются субъектом самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Программа мониторинга и изучения операций клиентов, включая изучение сложных, необычно крупных и других необычных операций клиентов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Программа мониторинга и изучения операций клиентов включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) процедуры выявления операций, подлежащих финансовому мониторингу и подозрительной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) порядок принятия решения об отказе в проведении операции либо установлении (прекращении) деловых отношений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок и периодичность проведения сверки на наличие своих клиентов, в отношении которых должны применяться меры по замораживанию операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) порядок принятия мер по замораживанию операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) порядок действий, связанных с приостановлением операций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) порядок взаимодействия и информирования клиента о применяемых мерах по ПОД/ФТ/ФРОМУ с учетом требований, предусмотренных пунктами 5 и 5-1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z99" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) порядок взаимодействия с клиентами для осуществления операций, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 12 Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) порядок представления в уполномоченный орган сообщений о фактах отказа в совершении операции либо установлении (прекращении) деловых отношений, замораживания и приостановления операций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. В программу мониторинга и изучения операций клиентов включаются признаки подозрительных операций и (или) деятельности, типологии, схемы и способы ОД/ФТ/ФРОМУ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъект вправе включить в программу мониторинга и изучения операций клиентов дополнительные признаки подозрительных операций и (или) деятельности, типологии, схемы и способы ОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Решение о признании операции и (или) деятельности клиента подозрительной принимается субъектом на основании информации о финансово-хозяйственной деятельности, финансовом положении и деловой репутации клиента (его представителя) и бенефициарного собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях выявления подозрительной операции и (или) деятельности субъектом проводится мониторинг операций клиента и изучение информации, имеющейся в его распоряжении. В решении субъекта фиксируются дата и основания признания операции и (или) деятельности подозрительной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Сообщения об операциях, подлежащих финансовому мониторингу, направляются субъектом в уполномоченный орган посредством личного кабинета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Результаты мониторинга операций клиентов и изучения информации используются субъектом для ежегодной оценки степени (уровня) риска и управления рисками ОД/ФТ/ФРОМУ, а также для пересмотра уровня риска клиентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Программа подготовки и обучения субъектов в сфере ПОД/ФТ/ФРОМУ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z108" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Программа подготовки и обучения субъекта в сфере ПОД/ФТ/ФРОМУ разрабатывается в соответствии с Требованиями к субъектам финансового мониторинга по подготовке и обучению в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по финансовому мониторингу от 9 августа 2021 года № 6 (зарегистрированного в Реестре государственной регистрации нормативных правовых актов № 23952).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...7446 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -8514,55 +2816,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8888,31 +3190,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>