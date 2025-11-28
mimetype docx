--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2b57cda" w14:textId="2b57cda">
+    <w:p w14:paraId="d470377" w14:textId="d470377">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1334,134 +1334,176 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. План (или выписка из него) размещается на общедоступном месте опасного производственного объекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. План включает:</w:t>
+      9. План ликвидации аварий содержит:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkStart w:name="z149" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оперативную часть;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      2) распределение обязанностей между персоналом, участвующим в ликвидации аварий, и порядок его действия;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) распределение обязанностей между работниками, участвующими в ликвидации аварий, последовательность действий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) список должностных лиц и учреждений, оповещаемых в случае аварии и участвующих в ее ликвидации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. План в оригинале со всеми приложениями находится у:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2214,990 +2256,1176 @@
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Учебная тревога</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В целях проверки эффективности Плана на каждом объекте не реже одного раза в год проводится учебная тревога с вызовом подразделений аварийно-спасательной службы, обслуживающего объект.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkStart w:name="z152" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О проведении учебных тревог организация, эксплуатирующая опасный производственный объект, письменно информирует территориальное подразделение ведомства уполномоченного органа в области промышленной безопасности не позднее десяти рабочих дней до даты их проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Проведение учебной тревоги не вызывает нарушения работ, ведущихся на объекте, обеспечения боеспособности подразделений аварийно-спасательной службы в случае возникновения аварий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Задачами проведения учебной тревоги являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверка подготовленности объекта, персонала к спасению людей и ликвидации аварии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверка соответствия Плана фактическому положению на объекте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверка подразделений аварийно-спасательной службы, обслуживающей объект.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Учебная тревога проводится техническим руководителем организации, эксплуатирующей опасный производственный объект, совместно с представителями территориального подразделения ведомства уполномоченного органа в области промышленной безопасности и профессиональных аварийно-спасательных служб в области промышленной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Дата проведения учебной тревоги на объекте в соответствии с Планом определяется совместным решением руководства организации и аварийно-спасательной службы. Персонал объекта не извещается о дате и времени проведения учебной тревоги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. До начала учебной тревоги:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       намечают место и характер "аварии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       устанавливают время начала учебной тревоги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уточняют количество и расстановку контролеров, составляют порядок проведения учебной тревоги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяют количество вызываемых аварийно-спасательных служб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определяют перечень лиц и учреждений, подлежащих исключению из списка извещаемых об аварии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Лица, руководящие проведением учебной тревоги, перед началом учения объясняют контролерам их обязанности и знакомят их с порядком проведение учебной тревоги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Все контролеры к назначенному времени занимают места для контроля проведения учебной тревоги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Контролер, которому поручено сообщить об "аварии", в назначенное время с места "аварии" звонит диспетчеру (дежурному) объекта об "аварии", указав ее место и характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Контролер, находящийся у диспетчера (дежурного) объекта, знакомит их с перечнем лиц и учреждений, которые не оповещаются об аварии, и следит за правильностью и своевременностью вызова остальных лиц и учреждений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Проверяющие контролируют действия ответственного руководителя работ по ликвидации аварии, руководителя аварийно-спасательных работ, лиц, прибывших на "аварию", согласно распределению обязанностей, предусмотренному Планом, обращая особое внимание на их действия в начальный период "аварии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Контролеры, каждый на своем посту, проверяют действия персонала, отделений аварийно-спасательной службы, состояние технических средств, подлежащих использованию при аварии, правильность их применения, состояние запасных выходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. При учебной тревоге устанавливаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       способ оповещения об "аварии" и время, затраченное на него;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       время вызова и время прибытия подразделения аварийно-спасательной службы на объект;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       время прибытия должностных лиц, которые извещены об "аварии" на объект;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z100" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       время, затраченное на выход (вывод) людей (если такой вывод предусмотрен в Плане) из "аварийного" участка в безопасное место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z101" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выполнение ответственным руководителем объекта и лицами производственного контроля мероприятий по выводу людей и работ по ликвидации "аварии", предусмотренных в Плане;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие воды в противопожарном трубопроводе в месте "аварии" (при "пожаре"), ее давление и расход у места "пожара", время, затраченное на подачу воды непосредственно к очагу "пожара";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соответствие действий персонала Плану, знание ими запасных выходов, наличие средств индивидуальной защиты и умение пользоваться ими;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       умение персонала тушить пожар в начальный момент его возникновения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       умение персонала оказывать первую доврачебную медицинскую помощь "пострадавшим" при "аварии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полнота и правильность взятого отделениями аварийно-спасательной службы по виду аварии оснащения и умение пользоваться им;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z107" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выполнение отделениями заданий по выводу людей, выносу "пострадавших" и оказанию им первой доврачебной медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z108" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сработанность и четкость взаимодействия личного состава аварийно-спасательной службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z109" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выполнение отделениями заданий по ликвидации "аварии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       умение спасателей устанавливать связь и пользоваться сигнальным кодом при работе в атмосфере непригодной для дыхания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z111" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       умение руководителей аварийно-спасательной службы рассчитывать расход кислорода при движении по различным маршрутам к месту "аварии" и обратно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z112" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правильность действий руководителя аварийно-спасательной службы и умение руководить в атмосфере непригодной для дыхания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие средств пожаротушения (огнетушителей, песка или инертной пыли, средствами для определения загазованности, сигнальные ленты, пожарные щиты) на "аварийном" участке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z114" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подготовленность транспорта для вывоза людей с "аварийного" участка и доставки отделений аварийно-спасательной службы к месту "аварии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z115" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие, состояние и возможность использования противопожарных водоемов, насосов, противопожарных трубопроводов, вентилей и пожарных гаек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z116" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       укомплектованность складов материалов, противопожарных поездов и время, затраченное на доставку противопожарного поезда к месту "аварии".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z117" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. При подземных работах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z118" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       правильность использования и состояние подъемных установок при выезде людей из подземных выработок во время "аварии";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z119" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличие в выработках, служащих запасными выходами, и на разветвлениях этих выработок указателей с наименованием выработки и направления к выходу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z120" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. После окончания учебной тревоги, проверяющие совместно с контролерами, руководителями и персоналом объекта, руководителями аварийно-спасательной службы, участвовавшими в ликвидации "аварии", проводят разбор учебной тревоги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z121" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Контролеры докладывают о соответствии положения на участке объекта Плану, о подготовленности технического персонала участка, подразделений аварийно-спасательной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
-[...15 lines deleted...]
-      Результаты проведения учебной тревоги обсуждаются на собраниях коллективов, работающих на объекте.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Акт о проведенной учебной тревоге вручается руководителю организации, руководителю аварийно-спасательной службы и подписывается представителем территориального подразделения ведомства уполномоченного органа в области промышленной безопасности, участвовавшего в проведении учебной тревоги с указанием оценки и внесением предложений по проведенной учебной тревоге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Контроль за выполнением изложенных в акте предложений возлагается на руководителя организации и руководитель аварийно-спасательной службы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -3401,54 +3629,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z127" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Список должностных лиц и учреждений извещаемых об аварии</w:t>
+        <w:t xml:space="preserve"> Список должностных лиц и учреждений, извещаемых об аварии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -3843,51 +4109,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4080,51 +4346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4317,51 +4583,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4554,51 +4820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4791,51 +5057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5019,294 +5285,3042 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-а)</w:t>
-[...199 lines deleted...]
-        </w:trPr>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-б)</w:t>
-            </w:r>
+Начальники подразделения объекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5494,2871 +8508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в)</w:t>
-[...2819 lines deleted...]
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8551,87 +8745,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальное подразделение уполномоченного органа</w:t>
+Территориальное подразделение ведомства уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8788,51 +8982,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9025,51 +9219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9262,51 +9456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9541,103 +9735,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 к Инструкции по </w:t>
+              <w:t>Приложение 1 к Инструкции</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">разработке плана ликвидации </w:t>
+              <w:t>по разработке плана ликвидации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">аварий и проведению учебных </w:t>
+              <w:t>аварий и проведению учебных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тревог и противоаварийных </w:t>
+              <w:t>тревог и противоаварийных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тренировок на опасных </w:t>
+              <w:t>тренировок на опасных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>производственных объектах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9677,88 +9871,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        `                              Пропуск</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z132" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выдан ___________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (Фамилия, имя, отчество (при его наличии), должность)  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10064,205 +10258,205 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="123"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Оперативный журнал по ликвидации аварий</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z136" w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z136" w:id="124"/>
-[...9 lines deleted...]
-      __________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (организация)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место аварии _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:p>
-[...32 lines deleted...]
-      Место аварии _____________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Характер аварии __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z138" w:id="126"/>
-[...15 lines deleted...]
-      Характер аварии __________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Время возникновения аварии (год, месяц, число, часы, минуты)__________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z139" w:id="127"/>
-[...15 lines deleted...]
-      Время возникновения аварии (год, месяц, число, часы, минуты)__________________</w:t>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z140" w:id="128"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z141" w:id="129"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10777,90 +10971,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="130"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ответственный руководитель работ по ликвидации аварий  </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись _________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z143" w:id="131"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11030,68 +11224,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="132"/>
+    <w:bookmarkStart w:name="z146" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оперативная часть плана ликвидации аварии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11606,144 +11800,144 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="133"/>
+    <w:bookmarkStart w:name="z147" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель объекта</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z148" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласовано: Руководитель аварийно-спасательной службы</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z148" w:id="134"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>