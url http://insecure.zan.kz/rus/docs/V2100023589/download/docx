--- v0 (2025-10-05)
+++ v1 (2026-01-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e8c9c5b" w14:textId="e8c9c5b">
+    <w:p w14:paraId="74d05cb" w14:textId="74d05cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,245 +93,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении правил осуществления сооплаты</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 16 июля 2021 года № ҚР ДСМ-61. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 июля 2021 года № 23589. Действие приостановлено до 31 декабря 2025 года приказом и.о. Министра здравоохранения Республики Казахстан от 1 августа 2023 года № 143.</w:t>
-[...160 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 16 июля 2021 года № ҚР ДСМ-61. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 июля 2021 года № 23589.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 93)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа и.о. Министра здравоохранения РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемые правила осуществления сооплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -714,596 +634,4688 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу Министр</w:t>
+              <w:t>Министр здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>здравоохранения</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>от 16 июля 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 16 июля 2021 года № ҚР ДСМ-61</w:t>
+              <w:t>№ ҚР ДСМ-61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила осуществления сооплаты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа и.о. Министра здравоохранения РК от 03.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие правила осуществления сооплаты разработаны в соответствии с </w:t>
+      1. Настоящие Правила осуществления сооплаты (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 93)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок осуществления сооплаты на лекарственные средства и медицинские изделия.</w:t>
+        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" и определяют порядок осуществления сооплаты. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) информационная система учета амбулаторного лекарственного обеспечения (далее – ИСЛО) – информационная система, определяемая уполномоченным органом в области здравоохранения для автоматизации учета выписки рецептов, отпуска товара поставщикам фармацевтической услуги или услуги по учету и реализации в рамках ГОБМП и (или) в системе ОСМС;</w:t>
+      1) информационная система учета амбулаторного лекарственного обеспечения (далее – ИСЛО) – информационная система, определяемая уполномоченным органом в области здравоохранения для автоматизации учета выписки рецептов, отпуска товара поставщикам фармацевтической услуги или услуги по учету и реализации лекарственных средств и медицинских изделий в рамках гарантированного объема бесплатной медицинской помощи (далее – ГОБМП) и (или) в системе обязательного социального медицинского страхования (далее – ОСМС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) сооплата – оплата разницы в стоимости лекарственных средств и (или) медицинских изделий и установленной предельной цене их возмещения в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования на амбулаторном уровне, осуществляемая в добровольном порядке;</w:t>
+      2) фонд социального медицинского страхования (далее – фонд) – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, предусмотренных договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) объекты в сфере обращения лекарственных средств и медицинских изделий – аптека, в том числе осуществляющая реализацию через интернет, аптечный пункт в организациях здравоохранения, передвижной аптечный пункт для отдаленных сельских местностей, организованный от аптеки, аптечный (дистрибьюторский) склад, склад временного хранения лекарственных средств, медицинских изделий, магазин оптики, магазин медицинских изделий, склад медицинских изделий, организации по производству лекарственных средств и медицинских изделий;</w:t>
+      3) сооплата – оплата разницы в стоимости лекарственных средств и (или) медицинских изделий и установленной предельной цене их возмещения в рамках ГОБМП и (или) в системе ОСМС на амбулаторном уровне, осуществляемая в добровольном порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) международное непатентованное наименование лекарственного средства (далее – МНН) – название лекарственного средства, рекомендованное Всемирной организацией здравоохранения;</w:t>
+      4) предельная цена возмещения лекарственных средств и медицинских изделий в рамках сооплаты – стоимость реализации лекарственных средств и (или) медицинских изделий, не выше предельной цены на международное непатентованное наименование лекарственных средств и техническую характеристику медицинского изделия в рамках ГОБМП и в системе ОСМС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) предельная цена на МНН лекарственного средства или техническую характеристику медицинского изделия в рамках ГОБМП и (или) в системе ОСМС – цена на МНН лекарственного средства или техническую характеристику медицинского изделия, выше которой не может быть произведен закуп в рамках ГОБМП и (или) в системе ОСМС;</w:t>
+      5) субъекты в сфере обращения лекарственных средств и медицинских изделий – физические или юридические лица, осуществляющие фармацевтическую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) предельная цена возмещения лекарственных средств и медицинских изделий в рамках ГОБМП и (или) в системе ОСМС – стоимость одной упаковки лекарственного препарата с определенной дозировкой, формой выпуска лекарственного средства и (или) с определенной характеристикой и составом медицинского изделия, рассчитанная путем умножения закупочной цены согласно прайс-листа Единого дистрибьютора за единицу измерения на количество единиц измерения в потребительской упаковке;</w:t>
+      6) международное непатентованное наименование лекарственного средства – название лекарственного средства, рекомендованное Всемирной организацией здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) торговое наименование лекарственного средства – название, под которым регистрируется лекарственное средство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) торговое наименование медицинского изделия – название, под которым регистрируется медицинское изделие.</w:t>
+      8) информационная система сооплаты субъектов в сфере обращения лекарственных средств и медицинских изделий и (или) консорциума (далее – ИСС) – информационная система (программный продукт), используемая для автоматизации процессов амбулаторно-лекарственного обеспечения по сооплате, подлежащая обязательному испытанию и подтверждению соответствия требованиям законодательства Республики Казахстан в сфере информационной безопасности до ее внедрения и эксплуатации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок осуществления сооплаты</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) консорциум – это временный добровольный равноправный союз (объединение) на основе договора о совместной хозяйственной деятельности, в котором юридические лица объединяют те или иные ресурсы и координируют усилия для решения конкретных хозяйственных задач;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Cооплата лекарственных средств и (или) медицинских изделий осуществляется при бесплатном и (или) льготном амбулаторном обеспечении отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями)в рамках ГОБМП и (или) в системе ОСМС.</w:t>
+      10) торговое наименование медицинского изделия – название, под которым регистрируется медицинское изделие;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Сооплата осуществляется пациентом в случае несогласия получать бесплатное лекарственное средство и (или) медицинское изделие в рамках ГОБМП и (или) в системе ОСМС при оказании первичной медико-санитарной и специализированной медицинской помощи в амбулаторных условиях.</w:t>
+      11) предельная цена на международное непатентованное наименование лекарственного средства или техническую характеристику изделия медицинского назначения, медицинских изделий для диагностики вне живого организма (in vitro), производимых на территории Республики Казахстан в рамках долгосрочных договоров поставки, заключенных с Единым дистрибьютором, в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования – цена на международное непатентованное наименование лекарственного средства или техническую характеристику изделия медицинского назначения, медицинских изделий для диагностики вне живого организма (in vitro), производимых на территории Республики Казахстан в рамках долгосрочных договоров поставки, заключенных с Единым дистрибьютором, зарегистрированного в Республике Казахстан, выше которой не может быть произведен закуп в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Пациент по собственному желанию (добровольно) выбирает более дорогостоящее лекарственное средство под другим торговым наименованием и (или) медицинское изделие с доплатой разницы стоимости выбранного торгового наименования лекарственного средства, не превышающего предельной цены на торговое наименование в обьекте в сфере обращения лекарственных средств и медицинских изделий, участвующего в сооплате в рамках ГОБМП и ОСМС.</w:t>
+      12) мобильное приложение "электронного правительства" – программный продукт, установленный и запущенный на абонентском устройстве сотовой связи и предоставляющий доступ к государственным услугам и услугам, оказываемым в электронной форме, посредством сотовой связи и Интернет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      6. Пациенту, выбирающему лекарственное средство и (или) медицинское изделие с сооплатой, в объектах в сфере обращения лекарственных средств и медицинских изделий в доступной форме предоставляется полная и достоверная информация о возможности получения лекарственных средств и (или) медицинских изделий в рамках ГОБМП и (или) в системе ОСМС.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок осуществления сооплаты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. При отпуске лекарственного средства и (или) медицинского изделия с сооплатой, в объекте в сфере обращения лекарственных средств и медицинских изделий пациенту предлагаются все имеющиеся в ассортименте торговые наименования лекарственных средстви (или) медицинских изделий по соответствующему МНН лекарственного средства с учетом лекарственной формы и дозировки лекарственного средства и технической характеристики или комплектации медицинского изделия, начиная с лекарственного средства или медицинского изделия по наименьшей цене.</w:t>
+      3. Cооплата лекарственных средств и (или) медицинских изделий осуществляется при бесплатном и (или) льготном амбулаторном обеспечении лекарственными средствами и (или) медицинскими изделиями отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями) в рамках ГОБМП и (или) в системе ОСМС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. В случае выбора пациентом торгового наименования лекарственного средства и (или) медицинского изделия с сооплатой, пациент предоставляет письменное добровольное согласие на доплату сверх предельной цены возмещения лекарственного средства и (или) медицинского изделия в произвольной форме.</w:t>
+      4. Пациентам или их законным представителям при обеспечении лекарственными средствами и (или) медицинскими изделиями предоставляется право выбора одного из следующих способов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. При выборе лекарственного средства и (или) медицинского изделия пациент осуществляет сооплату сверх предельной цены возмещения лекарственного средства и (или) медицинского изделия.</w:t>
+      1) бесплатное обеспечение лекарственными средствами и (или) медицинскими изделиями через аптечные пункты в организациях здравоохранения, оказывающих первичную медико-санитарную и (или) консультативно-диагностическую помощь, а также через передвижные аптечные пункты, функционирующие в сельских населенных пунктах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Специалист объекта в сфере обращения ЛС в ИСЛО вводит информацию по торговому наименованию отпущенного лекарственного средства и (или) медицинского изделия с указанием даты отпуска.</w:t>
+      2) обеспечение лекарственными средствами и (или) медицинскими изделиями с применением сооплаты через субъекты в сфере обращения лекарственных средств и медицинских изделий, имеющих договор с фондом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медицинские работники при выписке рецепта в ИСЛО получают согласие пациента или его законного представителя на выбор способа сооплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. После выписки медицинским работником рецепта на амбулаторное лекарственное обеспечение пациент или его законный представитель информируется в личном кабинете мобильного приложения "электронного правительства" и (или) в мобильном приложении ИСС и (или) интернет-ресурсе ИСС, имеющих функционал электронных рецептов и интегрированных с ИСЛО, о зарегистрированных торговых наименованиях лекарственных средств и (или) медицинских изделий, соответствующих международному непатентованному наименованию, лекарственной форме и дозировке, адреса аптек, участвующих в рамках сооплаты и наличии в них лекарственных средств и (или) медицинских изделий с указанием их стоимости и размера доплаты в рамках сооплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Обеспечение пациента или его законного представителя лекарственным средством и (или) медицинским изделием осуществляется по международным непатентованным наименованиям с учетом лекарственной формы и дозировки посредством сканирования электронного рецепта (QR-кода), предъявляемого через сервис "Социальный кошелек" в мобильном приложении "электронного правительства" и (или) мобильные приложении ИСС и (или) интернет-ресурса ИСС, имеющих функционал электронных рецептов и интегрированных с ИСЛО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Реализация сооплаты обеспечивается посредством ИСС с информированием пациента или его законного представителя о возможности получения лекарственных средств и (или) медицинских изделий согласно пункту 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. ИСС обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) передачу информации в мобильное приложение "электронного правительства" и (или) в мобильное приложение ИСС и (или) интернет-ресурсы ИСС, имеющих функционал электронных рецептов и интегрированных с ИСЛО, об аптеках, участвующих в сооплате, наличии в них лекарственных средств и (или) медицинских изделий с указанием их стоимости и размера доплаты в рамках сооплаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключение договора сооплаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) формирование, согласование либо отклонение сводного реестра обеспеченных рецептов субъектами в сфере обращения лекарственных средств и медицинских изделий и (или) консорциумом по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) формирование и согласование акта оплаты фармацевтических услуг субъектами в сфере обращения лекарственных средств и медицинских изделий и (или) консорциумом по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) автоматизированную передачу данных в ИСЛО об обеспечении рецепта по факту выдачи пациенту лекарственного средства и (или) медицинского изделия, с указанием даты отпуска и реквизитов чека контрольно-кассовой машины, подтверждающего факт отпуска и статуса кода маркировки отпущенного лекарственного средства и (или) медицинского изделия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Консорциум и (или) субъекты в сфере обращения лекарственных средств и медицинских изделий, подают в фонд заявку на заключение договора сооплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Субъекты в сфере обращения лекарственных средств и медицинских изделий в рамках сооплаты соответствуют следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие аптечной сети, включающей не менее 70 (семидесяти) аптек, расположенных не менее чем в 3 (трех) областях, городах республиканского значения и/или столице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие ИСС либо подключение к ИСС, соответствующей функциям и требованиям, указанным в пунктах 8 и 12 настоящих Правил, с обеспечением технической возможности работы каждой аптеки, входящей в аптечную сеть субъекта в сфере обращения лекарственных средств и медицинских изделий с данной системой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Консорциум соответствует следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участники консорциума совместно обеспечивают реализацию сооплаты через аптечную сеть, включающую не менее 200 (двести) аптек, расположенных не менее чем в 5 (пяти) областях, городах республиканского значения и/или столице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие ИСС либо подключение к ИСС, соответствующей функциям и требованиям, указанным в пунктах 8 и 12 настоящих Правил, с обеспечением технической возможности работы каждой аптеки, входящей в аптечную сеть субъекта в сфере обращения лекарственных средств и медицинских изделий с данной системой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие заключенного договора о создании консорциума, предусматривающего равные условия возмещения каждому участнику консорциума в рамках сооплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. ИСС допускается к использованию в рамках сооплаты при наличии акта или протокола испытаний, подтверждающих соответствие требованиям информационной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Фонд рассматривает представленную заявку в срок не более 5 (пяти) рабочих дней. В случае соответствия критериям, указанных в пунктах 10 и 11 настоящих Правил, фонд заключает договор с субъектом в сфере обращения лекарств и медицинских изделий и (или) консорциумом, от имени которого выступает один из субъектов в сфере обращения лекарственных средств и медицинских изделий (далее – официальный представитель консорциума).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Официальный представитель консорциума определяется участниками консорциума на основании договора о создании консорциума.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В договоре о создании консорциума указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование участника, уполномоченного представлять интересы консорциума в отношениях с фондом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объем полномочий официального представителя, включая право подписания договора с фондом, предоставления сводного реестра и акта оплаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядок принятия решений о смене официального представителя консорциума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ответственность официального представителя перед другими участниками консорциума за достоверность представляемой информации и исполнение обязательств по договору сооплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Фонд не вмешивается во внутренние договорные отношения участников консорциума, касающиеся выбора, замены или отзыва официального представителя, а также порядка распределения средств и принятия решений. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Форма договора сооплаты утверждается исполнительным органом Фонда, в соответствии с гражданским законодательством и законодательством в сфере здравоохранения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Субъекты в сфере обращения лекарственных средств и медицинских изделий и (или) официальный представитель консорциума не использует сведения, собранные в рамках реализации сооплаты, в иных коммерческих целях, не предусмотренных сооплатой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Оператор мобильного приложения "электронного правительства" предоставляет возможность интеграции (обмен данными) в рамках сооплаты субъектам в сфере обращения лекарственных средств и медицинских изделий и (или) официальному представителю консорциума, с которым фонд заключил договор сооплаты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок оплаты стоимости фармацевтических услуг в рамках сооплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Фонд оплачивает фармацевтические услуги в рамках сооплаты субъектам в сфере обращения лекарственных средств и медицинских изделий и (или) официальному представителю консорциума за фактически оказанные фармацевтические услуги, за счет бюджетных средств и активов фонда на основании договора сооплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Основанием для оплаты стоимости фармацевтических услуг субъектам в сфере обращения лекарственных средств и медицинских изделий и (или) официальному представителю консорциума является:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сводный реестр обеспеченных рецептов субъектами в сфере обращения лекарственных средств и медицинских изделий и (или) консорциумом по форме согласно приложению 1 к настоящим Правилам (далее – сводный реестр);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) акт оплаты фармацевтических услуг субъектами в сфере обращения лекарственных средств и медицинских изделий и (или) консорциумом по форме согласно приложению 2 к настоящим Правилам (далее – акт оплаты).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Отчетным периодом для оплаты стоимости фармацевтических услуг в рамках сооплаты является календарный месяц. Оплата за декабрь текущего года производится в следующем финансовом году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По соглашению между фондом и субъектом в сфере обращения лекарственных средств и медицинских изделий и (или) официальным представителем консорциума, при наличии технических возможностей и финансовых средств, продолжительность отчетного периода может устанавливаться менее календарного месяца.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Субъекты в сфере обращения лекарственных средств и медицинских изделий и (или) официальный представитель консорциума предоставляют сводный реестр, сформированный в ИСС, а также акт оплаты на бумажном носителе и (или) через ИСС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Сводный реестр предоставляется субъектами в сфере обращения лекарственных средств и медицинских изделий и (или) официальным представителем консорциума фонду ежемесячно не позднее 25 (двадцать пятого) числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сводный реестр для оплаты стоимости фармацевтических услуг за декабрь текущего года предоставляется до 25 (двадцать пятого) января года, следующего за отчетным финансовым годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Фонд рассматривает и согласовывает сводный реестр в течение 10 (десяти) рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Субъекты в сфере обращения лекарственных средств и медицинских изделий и (или) официальный представитель консорциума после согласования фондом сводного реестра направляет ему акт оплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Фонд после получения акта оплаты рассматривает и подписывает в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Фонд осуществляет оплату субъектам в сфере обращения лекарственных средств и медицинских изделий и (или) официальному представителю консорциума в течение 5 (пяти) календарных дней с даты подписания акта оплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Фонд оплачивает субъектам в сфере обращения лекарственных средств и медицинских изделий и (или) официальному представителю консорциума стоимость лекарственных средств по предельной цене на международное непатентованное наименование, но не выше цены на торговое наименование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Пациент не производит доплату, если цена торгового наименования лекарственного средства и (или) медицинских изделий ниже предельной цены, установленной для соответствующего международного непатентованного наименования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Срок оплаты, предусмотренный пунктом 26 настоящих Правил, приостанавливается при несвоевременном перечислении фонду бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      29. Основанием для расторжения договора сооплаты является нарушение и (или) соблюдение условий, предусмотренных пунктами 10, 11, 12, 22 и 24 настоящих Правил, а именно несвоевременное или ненадлежащее предоставление сводного реестра и акта оплаты, нарушение требований по подключению и эксплуатации ИСС, а также информационной безопасности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расторжение договора осуществляется путем направления письменного уведомления субъектам в сфере обращения лекарственных средств и медицинских изделий и (или) официальному представителю консорциума. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Договор считается расторгнутым с момента получения указанного уведомления субъектами в сфере обращения лекарственных средств и медицинских изделий и (или) официальным представителем консорциума.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления сооплаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сводный реестр обеспеченных рецептов субъектами в сфере обращения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лекарственных средств и медицинских изделий и (или) консорциумом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      за период _______________№_______ от "___" _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за период с "___" _______ 20 ___ года по "___" ________ 20 ___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по Договору оплаты стоимости фармацевтических услуг в рамках сооплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ____от "___" _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование и БИН поставщика (субъект в сфере обращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лекарственных средств и медицинских изделий и (или) официальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представитель консорциума, заключивший договор сооплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с НАО "Фонд социального медицинского страхования")</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование субъекта в сфере обращения лекарственных средств и медицинских изделий, фактически обеспечившего рецепт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН субъект в сфере обращения лекарственных средств и медицинских изделий, фактически обеспечившего рецепт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регион</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код МКБ-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН пациента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ и дата обеспеченного рецепта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международное непатентованное наименование обеспеченного лекарственного средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Торговое наименование обеспеченного лекарственного средства (ТН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дозировка и Форма выпуска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предельная цена возмещения за единицу измерения, в тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер фискального чека</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер (код) маркировки ЛС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цена возмещение стоимости Фондом, в тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цена оплаченная пациентом, в тенге (сумма сооплаты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общая сумма, в тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17=15+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итого стоимость фармацевтической услуги в рамках сооплаты составила _____тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представлено:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Субъект в сфере обращения лекарственных средств и медицинских изделий и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>официальный представитель консорциума ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласовано:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>НАО "Фонд социального медицинского страхования" __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*Торговое наименование указывается из государственного реестра</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лекарственных средств и медицинских изделий </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления сооплаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акт оплаты фармацевтических услуг субъектами в сфере обращения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лекарственных средств и медицинских изделий и (или) консорциумом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      №_______ от "___" _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за период с "___" _______ 20 ___ года по "___" ________ 20 ___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по Договору оплаты стоимости фармацевтических услуг в рамках сооплаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ____от "___" _________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регион</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование поставщика (субъект в сфере обращения лекарственных средств и медицинских изделий и (или) официальный представитель консорциума, заключивший договор сооплаты с НАО "Фонд социального медицинского страхования")</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предъявлено к оплате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество обеспеченных рецептов в рамках сооплаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма возмещения Фондом, в тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого сумма обеспеченных рецептов в рамках сооплаты, тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представлено:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Субъект в сфере обращения лекарственных средств и медицинских изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) официальный представитель консорциума</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласовано:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>НАО "Фонд социального медицинского страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>