--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c206b27" w14:textId="c206b27">
+    <w:p w14:paraId="e07c180" w14:textId="e07c180">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4568,1575 +4568,1529 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Для продления действия аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, ранее аттестованный эксперт-аудитор, за исключением экспертов-аудиторов, лишенных аттестатов или сроки действия аттестатов, которых приостановлены или истекли, не ранее чем за 30 (тридцать) календарных дней до окончания срока аттестата, направляет услугодателю посредством портала следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z131" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      форму сведений физического лица, подающего на продление действия аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z132" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заявление в форме электронного документа согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z133" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      электронную копию документа, подтверждающего трудовую деятельность работника в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z134" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      электронную копию отчета о деятельности эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением копий актов экспертиз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В первый абзац пункта 7 предусматривается изменение на казахском языке, текст на русском языке не меняется в соответствии с приказом Министра торговли и интеграции РК от 13.08.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); внесено изменение на казахском языке, текст на русском языке не меняется в соответствии с приказом Министра торговли и интеграции РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 241-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Для внесения изменений в аттестат эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара в связи со сменой имени или фамилии, услугополучатель направляет услугодателю посредством портала заявление на редактирование в произвольной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Для продления действия аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, ранее аттестованный эксперт-аудитор, за исключением экспертов-аудиторов, лишенных аттестатов или сроки действия аттестатов, которых приостановлены или истекли, не ранее чем за 30 (тридцать) календарных дней до окончания срока аттестата, направляет услугодателю посредством портала следующие документы:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z131" w:id="34"/>
+      Услугодатель рассматривает заявление на редактирование в течение 2 (двух) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Сведения о документах, услугополучателя удостоверяющих личность представляются услугодателю из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      форму сведений физического лица, подающего на продление действия аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара согласно </w:t>
-[...142 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+      10. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Статус о принятии документов и (или) сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Услугодатель в день поступления электронных документов и (или) сведений осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием документов и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодатель рассматривает заявление на редактирование в течение 2 (двух) рабочих дней со дня ее регистрации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+      13. Услугодатель с момента регистрации проверяет полноту и срок действия представленных документов и (или) сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случаях представления услугополучателем неполного пакета документов, указанных в пунктах 6 и 7 настоящих Правил, (или) документов с истекшим сроком действия услугодатель в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона в течение 1 (одного) рабочего дня отказывает в приеме заявления и направляет уведомление в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Результатом оказания государственной услуги является выдача аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо продление срока действия аттестата на 5 (пять) лет либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, указанным в пункте 17 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Сведения о документах, услугополучателя удостоверяющих личность представляются услугодателю из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+      15. Основанием для выдачи аттестата, продления действия аттестата либо мотивированного ответа об отказе в оказании государственной услуги является решение комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z135" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложен в приложении 6 к настоящим Правилам.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+      Результат оказания государственной услуги выдается в день проведения аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Статус о принятии документов и (или) сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+      16. Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Услугодатель в день поступления электронных документов и (или) сведений осуществляет их прием и регистрацию.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+      17. В соответствии с пунктом 2 статьи 19-1 Закона основаниями для отказа в оказании государственной услуги являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z136" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z137" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 18-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о регулировании торговой деятельности, настоящих Правил, также разрешительным требованиям к экспертам-аудиторам по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, утвержденных согласно приложению 1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z138" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Услугодатель с момента регистрации проверяет полноту и срок действия представленных документов и (или) сведений.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z139" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z140" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случаях представления услугополучателем неполного пакета документов, указанных в пунктах 6 и 7 настоящих Правил, (или) документов с истекшим сроком действия услугодатель в соответствии со </w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+      5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z141" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
-[...162 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+      17-1. В случае получения отказа в оказании государственной услуги услугополучатель может обратиться повторно в порядке, установленным в пунктах 6 и 7 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Правила дополнены пунктом 17-1 в соответствии с приказом Министра торговли и интеграции РК от 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="57"/>
-[...91 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан до принятия решения об отказе в оказании государственной услуги услугодатель не позднее 3 (трех) рабочих дней до окончания срока рассмотрения государственнной услуги направляет услуполучателю предварительное решение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель представляет или высказывает возражение к предварительному решению услугодателя в срок не позднее 2 (двух) рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Аттестация экспертов-аудиторов по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара осуществляется один раз в пять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Лишение аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара и (или) приостановление его действия производится в случаях, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Аттестация эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, лишенного аттестата эксперта-аудитора по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, проводится по истечению двух лет со дня лишения аттестата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z67" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Ранее аттестованные эксперты-аудиторы по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара проходят курсы повышения квалификации в заявляемом направлении аттестации в организации, внесенной в Реестр организаций, осуществляющих подготовку (переподготовку) и повышение квалификации специалистов в области технического регулирования в объеме не менее 40 (сорока) академических часов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В случае объявления чрезвычайного положения в Республике Казахстан, уполномоченный орган продлевает действие аттестатов экспертов-аудиторов по определению страны происхождения товара, статуса товара Евразийского экономического союза или иностранного товара, сроки действия, которых истекают в период чрезвычайного положения, на период действия чрезвычайного положения и на 30 (тридцадь) календарных дней со дня его отмены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z69" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации, в соответствии с подпунктом 11) пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z70" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений, данные о стадии ее оказания поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z71" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. В случае сбоя информационной системы услугодатель незамедлительно с момента обнаружения возникновения технических сбоев уведомляет оператора информационно-коммуникационной инфраструктуры "электронного правительства" посредством направления запроса в единую службу поддержки по электронной почте sd@nitec.kz с обязательным предоставлением информации по наименованию государственной услуги, номера и кода административного документа заявления или уникальный идентификационный номер заявления, номера и кода административного документа, или уникальный идентификационный номер разрешительного документа, индивидуальный идентификационный номер/бизнес идентификационный номер услугополучателя, с приложением пошаговых скриншотов с момента авторизации до момента возникновения ошибки с указанием точного времени ошибки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z72" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц, по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z73" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Жалоба на решение, действие (бездействие) услугодателя по вопросам оказания государственных услуг подается на имя руководителя услугодателя и (или) в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. В случаях несогласия с результатами решения услугодателя заявитель обжалует результаты в судебном порядке, в соответствии с подпунктом 6) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6442,64 +6396,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z79" w:id="73"/>
+      <w:bookmarkStart w:name="z79" w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование органа аттестации) от физического лица, претендующего в</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6558,88 +6512,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при наличии), индивидуальный идентификационный номер,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должность, место работы, адрес, телефон)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z81" w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу аттестовать меня в качестве эксперта-аудитора по определению страны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>происхождения товара, статуса товара Евразийского экономического союза или</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7178,88 +7132,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о прохождении стажировки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z85" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По определению страны происхождения товара, статуса товара Евразийского</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>экономического союза или иностранного товара</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8017,64 +7971,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z86" w:id="78"/>
+      <w:bookmarkStart w:name="z86" w:id="79"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель стажировки ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(эксперт-аудитор, фамилия, имя, отчество (при наличии), регистрационный номер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8173,74 +8127,74 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись руководителя стажировки) (фамилия и инициалы руководителя стажировки)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z87" w:id="79"/>
+      <w:bookmarkStart w:name="z87" w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8266,130 +8220,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место печати (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="80"/>
+    <w:bookmarkStart w:name="z143" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В тексте отчета указывают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z144" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z144" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дату(ы) прохождения стажировки, наименование и адрес организации, в которой проходилась стажировка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z145" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z145" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в соответствии, с какими документами, определяющими правила и процедуры, проводились работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z146" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z146" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок проведения экспертизы происхождения товара, с указанием документов, на основании которых принималось решение о выдаче акта экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8624,112 +8578,112 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>экономического союза или</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>иностранного товара"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="84"/>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений физического лица, подающего на продление действия аттестата</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>эксперта-аудитора по определению страны происхождения товара, статуса товара</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Евразийского экономического союза или иностранного товара</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z90" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z90" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заполнения _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Личные данные:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9125,70 +9079,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:bookmarkStart w:name="z91" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Данные о прохождении курсов подготовки (переподготовки) или повышения квалификации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9867,64 +9821,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z94" w:id="87"/>
+      <w:bookmarkStart w:name="z94" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование органа аттестации) от физического лица, подающего</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10017,88 +9971,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при наличии), индивидуальный идентификационный номер,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>должность, место работы, адрес, телефон)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z96" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу продлить действие аттестата эксперта-аудитора по определению страны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>происхождения товара, статуса товара Евразийского экономического союза или</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10507,119 +10461,119 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkStart w:name="z98" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Отчет о деятельности эксперта-аудитора по определению страны происхождения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>товара, статуса товара Евразийского экономического союза или иностранного товара</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имя ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11171,156 +11125,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в результатах выполненных работах за отчетный период указываются номер и дата выдачи акта экспертизы о происхождении товара, подписанные экспертом-аудитором, подающим на продление аттестата;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) за каждый год отчетного периода указываются сведения о не менее двух выполненных работах в заявляемом направлении аттестации. При этом, за последний год указываются сведения о не менее пяти выполненных работах в заявляемом направлении аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11581,50 +11429,70 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции приказа Министра торговли и интеграции РК от 23.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 111-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра торговли и интеграции РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -12572,51 +12440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12628,69 +12496,129 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статье 84</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (далее – Кодекс) и статье 5 Закона Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках), прием электронных документов и (или) сведений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
-[...17 lines deleted...]
-2) услугодатель – с понедельника по пятницу включительно с 9:00 часов до 18:30 часов, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно статьи 84 Кодекса и статьи 5 Закона о праздниках.</w:t>
+              <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (далее – Кодекс) и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках), прием электронных документов и (или) сведений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) услугодатель – с понедельника по пятницу включительно с 08:30 часов до 17:30 часов, с перерывом на обед с 12:30 часов до 13:30 часов, кроме выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 84</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона о праздниках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13115,70 +13043,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z102" w:id="92"/>
+          <w:bookmarkStart w:name="z102" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13362,70 +13290,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z104" w:id="93"/>
+          <w:bookmarkStart w:name="z104" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 (7172) 70-19-98. Контактные телефоны справочных служб по вопросам оказания государственной услуги: 8 (7172) 75-05-25, 75-05-75.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.​beta.​egov.​kz, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -13754,51 +13682,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="94"/>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГОСУДАРСТВЕННЫЙ ГЕРБ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -13831,71 +13759,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>страны происхождения товара, статуса товара Евразийского экономического союза</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>или иностранного товара</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z117" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z117" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зарегистрирован в Реестре экспертов-аудиторов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14255,268 +14183,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 1 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 440-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:bookmarkStart w:name="z119" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых нормативных правовых актов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z120" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2015 года № 116 "О некоторых вопросах аттестации экспертов-аудиторов в области технического регулирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10513).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z121" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 4 декабря 2015 года № 1173 "О внесении изменений в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2015 года № 116 "О некоторых вопросах аттестации экспертов-аудиторов в области технического регулирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12884).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z122" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 28 ноября 2016 года № 822 "О внесении изменений в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2015 года № 116 "О некоторых вопросах аттестации экспертов-аудиторов в области технического регулирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14579).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z123" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 26 мая 2020 года № 122-НҚ "О внесении изменений в приказ исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 6 февраля 2015 года № 116 "О некоторых вопросах аттестации экспертов-аудиторов в области технического регулирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20749).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z124" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов Министерства по инвестициям и развитию Республики Казахстан, в которые вносятся изменения и дополнения, утвержденного приказом Министра торговли и интеграции Республики Казахстан от 14 сентября 2020 года № 197-НҚ "О внесении изменений и дополнений в некоторые приказы Министерства по инвестициям и развитию Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21219).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>