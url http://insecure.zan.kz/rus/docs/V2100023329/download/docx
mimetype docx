--- v0 (2025-10-11)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="08f6524" w14:textId="08f6524">
+    <w:p w14:paraId="755c96d" w14:textId="755c96d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -856,263 +856,247 @@
         <w:t>
       5) преждевременное старение – любое частичное или общее ускорение темпа старения, приводящее к тому, что человек "опережает" средний уровень старения своей возрастной группы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) старческая астения – клинический синдром, включающий в себя потерю массы тела (веса), в том числе на фоне саркопении, инструментально доказанное снижение силы кисти, выраженную слабость и повышенную утомляемость, снижение скорости передвижения и значительное снижение физической активности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) инвалидность – степень ограничения жизнедеятельности человека вследствие нарушения здоровья со стойким расстройством функций организма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) профилактика – комплекс медицинских и немедицинских мероприятий, направленных на предупреждение возникновения заболеваний, прогрессирования на ранних стадиях болезней и контролирование уже развившихся осложнений, повреждений органов и тканей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) старшие возрастные группы – обобщенное понятие для трех возрастных структур населения – 60-74 (пожилые люди), 75-90 (старческий возраст), после 90 лет (долгожители), установленное Всемирной организацией здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) гериатрическая помощь населению – система мероприятий по оказанию долговременных медико-социальных услуг с целью сохранения или восстановления способности к самообслуживанию, частично или полностью утраченного вследствие хронических заболеваний, облегчению реинтеграции пожилых больных в общество, а также обеспечению независимого существования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...95 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Основные направления деятельности и структура организаций, оказывающих гериатрическую и геронтологическую помощь в Республике Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Медицинские организации, оказывающие гериатрическую и геронтологическую помощь населению осуществляют мероприятия, направленные на профилактику, диагностику, лечение, медико-социальную реабилитацию и улучшение качества жизни лиц старших возрастных групп и с признаками преждевременного старения организма с соблюдением преемственности на всех этапах оказания медицинской помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. К медицинским организациям, независимо от форм собственности и ведомственной принадлежности, оказывающим гериатрическую и геронтологическую помощь населению, в зависимости от возложенных на них функций, относятся медицинские организации, оказывающие первичную медико-санитарную помощь (далее – ПМСП), специализированную помощь в амбулаторных, стационарозамещающих, стационарных условиях и на дому, а также в структуре хосписа, больницы сестринского ухода, в структуре которых имеется врач-гериатр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Руководство кабинетом врача-гериатра осуществляет врач по специальности "Гериатрия" или врач по специальности "Терапия", "Общая врачебная практика", прошедший курсы повышения квалификации по вопросам гериатрии и геронтологии в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнительного и неформального образования специалистов в области здравоохранения и признания результатов обучения, полученных через дополнительное и неформальное образование, утвержденных приказом Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 (Зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 21847) .</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок оказания гериатрической и геронтологической помощи в Республике Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Медицинская помощь лицам старших возрастных групп и с признаками преждевременного старения в Республике Казахстан оказывается в рамках гарантированного объема бесплатной медицинской помощи (далее – ГОБМП) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1127,1607 +1111,1653 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, утвержденным постановлением Правительства Республики Казахстан от 16 октября 2020 года № 672 и (или) в системе обязательного социального медицинского страхования (далее – ОСМС) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечнем</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, утвержденным постановлением Правительства Республики Казахстан от 20 июня 2019 года № 421.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Медицинская помощь лицам старших возрастных групп и с признаками преждевременного старения предоставляется в формах экстренной, неотложной, плановой медицинской помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. ПМСП лицам старших возрастных групп и с признаками преждевременного старения оказывается в:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) медицинском и фельдшерско-акушерском пункте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) врачебной амбулатории (центре семейного здоровья);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) районной, городской поликлинике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) центре ПМСП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Оказание медицинской помощи лицам старших возрастных групп и с признаками преждевременного старения осуществляется в рамках ГОБМП, в системе ОСМС и (или) на платной основе за счет собственных средств граждан, средств добровольного медицинского страхования, средств работодателей и иных источников, не запрещенных законодательством Республики Казахстан. Предоставляется в виде доврачебной, первичной медико-санитарной, специализированной, в том числе высокотехнологичной медицинской помощи, медицинской реабилитации, паллиативной медицинской помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Медицинская помощь лицам старших возрастных групп и с признаками преждевременного старения оказывается на всех уровнях оказания медицинской помощи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) первичный уровень – уровень оказания медицинской помощи специалистами первичной медико-санитарной помощи в амбулаторных, стационарозамещающих условиях и на дому;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) вторичный уровень – уровень оказания медицинской помощи профильными специалистами, осуществляющими специализированную медицинскую помощь в амбулаторных, стационарозамещающих и стационарных условиях, в том числе по направлению специалистов, оказывающих медицинскую помощь на первичном уровне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) третичный уровень – уровень оказания медицинской помощи профильными специалистами, осуществляющими специализированную медицинскую помощь с применением высокотехнологичных медицинских услуг, в амбулаторных, стационарозамещающих и стационарных условиях, в том числе по направлению специалистов первичного и вторичного уровней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В рамках ПМСП оказываются следующие виды услуг:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) профилактические, в том числе профилактические осмотры, формирование и пропаганда здорового образа жизни, предоставление рекомендаций по рациональному и здоровому питанию, динамическое наблюдение за пациентами с хроническими заболеваниями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) диагностические, в том числе осмотр специалистом ПМСП, лабораторные и инструментальные исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) лечебные, в том числе оказание экстренной и неотложной медицинской помощи, лечебные манипуляции в соответствии с клиническими протоколами (далее – КП), обеспечение отдельных категорий граждан с определенными заболеваниями (состояниями) бесплатными или льготными лекарственными средствами в соответствии с Перечнем лекарственных средств и медицинских изделий в рамках гарантированного объема бесплатной медицинской помощи и в системе обязательного социального медицинского страхования, в том числе отдельных категорий граждан с определенными заболеваниями (состояниями) бесплатными и (или) льготными лекарственными средствами, медицинскими изделиями и специализированными лечебными продуктами на амбулаторном уровне утвержденным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 47)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) проведение экспертизы временной нетрудоспособности в целях признания нетрудоспособности физического лица и его временного освобождения от выполнения трудовых обязанностей на период заболевания в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности, утвержденными приказом Министра здравоохранения от 18 ноября 2020 года ҚР ДСМ-198/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21660);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) реабилитация лиц старших возрастных групп и улучшение качества их жизни с учетом их окружения (детей, родственников, опекунов) как в условиях стационара, так и на дому;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) развитие Школы активного долголетия, целью которой является профилактика преждевременного старения, продление активного долголетия и повышение качества жизни, первичная и вторичная профилактика осложнений различных заболеваний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) консультация родственников пациентов по вопросам ухода и организации жизни пациентов, утративших способность к самообслуживанию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ПМСП оказывается гражданам в следующих формах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) экстренная – медицинская помощь, оказываемая при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, требующих безотлагательного медицинского вмешательства для предотвращения существенного вреда здоровью и (или) устранения угрозы жизни;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) неотложная – медицинская помощь, оказываемая при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, не представляющих явную угрозу жизни пациента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) плановая – медицинская помощь, оказываемая при заболеваниях и состояниях, не сопровождающихся угрозой жизни пациента, отсрочка оказания которой на определенное время не повлечет за собой ухудшение состояния пациента, а также при проведении профилактических мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В амбулаторных, стационарозамещающих условиях и на дому, лицам старших возрастных групп и с признаками преждевременного старения медицинская помощь оказывается врачами по специальности "Терапия", "Общая врачебная практика".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При затруднении уточнения и (или) установления диагноза в медицинских организациях ПМСП пациенты старших возрастных групп и с признаками преждевременного старения направляются в медицинские организации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> прикрепления физических лиц к организациям здравоохранения, оказывающим первичную медико-санитарную помощь утвержденных приказом Министра здравоохранения Республики Казахстан от 13 ноября 2020 года № ҚР ДСМ-194/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21642).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Специализированная медицинская помощь в амбулаторных условиях лицам старших возрастных групп и с признаками преждевременного старения оказывается в кабинете врача-гериатра при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) районной, городской поликлинике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) консультативно-диагностическом центре в составе многопрофильной больницы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оказание специализированной медицинской помощи в амбулаторных условиях лицам старших возрастных групп и с признаками преждевременного старения осуществляется по направлению врача ПМСП или другого профильного специалиста в рамках ГОБМП и (или) в системе ОСМС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гериатрическая и геронтологическая помощь лицам старших возрастных групп и с признаками преждевременного старения на уровне консультативно-диагностической помощи включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) координацию гериатрической помощи обслуживаемого района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) консультативно-диагностической, лечебной, профилактической, реабилитационной помощи пациентам старших возрастных групп и с признаками преждевременного старения организма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отбор пациентов из числа старших возрастных групп для оказания специализированной медицинской помощи при наличии гериатрических синдромов и риска развития и (или) развившейся старческой астении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение ежегодного мониторинга (гериатрическая оценка) медико-социального положения лиц старших возрастных групп, проживающих на территории обслуживания – их возрастной структуры, состояния здоровья, с учетом социального и психологического статуса, на предмет утраты ими способности к передвижению и самообслуживанию, а также оценку морального статуса, степени когнитивного дефицита и тревожно-депрессивного синдрома, оценка доступности пищи и состояния статуса питания, определение состояния двигательной функции и мышечной силы, походки, качества жизни, синдрома мальнутриции, с применением опросников и шкал, позволяющих оценить состояние самообслуживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мультидисциплинарный подход к пациентам старших возрастных групп, участие в профилактических осмотрах целевых групп и проведение лечебно-диагностических мероприятий, совместно с врачами смежных специальностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организацию и проведение мероприятий, направленных на профилактику возрастной патологии различных органов и систем, снижение заболеваемости, смертности от заболеваний, выход на инвалидность, увеличение продолжительности жизни у лиц старших возрастных групп и с признаками преждевременного старения организма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) учет и динамическое наблюдение пациентов старших возрастных групп по следующим основным направлениям: ишемическая болезнь сердца, хронические заболевания сердца и сосудов, артериальная гипертензия, болезнь Альцгеймера и деменция старческого возраста, остеопороз пожилого и старческого возраста, сахарный диабет II типа и его осложнения, хронические заболевания желудочно-кишечного тракта, болезни органов чувств, связанные со старением, инконтиненция (проблемы мочеиспускания), в том числе с высоким фактором риска развития онкологических заболеваний и другие заболевания, характерные для лиц старших возрастных групп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) клиническую оценку состояния здоровья больного с учетом возрастных изменений, использование принципа интегрального подхода к оценке состояния больного по шкале (индексу) Бартела (Barthel ADL Index), рекомендованной Всемирной организацией здравоохранения для оценки уровня активности повседневной жизни по сумме баллов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Стандарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) определение у пациента степени утраты способности к самообслуживанию и составление медико-социального прогноза с применением опросников, а также шкалы Бартела в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Стандарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) проведение комплекса лечебно-профилактических, реабилитационных мероприятий, используя медикаментозные, физиотерапевтические методы лечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) проведение совместно с медицинской сестрой гериатрической оценки здоровья пациента не реже 1 раза в год (пациентам 90 лет и старше – не реже 2 раз в год), в том числе на дому;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) проведение консультаций пациентов и их родственников по вопросам лечения и реабилитации, определение объема и рациональных методов обследования с целью получения наиболее полной и достоверной диагностической информации, в том числе на дому пациентов с резко сниженной или утраченной способностью к самообслуживанию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) направление на лечение в стационарных условиях больных с острой патологией или обострениями хронических заболеваний, при необходимости в круглосуточном медицинском наблюдении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) оказание практической помощи медицинским организациям по вопросам консультативной, диагностической, лечебной и профилактической помощи лицам старших возрастных групп и с признаками преждевременного старения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) проведение систематического анализа и разбора диагностических ошибок с врачами ПМСП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) оформление и ведение учетной документации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) участие в составлении заявки на лекарственные средства и изделия медицинского назначения для лиц старших возрастных групп с различной патологией и с признаками преждевременного старения в амбулаторных условиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) активное проведение санитарно-просветительной работы среди пациентов и их родственников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) оказание содействия в социально-психологической адаптации лицам старших возрастных групп, осуществление обучения правилам пользования средствами реабилитации, реабилитационной техникой и приспособлениями, навыкам ухода за пациентами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) проведение мониторинга и анализ основных медико-статистических показателей заболеваемости, инвалидности и смертности (догоспитальной и госпитальной) от хронических заболеваний в районе обслуживания с последующей разработкой мероприятий по укреплению здоровья прикрепленного населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Норма нагрузки для консультативного приема врача - гериатра:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) консультация пациента в условиях амбулаторного первичного приема составляет 40 минут, повторная консультация - 30 минут;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) количество пациентов на первичный прием в гериатрический кабинет в поликлинике составляет 5-6 человек в день (на 1 врача).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Скорая медицинская помощь осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания скорой медицинской помощи, в том числе с привлечением медицинской авиации, утвержденными приказом Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-225/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21713). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Медицинская реабилитация предоставляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания медицинской реабилитации, утвержденными приказом Министра здравоохранения Республики Казахстан от 7 октября 2020 года № ҚР ДСМ-116/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21381).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Сестринский уход осуществляются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания сестринского ухода, утвержденными приказом Министра здравоохранения Республики Казахстан от 23 ноября 2020 года № ҚР ДСМ-199/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21674).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Паллиативная медицинская помощь оказывается в соответствии со </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+      16. Паллиативная медицинская помощь оказывается в соответствии со Стандартом организации оказания паллиативной медицинской помощи взрослому населению в Республике Казахстан, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-209/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21687).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Специализированная медицинская помощь в стационарных и стационарозамещающих условиях оказывается профильными специалистами в стационарных и стационарозамещающих условиях и включает использование специальных методов и сложных медицинских технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Плановая госпитализация пациента в стационар осуществляется с учетом права пациента на свободный выбор медицинской организации, оказывающей медицинскую помощь в стационарных условиях в рамках ГОБМП и системе ОСМС и осуществляется через Портал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В экстренных случаях пациенты старших возрастных групп доставляются в соответствующий стационар санитарным автотранспортом медицинской организации, станции (отделения) скорой медицинской помощи и (или) медицинской авиацией в сопровождении медицинского работника или обращаются самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Высокотехнологичная медицинская помощь оказывается врачами различного профиля в амбулаторных, стационарозамещающих и стационарных условиях и включает использование инновационных, малоинвазивных, специальных методов и сложных медицинских технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Штаты медицинских организаций, оказывающих медицинскую помощь лицам старших возрастных групп и с признаками преждевременного старения, устанавливаются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нормативами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> обеспеченности регионов медицинскими работниками, утвержденного приказом Министра здравоохранения Республики Казахстан от 25 ноября 2020 года № ҚР ДСМ-205/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21679).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оснащение организаций здравоохранения медицинскими изделиями регламентируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 29 октября 2020 года № ҚР ДСМ-167/2020 "Об утверждении минимальных стандартов оснащения организаций здравоохранения медицинскими изделиями" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21560).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Рекомендуемый штат работников и рекомендуемое оснащение медицинскими изделиями оказывающих медицинскую помощь лицам старших возрастных групп и с признаками преждевременного старения в медицинских организациях в амбулаторных, стационарозамещающих и стационарных условиях осуществляется в соответствии с подпунктом 5), 6) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2819,68 +2849,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и геронтологической помощи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шкала (индекс) Бартела (уровень активности повседневной жизни)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5691,150 +5721,150 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суммарный балл – 100 баллов – полная независимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91-99 баллов – легкая зависимость в повседневной жизни;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61-90 баллов – умеренная зависимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-60 баллов – выраженная зависимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       0-20 баллов – полная зависимость.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6214,31 +6244,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>