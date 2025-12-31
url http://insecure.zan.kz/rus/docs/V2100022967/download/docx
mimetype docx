--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7016328" w14:textId="7016328">
+    <w:p w14:paraId="2147010" w14:textId="2147010">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -7013,2536 +7013,2484 @@
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок аттестации, продления действия аттестатов экспертов-аудиторов по подтверждению соответствия и оказания государственной услуги "Аттестация эксперта-аудитора по подтверждению соответствия"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z84" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственная услуга "Аттестация эксперта-аудитора по подтверждению соответствия" (далее – государственная услуга) оказывается Комитетом технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z85" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для аттестации экспертов-аудиторов по подтверждению соответствия уполномоченным органом создается комиссия по аттестации экспертов-аудиторов по подтверждению соответствия, которая состоит не менее чем из пяти человек. В состав Комиссии по аттестации экспертов-аудиторов по подтверждению соответствия включаются представители уполномоченного органа, органа по аккредитации, а также Общественного совета в качестве наблюдателя, без права голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра торговли и интеграции РК от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Для получения аттестата эксперта-аудитора по подтверждению соответствия физическое лицо, претендующее в эксперты-аудиторы (далее – услугополучатель), направляет услугодателю посредством портала следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z87" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заявление в форме электронного документа согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z88" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      форма сведений физического лица, претендующего в эксперты-аудиторы по подтверждению соответствия, утвержденная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z89" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      электронные копии отчетов о прохождении стажировки по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – отчет) по заявляемому направлению аттестации в следующем количестве:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z281" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      по продукции – не менее пяти отчетов, включая информацию о работах по подтверждению соответствия по не менее двум различным схемам или не менее пяти отчетов по подтверждению соответствия серийно производимой продукции по одной схеме; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z282" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по услугам (включая информацию о работах по подтверждению соответствия) – не менее пяти отчетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z283" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по системе менеджмента – не менее четырех отчетов общей продолжительностью стажировок не менее двадцати рабочих дней (включая анализ документации, участие в проверках и составление отчетов о них);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z284" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по персоналу – не менее трех отчетов или рекомендации профессиональных ассоциаций по соответствующим направлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z285" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по процессу – не менее трех отчетов в заявляемом направлении аттестации (включая информацию о работах по подтверждению соответствия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z286" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Направления аттестации экспертов-аудиторов по подтверждению соответствия указаны в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z287" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения аттестата эксперта-аудитора по подтверждению соответствия иностранный гражданин, претендующий в эксперты-аудиторы, направляет услугодателю посредством портала следующие дополнительные документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z288" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разрешение на временное или постоянное проживание на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z289" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий трудовую деятельность в аккредитованном Органе по подтверждению соответствия Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z290" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      документ, подтверждающий о расторжении трудовых отношений с работодателем за пределами Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z291" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронная копия документа об отсутствии неснятой или непогашенной судимости за преступления в стране или в стране постоянного проживания (для лиц без гражданства), выданного государственным органом страны их гражданства (страны их постоянного проживания – для лиц без гражданства) либо страны, где кандидат постоянно проживал в течение последних 15 (пятнадцати) лет. Дата выдачи указанного документа не превышает 3 (трех) месяцев, предшествующих дате подачи ходатайства (за исключением случаев, когда в предоставляемом документе указан иной срок его действия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z292" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если законодательством страны, государственный орган которой уполномочен подтверждать сведения об отсутствии неснятой или непогашенной судимости, не предусмотрена выдача подтверждающих документов лицам, в отношении которых запрашиваются указанные сведения, то соответствующее подтверждение направляется письмом государственного органа страны гражданства (для иностранцев) или страны постоянного проживания (для лиц без гражданства) в адрес уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Для аттестации экспертов-аудиторов по подтверждению соответствия уполномоченным органом создается комиссия по аттестации экспертов-аудиторов по подтверждению соответствия, которая состоит не менее чем из пяти человек. В состав Комиссии по аттестации экспертов-аудиторов по подтверждению соответствия включаются представители уполномоченного органа и органа по аккредитации.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="28"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Для продления действия аттестата эксперта-аудитора по подтверждению соответствия ранее аттестованный эксперт-аудитор, за исключением экспертов-аудиторов, лишенных аттестатов или сроки действия аттестатов, которых были приостановлены или истекли, не ранее чем за 30 (тридцать) календарных дней до окончания срока аттестата, направляет услугодателю посредством портала следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z96" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заявление в форме электронного документа согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1</w:t>
+        <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z88" w:id="29"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z97" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      форма сведений физического лица, претендующего в эксперты-аудиторы по подтверждению соответствия, утвержденная </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="30"/>
+      форма сведений физического лица, подающего на продление действия аттестата эксперта-аудитора в форме электронного документа согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z98" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      электронные копии отчетов о прохождении стажировки по форме, согласно </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z282" w:id="32"/>
+      электронную копию отчета о деятельности эксперта-аудитора по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в заявляемом направлении аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z99" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      по услугам (включая информацию о работах по подтверждению соответствия) – не менее пяти отчетов;</w:t>
-[...222 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      7. Эксперты-аудиторы по подтверждению соответствия, ранее аттестованные, проходят курсы повышения квалификации в заявляемом направлении аттестации в организации, внесенной в Реестр организаций, осуществляющих подготовку (переподготовку) и повышение квалификации специалистов в области технического регулирования в объеме не менее 40 (сорока) академических часов и тестирование в порядке, установленных в СТ РК 1.45 "Организации, осуществляющие подготовку (переподготовку) и повышение квалификации специалистов в области технического регулирования. Общие требования".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="43"/>
+    <w:bookmarkStart w:name="z100" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Для внесения изменений в аттестат эксперта-аудитора по подтверждению соответствия в связи со сменой имени или фамилии, услугополучатель направляет услугодателю посредством портала заявление на редактирование в произвольной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z101" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель рассматривает заявление на редактирование в течение 2 (двух) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z102" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Услугодатель получает сведения о документах, удостоверяющих личность из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z103" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Перечень основных требований к оказанию государственной услуги "Аттестация эксперта-аудитора по подтверждению соответствия" приведен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа Министра торговли и интеграции РК от 09.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Статус о принятии документов и (или) сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z105" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Услугодатель в день поступления электронных документов и (или) сведений осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z106" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием документов и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z107" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугодатель с момента регистрации проверяет полноту и срок действия представленных документов и (или) сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z108" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случаях представления услугополучателем неполного пакета документов, указанных в пунктах 6 и 7 настоящих Правил, (или) документов с истекшим сроком действия услугодатель в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона в течение 1 (одного) рабочего дня отказывает в приеме заявления без рассмотрения Комиссией по аттестации экспертов-аудиторов по подтверждению соответствия и направляет уведомление в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Результатом оказания государственной услуги является выдача аттестата эксперта-аудитора по подтверждению соответствия по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – аттестат), либо продление срока действия аттестата на 5 (пять) лет либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, указанным в пункте 17 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z110" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Основанием для выдачи, продления срока аттестата эксперта-аудитора по подтверждению соответствия либо мотивированного ответа об отказе является решение Комиссии по аттестации экспертов-аудиторов по подтверждению соответствия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z112" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 19-1 Закона основания для отказа в оказании государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z113" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z114" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям законодательства в области технического регулирования, настоящих Правил, также разрешительным требованиям к экспертам-аудиторам по подтверждению соответствия, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z115" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z339" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3-1) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z116" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 с изменением, внесенным приказом Министра торговли и интеграции РК от 09.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан до принятия решения об отказе в оказании государственной услуги услугодатель не позднее 3 (трех) рабочих дней до окончания срока рассмотрения государственнной услуги направляет услуполучателю предварительное решение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z118" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель предоставляет или высказывает возражение к предварительному решению услугодателя в срок не позднее 2 (двух) рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z119" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Аттестация экспертов-аудиторов по подтверждению соответствия осуществляется один раз в пять лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z120" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Аттестация эксперта-аудитора по подтверждению соответствия проводится по истечению двух лет со дня лишения аттестата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z121" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В случаях ограничительных мер соответствующих государственных органов, в том числе карантина, чрезвычайных ситуаций социального, природного и техногенного характера, уполномоченный орган продлевает действие аттестатов экспертов-аудиторов по подтверждению соответствия, сроки действия которых истекают в период ограничительных мер соответствующих государственных органов, в том числе карантина, чрезвычайных ситуаций социального, природного и техногенного характера, на период их действия и на 30 (тридцадь) календарных дней со дня их отмены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z122" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации, в соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z123" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственной услуги посредством государственной информационной системы разрешений и уведомлений, данные о стадии ее оказания поступают в автоматическом режиме в информационную систему мониторинга оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z124" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В случае сбоя информационной системы услугодатель незамедлительно с момента обнаружения возникновения технических сбоев уведомляет оператора информационно-коммуникационной инфраструктуры "электронного правительства" посредством направления запроса в единую службу поддержки по электронной почте sd@nitec.kz с обязательным предоставлением информации по наименованию государственной услуги, номера и кода административного документа заявления или уникальный идентификационный номер заявления, номера и кода административного документа, или уникальный идентификационный номер разрешительного документа, индивидуальный идентификационный номер/бизнес идентификационный номер услугополучателя, с приложением пошаговых скриншотов с момента авторизации до момента возникновения ошибки с указанием точного времени ошибки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z125" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц, по вопросам оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z126" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Для обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда услугополучателю стало известно о принятии административного акта или совершении действий (бездействий) услугодателем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z293" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z294" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z295" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на имя руководства услугодателя, непосредственно оказывающего государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z296" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z297" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      услугодателем, непосредственно оказывающим государственную услугу в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z298" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z299" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z300" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z301" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z302" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z303" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК) услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z304" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. В случае несогласия с решением органа, рассматривающего жалобу, услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 100 АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
-          <w:i w:val="false"/>
-[...7 lines deleted...]
-    <w:bookmarkStart w:name="z96" w:id="44"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пункт 25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в редакции приказа Министра торговли и интеграции РК от 28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.09.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 354-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z305" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      заявление в форме электронного документа согласно </w:t>
-[...122 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      26. Действия аттестата эксперта аудитора по подтверждению соответствия приостанавливается в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 15 Закона о техническом регулировании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 26 в соответствии с приказом Министра торговли и интеграции РК от 28.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="48"/>
-[...1617 lines deleted...]
-    <w:bookmarkStart w:name="z306" w:id="90"/>
+    <w:bookmarkStart w:name="z306" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Лишение (отзыв) аттестата эксперта-аудитора по подтверждению соответствия производится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 15 Закона о техническом регулировании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9793,101 +9741,101 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z132" w:id="91"/>
+      <w:bookmarkStart w:name="z132" w:id="92"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В ________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (полное наименование органа аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z133" w:id="92"/>
+      <w:bookmarkStart w:name="z133" w:id="93"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от физического лица, претендующего в эксперты-аудиторы по ____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9929,256 +9877,256 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при наличии), индивидуальный идентификационный номер,   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         должность, место работы, адрес, телефон)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="93"/>
+    <w:bookmarkStart w:name="z134" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z135" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z135" w:id="95"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу аттестовать меня в качестве эксперта-аудитора по подтверждению соответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________________________________________________   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (направление аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z136" w:id="95"/>
+      <w:bookmarkStart w:name="z136" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Обязуюсь полностью выполнять требования к экспертам-аудиторам, установленные </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством в области технического регулирования Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z137" w:id="96"/>
+      <w:bookmarkStart w:name="z137" w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Согласен на использования сведений, составляющих охраняемую законом тайну, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>содержащихся в информационных системах_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="97"/>
+    <w:bookmarkStart w:name="z138" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ____ 20 __ года (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z139" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z139" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прилагаемые документы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z140" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z140" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ____ 20 __ года (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10361,293 +10309,293 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="100"/>
+    <w:bookmarkStart w:name="z143" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Отчет о прохождении стажировки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z144" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По подтверждению соответствия ____________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (заявляемое направление аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z145" w:id="102"/>
+      <w:bookmarkStart w:name="z145" w:id="103"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (фамилия, имя, отчество (при наличии) физического лица, претендующего в  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     эксперты-аудиторы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z146" w:id="103"/>
+      <w:bookmarkStart w:name="z146" w:id="104"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (текст отчета)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="104"/>
+    <w:bookmarkStart w:name="z147" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физическое лицо, претендующее в эксперты-аудиторы (стажер)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z148" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z148" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z149" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z149" w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия и инициалы) (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="107"/>
+    <w:bookmarkStart w:name="z150" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отзыв-характеристика руководителя стажировки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11255,369 +11203,369 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z151" w:id="108"/>
+      <w:bookmarkStart w:name="z151" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель стажировки ___________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (эксперт-аудитор, фамилия, имя, отчество (при наличии)),   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>регистрационный номер и дата выдачи аттестата</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z152" w:id="109"/>
+      <w:bookmarkStart w:name="z152" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (должность, место работы, стаж работы в качестве эксперта-аудитора)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z153" w:id="110"/>
+      <w:bookmarkStart w:name="z153" w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (подпись руководителя стажировки) (фамилия и инициалы руководителя стажировки)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="111"/>
+    <w:bookmarkStart w:name="z154" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z155" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z155" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (подпись руководителя организации) (фамилия и инициалы руководителя организации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="113"/>
+    <w:bookmarkStart w:name="z156" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место печати (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z157" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z157" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z158" w:id="115"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z158" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В тексте отчета указывают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z159" w:id="116"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z159" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дату (ы) прохождения стажировки, наименование и адрес организации, в которой проходила стажировка (номер и период действия аттестата аккредитации организации, зарегистрированный в Реестре субъектов аккредитации Республики Казахстан), а также причину прохождения стажировки в дистанционном режиме, в случае прохождения стажировки в дистанционном режиме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z160" w:id="117"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z160" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в соответствии, с какими документами, определяющими правила и процедуры, проводились работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z161" w:id="118"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z161" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок проведения работ с указанием документов (заключение процедуры сертификации/декларации, номера протоколов испытаний), на основании которых принималось решение о соответствии (несоответствии) проверяемого объекта проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z162" w:id="119"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z162" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принятое решение о выдаче/отказе в выдаче сертификата соответствия (с указанием наименования и адреса проверяемой организации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11735,68 +11683,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Аттестация эксперта-аудитора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по подтверждению соответствия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z164" w:id="120"/>
+    <w:bookmarkStart w:name="z164" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направления аттестации экспертов-аудиторов по подтверждению соответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11811,90 +11759,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказом Министра торговли и интеграции РК от 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 405-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="121"/>
+    <w:bookmarkStart w:name="z165" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Подтверждение соответствия продукции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z307" w:id="122"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z307" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) машиностроения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) автотранспортных средств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12193,70 +12141,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) средств обеспечения пожарной безопасности и пожаротушения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) средств индивидуальной защиты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="123"/>
+    <w:bookmarkStart w:name="z308" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Подтверждение соответствия услуг:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) автозаправочных станций и баз нефтепродуктов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12393,264 +12341,264 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) транспортно-экспедиторские;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) переводческих.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="124"/>
+    <w:bookmarkStart w:name="z309" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Подтверждение соответствия систем менеджмента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z310" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z310" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Подтверждение соответствия персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Подтверждение соответствия процесса:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) производство органической продукции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z340" w:id="126"/>
+    <w:bookmarkStart w:name="z340" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1) эксплуатация объектов инфраструктуры на доступность лицам с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) производство халал продукции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="127"/>
+    <w:bookmarkStart w:name="z312" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z313" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z313" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. По направлениям аттестации экспертов-аудиторов по группе однородной продукции допускается предоставление физическим лицом, претендующем в эксперты-аудиторы по подтверждению соответствия – не менее пяти отчетов о прохождении стажировок, и для ранее аттестованных экспертов-аудиторов – отчета о деятельности эксперта-аудитора, по одному из направлений группы продукции с последующей аттестации направления с учетом представленных стажировок или отчета о деятельности эксперта-аудитора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z314" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z314" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. При введении новых направлений аттестации допускается прохождение практической подготовки (стажировки) у ранее аттестованного эксперта-аудитора, проводившего подтверждение соответствия данной продукции, системы менеджмента, услуги или процесса до введения нового направления аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z315" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z315" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. При введении новых стандартов взамен действующих, для впервые аттестуемых физических лиц, претендующих в эксперты-аудиторы по подтверждению соответствия допускается прохождение практической подготовки (стажировки) у эксперта-аудитора, проводившего подтверждение соответствия требованиям действующего стандарта до введения в действие нового стандарта (при наличии у эксперта-аудитора документа о прохождении курсов подготовки (переподготовки) или повышение квалификации в заявляемом направлении аттестации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z316" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z316" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При введении впервые принятых стандартов (срок введения, в действие которых менее 2 (двух) лет) требуется прохождение обучения по вводимому стандарту и стаж работы по специальности в качестве эксперта-аудитора в течение последних 5 (пяти) лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12839,101 +12787,101 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z208" w:id="132"/>
+      <w:bookmarkStart w:name="z208" w:id="133"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В _______________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (полное наименование органа аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z209" w:id="133"/>
+      <w:bookmarkStart w:name="z209" w:id="134"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       от физического лица, подающего на продление действия аттестата эксперта-аудитора </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по  подтверждению соответствия ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12947,227 +12895,227 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (направление аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z210" w:id="134"/>
+      <w:bookmarkStart w:name="z210" w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при наличии), индивидуальный идентификационный номер,  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         должность, место работы, адрес, телефон)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z211" w:id="135"/>
+    <w:bookmarkStart w:name="z211" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z212" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z212" w:id="137"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу продлить действие аттестата эксперта-аудитора по подтверждению соответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">______________________________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (направление аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z213" w:id="137"/>
+      <w:bookmarkStart w:name="z213" w:id="138"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Обязуюсь полностью выполнять требования к экспертам-аудиторам, установленные </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством в области технического регулирования Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z214" w:id="138"/>
+      <w:bookmarkStart w:name="z214" w:id="139"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Согласен на использования сведений, составляющих охраняемую законом тайну, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>содержащихся в информационных системах _______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13175,90 +13123,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__" ____ 20 __ года             (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z215" w:id="139"/>
+    <w:bookmarkStart w:name="z215" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прилагаемые документы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z216" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z216" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__" ____ 20 __ года (Электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13376,357 +13324,357 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">"Аттестация эксперта-аудитора </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по подтверждению соответствия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="141"/>
+    <w:bookmarkStart w:name="z218" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              Форма сведений физического лица, подающего на продление действия </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               аттестата эксперта-аудитора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z219" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z219" w:id="143"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ______________________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (заявляемое направление аттестации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="143"/>
+    <w:bookmarkStart w:name="z220" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заполнения ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z221" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z221" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Личные данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z222" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z222" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия_______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z223" w:id="146"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z223" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имя___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z224" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z224" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчество (при наличии) __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z225" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z225" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Год рождения __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z226" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z226" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индивидуальный идентификационный номер _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z227" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z227" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Место работы __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z228" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z228" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должность ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z229" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z229" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       телефон ______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z230" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z230" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес места жительства ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z231" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z231" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Данные об участии в работах по подтверждению соответствия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13918,70 +13866,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z232" w:id="155"/>
+    <w:bookmarkStart w:name="z232" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Данные о прохождении курсов подготовки (переподготовки) или повышения квалификации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14537,126 +14485,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z235" w:id="156"/>
+    <w:bookmarkStart w:name="z235" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о деятельности эксперта-аудитора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции приказа Министра торговли и интеграции РК от 28.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 354-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z317" w:id="157"/>
+      <w:bookmarkStart w:name="z317" w:id="158"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  (направление аттестации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14808,80 +14756,80 @@
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z318" w:id="158"/>
+          <w:bookmarkStart w:name="z318" w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="158"/>
+          <w:bookmarkEnd w:id="159"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15020,80 +14968,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z323" w:id="159"/>
+          <w:bookmarkStart w:name="z323" w:id="160"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="159"/>
+          <w:bookmarkEnd w:id="160"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15181,80 +15129,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z328" w:id="160"/>
+          <w:bookmarkStart w:name="z328" w:id="161"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="160"/>
+          <w:bookmarkEnd w:id="161"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15328,64 +15276,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z333" w:id="161"/>
+      <w:bookmarkStart w:name="z333" w:id="162"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(основное место работы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15478,266 +15426,150 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия и инициалы руководителя организации) (подпись, дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место печати (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z334" w:id="162"/>
+    <w:bookmarkStart w:name="z334" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z335" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z335" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) В результатах выполненных работах за отчетный период указываются номер и дата выдачи сертификата соответствия, подписанного экспертом-аудитором, подающим на продление аттестата или декларации о соответствии или результаты инспекционного контроля сертифицированной продукции или результаты сертификационного аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z336" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z336" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) В случае представления работ по результатам инспекционного контроля или сертификационного аудита к отчету о деятельности прилагаются копии актов инспекционного контроля/акты анализа состояния производства и программы аудита;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z337" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z337" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) За отчетный период указываются не менее двадцати пяти работ по сертификации/декларированию/проведению инспекционного контроля сертифицированной продукции или не менее пятнадцати работ по направлениям аттестации подтверждения соответствия: систем менеджмента, услуг, персонала, процесса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z338" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z338" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Эксперт-аудитор, находящийся в декретном отпуске представляет справку о том, что находится в декретном отпуске по уходу за ребенком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15870,61 +15702,81 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по подтверждению соответствия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 7 с изменениями, внесенными приказом Министра торговли и интеграции РК от 09.12.2024 </w:t>
+      Сноска. Приложение 7 с изменениями, внесенными приказами Министра торговли и интеграции РК от 09.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 405-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 13.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -16802,195 +16654,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы</w:t>
+График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z253" w:id="167"/>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан (далее – Кодекс) и </w:t>
+          <w:bookmarkStart w:name="z253" w:id="168"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Портал работает круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="168"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) услугодатель – с понедельника по пятницу включительно с 08:30 часов до 17:30 часов, с перерывом на обед с 12:30 часов до 13:30 часов, кроме выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан" (далее – Закон о праздниках), прием электронных документов и (или) сведений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
-[...66 lines deleted...]
-Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.beta.egov.kz, в разделе "Государственные услуги".</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.beta.egov.kz, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17044,70 +16864,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z255" w:id="168"/>
+          <w:bookmarkStart w:name="z255" w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для получения аттестата эксперта-аудитора по подтверждению соответствия:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="168"/>
+          <w:bookmarkEnd w:id="169"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заявление в форме электронного документа согласно приложению 1 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -17363,70 +17183,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z266" w:id="169"/>
+          <w:bookmarkStart w:name="z266" w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="169"/>
+          <w:bookmarkEnd w:id="170"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, законодательства в области технического регулирования, настоящих Правил, также разрешительным требованиям к экспертам-аудиторам по подтверждению соответствия, перечня документов, подтверждающих соответствие им, утвержденных приложением 1 к настоящему приказу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -17566,90 +17386,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z269" w:id="170"/>
+          <w:bookmarkStart w:name="z269" w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> подписи</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="171"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17881,51 +17701,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z273" w:id="171"/>
+    <w:bookmarkStart w:name="z273" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              ГОСУДАРСТВЕННЫЙ ГЕРБ РЕСПУБЛИКИ КАЗАХСТАН </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -17946,150 +17766,150 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             регулирования Республики Казахстан Аттестат эксперта-аудитора по </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                         подтверждению соответствия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z274" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z274" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Зарегистрирован в Реестре экспертов-аудиторов </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________ за № ___________________________________ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">       от "___" ___________ 20__ года Действителен до "___" ___________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z275" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z275" w:id="174"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий аттестат удостоверяет, что _________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z276" w:id="174"/>
+      <w:bookmarkStart w:name="z276" w:id="175"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       соответствует требованиям законодательства Республики Казахстан в области </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">технического регулирования, предъявляемым к экспертам-аудиторам и аттестован(а) на </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18120,101 +17940,101 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z277" w:id="175"/>
+      <w:bookmarkStart w:name="z277" w:id="176"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аттестат выдан на основании решения Комиссии по аттестации экспертов-аудиторов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по подтверждению соответствия от "___" __________ 20__ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z278" w:id="176"/>
+      <w:bookmarkStart w:name="z278" w:id="177"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (электронная цифровая подпись) (фамилия, имя, отчество (при наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>