--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="455065c" w14:textId="455065c">
+    <w:p w14:paraId="8a325a8" w14:textId="8a325a8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +93,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении требований к электронным информационным ресурсам для дистанционных медицинских услуг</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 12 мая 2021 года № ҚР ДСМ - 39. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 мая 2021 года № 22751</w:t>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 12 мая 2021 года № ҚР ДСМ - 39. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 мая 2021 года № 22751.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 89)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра здравоохранения РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -308,137 +380,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении двадцати одного календарного дня после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр здравоохранения</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -446,109 +537,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Цой</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство цифрового развития, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>инноваций и аэрокосмической промышленности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -582,1023 +685,1046 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр здравоохранения</w:t>
+              <w:t>Министра здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 12 мая 2021 года</w:t>
-[...12 lines deleted...]
-              <w:t>№ ҚР ДСМ - 39</w:t>
+              <w:t>от 12 мая 2021 года № ҚР ДСМ – 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к электронным информационным ресурсам для дистанционных медицинских услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Преамбула – в редакции приказа Министра здравоохранения РК от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 152</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z29" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие требования к электронным информационным ресурсам для дистанционных медицинских услуг (далее – Требования) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 89)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс).</w:t>
+        <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z30" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Требованиях используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      2. В настоящих Требованиях используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z31" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объекты информатизации – электронные информационные ресурсы, программное обеспечение, интернет-ресурс и информационно-коммуникационная инфраструктура;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      1) объекты информатизации – электронные информационные ресурсы, программное обеспечение, интернет-ресурс и информационно-коммуникационная инфраструктура;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, контроля за качеством медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      2) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, контроля за качеством медицинских услуг (помощи);</w:t>
+    <w:bookmarkStart w:name="z33" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лечащий врач – врач, оказывающий медицинскую помощь пациенту в период его наблюдения и лечения в медицинской организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      3) лечащий врач – врач, оказывающий медицинскую помощь пациенту в период его наблюдения и лечения в медицинской организации;</w:t>
+    <w:bookmarkStart w:name="z34" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) национальная телемедицинская сеть Республики Казахстан (далее – НТМС) – сеть стационарных и мобильных телемедицинских центров организаций здравоохранения, находящихся в ведении уполномоченного органа, объединенных защищенной телекоммуникационной инфраструктурой и оснащенных аппаратно-программными комплексами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      4) национальная телемедицинская сеть Республики Казахстан (далее – НТМС) – сеть стационарных и мобильных телемедицинских центров организаций здравоохранения, находящихся в ведении уполномоченного органа, объединенных защищенной телекоммуникационной инфраструктурой и оснащенных аппаратно-программными комплексами;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дистанционные медицинские услуги – предоставление медицинских услуг в целях диагностики, лечения, медицинской реабилитации и профилактики заболеваний и травм, проведения исследований и оценок посредством цифровых технологий, обеспечивающее дистанционное взаимодействие медицинских работников между собой, с физическими лицами и (или) их законными представителями, идентификацию указанных лиц, а также документирование совершаемых ими действий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      5) дистанционные медицинские услуги – предоставление медицинских услуг в целях диагностики, лечения, медицинской реабилитации и профилактики заболеваний и травм, проведения исследований и оценок посредством цифровых технологий, обеспечивающее дистанционное взаимодействие медицинских работников между собой, с физическими лицами и (или) их законными представителями, идентификацию указанных лиц, а также документирование совершаемых ими действий;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) медицинский работник – физическое лицо, имеющее профессиональное медицинское образование и осуществляющее медицинскую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      6) медицинский работник – физическое лицо, имеющее профессиональное медицинское образование и осуществляющее медицинскую деятельность;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) медицинская организация – организация здравоохранения, основной деятельностью которой является оказание медицинской помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      7) медицинская организация – организация здравоохранения, основной деятельностью которой является оказание медицинской помощи;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) носимые медицинские устройства – мобильные (носимые) устройства, предназначенные для сбора и передачи показателей состояния здоровья физического лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      8) носимые медицинские устройства – мобильные (носимые) устройства, предназначенные для сбора и передачи показателей состояния здоровья физического лица;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) телемедицинская сеть – сеть стационарных и мобильных телемедицинских центров, оснащенных медицинским оборудованием и объединенных посредством информационно-коммуникационных технологий в единое информационное пространство для предоставления дистанционных медицинских услуг, обучения и обмена медицинской информацией в электронном формате;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      9) телемедицинская сеть – сеть стационарных и мобильных телемедицинских центров, оснащенных медицинским оборудованием и объединенных посредством информационно-коммуникационных технологий в единое информационное пространство для предоставления дистанционных медицинских услуг, обучения и обмена медицинской информацией в электронном формате;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) пациент – физическое лицо, являющееся (являвшееся) потребителем медицинских услуг независимо от наличия или отсутствия у него заболевания или состояния, требующего оказания медицинской помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      10) пациент – физическое лицо, являющееся (являвшееся) потребителем медицинских услуг независимо от наличия или отсутствия у него заболевания или состояния, требующего оказания медицинской помощи;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) информированное согласие – процедура письменного добровольного подтверждения лицом своего согласия на получение медицинской помощи и (или) участие в конкретном исследовании после получения информации обо всех значимых для принятия им решения аспектах медицинской помощи и (или) исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      11) информированное согласие – процедура письменного добровольного подтверждения лицом своего согласия на получение медицинской помощи и (или) участие в конкретном исследовании после получения информации обо всех значимых для принятия им решения аспектах медицинской помощи и (или) исследования;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) электронный паспорт здоровья – набор структурированных персональных медицинских данных о состоянии здоровья физического лица и оказываемой ему медицинской помощи, формируемых субъектами цифрового здравоохранения из электронных источников на протяжении всей жизни и доступных как физическому лицу, так и работникам системы здравоохранения в соответствии с правилами, утвержденными уполномоченным органом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      12) электронный паспорт здоровья – набор структурированных персональных медицинских данных о состоянии здоровья физического лица и оказываемой ему медицинской помощи, формируемых субъектами цифрового здравоохранения из электронных источников на протяжении всей жизни и доступных как физическому лицу, так и работникам здравоохранения в соответствии с правилами, утвержденными уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Требования к электронным информационным ресурсам для дистанционных медицинских услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Требования к электронным информационным ресурсам для дистанционных медицинских услуг</w:t>
+    <w:bookmarkStart w:name="z44" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дистанционные медицинские услуги оказываются посредством:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...15 lines deleted...]
-      3. Дистанционные медицинские услуги оказываются посредством:</w:t>
+    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телемедицинской сети медицинской организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
-[...15 lines deleted...]
-      телемедицинской сети медицинской организации;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      НТМС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...15 lines deleted...]
-      НТМС;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектов информатизации медицинской организации, в том числе с применением носимых медицинских устройств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...15 lines deleted...]
-      объектов информатизации медицинской организации, в том числе с применением носимых медицинских устройств.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При оказании дистанционных медицинских услуг к телемедицинской сети медицинской организации, НТМС, объектам информатизации медицинской организации предъявляются следующие требования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       соответствие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 24 ноября 2015 года "Об информатизации", а также </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "Об информатизации", а также </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Единым требованиям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в области информационно-коммуникационных технологий и обеспечения информационной безопасности, утвержденных постановлением Правительства Республики Казахстан от 20 декабря 2016 года № 832;</w:t>
+        <w:t xml:space="preserve"> в области информационно-коммуникационных технологий и обеспечения информационной безопасности, утвержденным постановлением Правительства Республики Казахстан от 20 декабря 2016 года № 832;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение взаимодействия между медицинскими работниками и (или) пациентом и (или) его законным представителем в формате аудио-визуального контакта и обмена текстовыми сообщениями, документами и изображениями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      обеспечение взаимодействия между медицинскими работниками и (или) пациентом и (или) его законным представителем в формате аудио-визуального контакта и обмена текстовыми сообщениями, документами и изображениями;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение акцепта публичной оферты, содержащей все существенные условия по организации дистанционного оказания медицинских услуг в медицинской организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение идентификации личности пациента, а также медицинских работников, задействованных в оказании дистанционных медицинских услуг посредством системы идентификации и аутентификации в соответствии с требованиями уполномоченного органа в сфере обеспечения информационной безопасности посредством встроенных инструментов объектов информатизации в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 21 мая 2013 года "О персональных данных и их защите";</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение формирования расписания приема медицинских работников в медицинской организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      обеспечение формирования расписания приема медицинских работников в медицинской организации;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение организации записи пациентов и (или) его законных представителей на консультацию и (или) оказание профилактической, диагностической, лечебной, реабилитационной и паллиативной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      обеспечение организации записи пациентов и (или) его законных представителей на консультацию и (или) оказание профилактической, диагностической, лечебной, реабилитационной и паллиативной помощи;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечение возможности подачи пациентом и (или) его законным представителем информированного согласия на получение медицинской помощи согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 279)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 1 Кодекса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> статьи 1 Кодекса;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение формирования заявок на проведение консилиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      обеспечение формирования заявок на проведение консилиума;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение отправки медицинским работникам, пациентам и (или) их законным представителям, уведомлений о дате и времени проведения или отмене (переносе) консультаций и (или) оказании лечебно-диагностической, медицинской реабилитации и (или) консилиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение внесения медицинских записей, сопутствующих материалов о состоянии здоровья и диагнозе пациента в электронный паспорт здоровья пациента с использованием электронной цифровой подписи врача и(или) медицинского работника, оказавшего услуги медицинской реабилитации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 129 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение передачи данных в Национальный электронный паспорт здоровья и электронные информационные ресурсы уполномоченного органа в объеме и кратности, определяемых уполномоченным органом, за исключением случаев, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан от 15 марта 1999 года "О государственных секретах" в соответствии с </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственных секретах" в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 60 Кодекса;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение организации и ведения личного кабинета пациента;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      обеспечение организации и ведения личного кабинета пациента;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение документирования с использованием информационно-коммуникационных технологий и (или) объектов информатизации фактов передачи и получения сведений о состоянии здоровья пациента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      обеспечение документирования с использованием информационно-коммуникационных технологий и (или) объектов информатизации фактов передачи и получения сведений о состоянии здоровья пациента;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение обработки данных о состоянии здоровья пациента с использованием информационно-коммуникационных технологий и (или) объектов информатизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      обеспечение обработки данных о состоянии здоровья пациента с использованием информационно-коммуникационных технологий и (или) объектов информатизации;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение доступа лечащему врачу, назначившему дистанционное наблюдение за состоянием здоровья пациента, а также при необходимости медицинскому работнику, осуществляющему дистанционное наблюдение к сведениям о состоянии здоровья пациента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      обеспечение доступа лечащему врачу, назначившему дистанционное наблюдение за состоянием здоровья пациента, а также при необходимости медицинскому работнику, осуществляющему дистанционное наблюдение к сведениям о состоянии здоровья пациента;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение направления лечащим врачом или медицинским работником, задействованным в процессе персонального медицинского сопровождения сообщений пациенту с рекомендациями по соблюдению назначенного лечения и образа жизни;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение хранения и обработки, защиты персональных медицинских данных пациентов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1610,794 +1736,794 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 53 и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> главы 9 Закона Республики Казахстан от 24 ноября 2015 года "Об информатизации";</w:t>
+        <w:t xml:space="preserve"> главы 9 Закона Республики Казахстан "Об информатизации";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение доступа физическим лицам к информации о своем здоровье и оказанной медицинской помощи в электронном паспорте здоровья, а также отслеживанию журнала доступа к данным;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      обеспечение доступа физическим лицам к информации о своем здоровье и оказанной медицинской помощи в электронном паспорте здоровья, а также отслеживанию журнала доступа к данным;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение интеграции с соответствующими информационными системами уполномоченного органа для обеспечения процесса оплаты затрат медицинским организациям при оказании дистанционных медицинских услуг в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      обеспечение интеграции с соответствующими информационными системами уполномоченного органа для обеспечения процесса оплаты затрат медицинским организациям при оказании дистанционных медицинских услуг в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение интеграции средств телекоммуникации между пациентом и (или) его законным представителем и медицинским работником с объектами информатизации, используемыми при оказании дистанционных медицинских услуг, за исключением случаев, оговоренных нормативными правовыми актами и инструкциями уполномоченного органа в сфере информатизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...15 lines deleted...]
-      обеспечение интеграции средств телекоммуникации между пациентом и (или) его законным представителем и медицинским работником с объектами информатизации, используемыми при оказании дистанционных медицинских услуг, за исключением случаев, оговоренных нормативными правовыми актами и инструкциями уполномоченного органа в сфере информатизации;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение соответствия средств телекоммуникации между пациентом и (или) его законным представителем и медицинским работником, применяемых при оказании дистанционных медицинских услуг, требованиям законодательства в сфере защиты персональных данных, предъявляемым к защите персональных данных и соблюдению тайны медицинского работника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
-[...15 lines deleted...]
-      обеспечение соответствия средств телекоммуникации между пациентом и (или) его законным представителем и медицинским работником, применяемых при оказании дистанционных медицинских услуг, требованиям законодательства в сфере защиты персональных данных, предъявляемым к защите персональных данных и соблюдению тайны медицинского работника.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При оказании дистанционных медицинских услуг посредством мобильных приложений и (или) интернет – ресурсов, в том числе с применением носимых медицинских устройств, к объектам информатизации медицинской организации, дополнительно предъявляются следующие требования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...15 lines deleted...]
-      5. При оказании дистанционных медицинских услуг посредством мобильных приложений и (или) интернет – ресурсов, в том числе с применением носимых медицинских устройств, к объектам информатизации медицинской организации, дополнительно предъявляются следующие требования:</w:t>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение дистанционного мониторинга за состоянием здоровья пациента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       обеспечение дистанционного получения данных о состоянии здоровья пациента лечащим врачом и (или) медицинским работником, обеспечивающим дистанционное наблюдение за состоянием здоровья пациента в автоматическом режиме посредством информационно-коммуникационных технологий и (или) объектов информатизации при использовании носимых медицинских устройств, сертифицированных согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 60 Кодекса и имеющих функции передачи данных;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение ручного ввода данных о состоянии здоровья пациента, самим пациентом и (или) лечащим врачом, в том числе ручного ввода данных с носимых медицинских устройств, не имеющих функции передачи данных;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
-[...15 lines deleted...]
-      обеспечение ручного ввода данных о состоянии здоровья пациента, самим пациентом и (или) лечащим врачом, в том числе ручного ввода данных с носимых медицинских устройств, не имеющих функции передачи данных;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение мониторинга и контроля показателей состояния здоровья пациента, в том числе в автоматическом режиме с использованием информационно-коммуникационных технологий и (или) объектов информатизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
-[...15 lines deleted...]
-      обеспечение мониторинга и контроля показателей состояния здоровья пациента, в том числе в автоматическом режиме с использованием информационно-коммуникационных технологий и (или) объектов информатизации;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение экстренного оповещения всех участников процесса персонального медицинского сопровождения при критическом отклонении показателей состояния здоровья пациента от предельных значений и выполнения мероприятий, направленных на стабилизацию состояния здоровья пациента, включая проведение консультаций для дистанционного и (или) очного оказания медицинской помощи, направления на консультации и диагностические исследования, госпитализацию на стационарозамещающее или стационарное лечение, вызов бригады скорой медицинской помощи или оказание неотложной медицинской помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
-[...15 lines deleted...]
-      обеспечение экстренного оповещения всех участников процесса персонального медицинского сопровождения при критическом отклонении показателей состояния здоровья пациента от предельных значений и выполнения мероприятий, направленных на стабилизацию состояния здоровья пациента, включая проведение консультаций для дистанционного и (или) очного оказания медицинской помощи, направления на консультации и диагностические исследования, госпитализацию на стационарозамещающее или стационарное лечение, вызов бригады скорой медицинской помощи или оказание неотложной медицинской помощи.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Электронные информационные ресурсы субъектов здравоохранения для полноты данных по документированию процесса оказания дистанционных медицинских услуг обеспечивают возможность внесения в медицинские информационные системы следующего минимального набора данных:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
-[...15 lines deleted...]
-      6. Электронные информационные ресурсы субъектов здравоохранения для полноты данных по документированию процесса оказания дистанционных медицинских услуг обеспечивают возможность внесения в медицинские информационные системы следующего минимального набора данных:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при записи на услугу, оказываемую дистанционно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
-[...15 lines deleted...]
-      1) при записи на услугу, оказываемую дистанционно:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер и фамилию, имя, отчество (при его наличии) пациента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
-[...15 lines deleted...]
-      индивидуальный идентификационный номер и фамилию, имя, отчество (при его наличии) пациента;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      код и наименование услуги;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участок и (или) фамилия, имя, отчество (при его наличии) врача, оказывающего услугу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата и время записи на услугу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при дистанционном выполнении услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      форма оказания дистанционной медицинской услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использованные средства телекоммуникации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер и фамилия, имя, отчество (при его наличии) пациента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       код и наименование услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...118 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      код и наименование услуги;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальный идентификационный номер и фамилия, имя, отчество (при его наличии) врача, оказавшего услугу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...15 lines deleted...]
-      индивидуальный идентификационный номер и фамилия, имя, отчество (при его наличии) врача, оказавшего услугу;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      набор данных по диагнозу (диагноз, вид, тип, характер);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
-[...15 lines deleted...]
-      набор данных по диагнозу (диагноз, вид, тип, характер);</w:t>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запись врача с описанием объективного статуса пациента, с интерпретацией показателей состояния здоровья пациента, результатов диагностических исследований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
-[...15 lines deleted...]
-      запись врача с описанием объективного статуса пациента, с интерпретацией показателей состояния здоровья пациента, результатов диагностических исследований;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключение (описание результата выполненной услуги);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
-[...15 lines deleted...]
-      заключение (описание результата выполненной услуги);</w:t>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      план ведения пациента с включением даты следующего осмотра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
-[...15 lines deleted...]
-      план ведения пациента с включением даты следующего осмотра;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      направление на лабораторное исследование / на консультационные услуги / на госпитализацию, перевод в другой стационар (в случае необходимости в соответствии с набором данных, необходимом для направления) в соответствии с формой медицинской учетной документации лабораторий в составе медицинских организаций согласно приложению 5 к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рецепт на лекарственные средства (в случае необходимости в соответствии с набором данных, необходимом для направления) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выписывания, учета и хранения рецептов, утвержденными приказом Министра здравоохранения Республики Казахстан от 2 октября 2020 года № ҚР ДСМ-112/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21493);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       лист или справка о временной нетрудоспособности (в случае необходимости в соответствии с набором данных, необходимым для открытия, продления, закрытия листа или справки о временной нетрудоспособности) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности, утвержденными приказом Министра здравоохранения Республики Казахстан от 18 ноября 2020 года № ҚР ДСМ-198/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21660);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       направление на медико-социальную экспертизу (в случае необходимости в соответствии с набором данных, необходимым для направления на медико-социальную экспертизу) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> проведения медико-социальной экспертизы, утвержденными приказом Министра здравоохранения и социального развития Республики Казахстан от 30 января 2015 года № 44 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10589).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+        <w:t xml:space="preserve"> проведения медико-социальной экспертизы, утвержденными приказом Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 29 июня 2023 года № 260 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32922).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z96" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Оказание дистанционных медицинских услуг посредством информационно-коммуникационной технологии осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> организации, предоставления и оплаты дистанционных медицинских услуг, утвержденными приказом Министра здравоохранения Республики Казахстан от 1 февраля 2021 года № ҚР ДСМ-12 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22151).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>