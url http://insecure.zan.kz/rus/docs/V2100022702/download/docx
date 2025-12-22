--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c137518" w14:textId="c137518">
+    <w:p w14:paraId="e7294c3" w14:textId="e7294c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -732,832 +732,3717 @@
               </w:rPr>
               <w:t>от 30 апреля 2021 года № 357</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила пользования Единой нотариальной информационной системой</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра юстиции РК от 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 606</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила пользования Единой нотариальной информационной системой (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4-1 Закона Республики Казахстан "О нотариате" (далее – Закон) и определяют порядок пользования Единой нотариальной информационной системе (далее – ЕНИС).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, используемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биометрическая аутентификация – комплекс мер, идентифицирующих личность на основании физиологических и биологических неизменных признаков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) открытие доступа к ЕНИС - мероприятия по созданию учетной записи в ЕНИС.</w:t>
+      2) информационная безопасность ЕНИС – комплекс мер и методов, направленных на защиту информационной системы от несанкционированного доступа, использования, раскрытия, изменения, уничтожения или утраты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) пользователь ЕНИС – нотариусы Республики Казахстан, сотрудники территориальных органов юстиции, нотариальных палат и Республиканской нотариальной палаты, зарегистрированные в системе ЕНИС для выполнения конкретных функций;</w:t>
+      3) открытие доступа к ЕНИС – мероприятия по созданию учетной записи в ЕНИС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) учетная запись – информация о пользователе ЕНИС: имя пользователя, права доступа к ресурсам при работе с ЕНИС;</w:t>
+      4) пользователь ЕНИС – нотариусы, сотрудники Министерства юстиции Республики Казахстан, Комитета регистрационной службы и организации юридических услуг Министерства юстиции Республики Казахстан (далее – КРСиОЮУ), территориальных органов юстиции, Республиканской нотариальной палаты и нотариальных палат, зарегистрированные в системе ЕНИС для выполнения входящих в их полномочия функций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) электронно - цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданных средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      5) учетная запись – информация о пользователе ЕНИС: имя пользователя, права доступа к ресурсам при работе с ЕНИС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Республиканская нотариальная палата (далее – РНП) – некоммерческая профессиональная самофинансируемая организация, объединяющая территориальные нотариальные палаты, основанная на их обязательном членстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) уполномоченный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере организации и оказания юридической помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок пользования ЕНИС</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      3. Для пользования ЕНИС пользователю необходимо иметь доступ к ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+      4. Доступ к ЕНИС предоставляется в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Доступ нотариуса к ЕНИС осуществляется с использованием биометрической аутентификации в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об информатизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Для работы в ЕНИС пользователю необходимо иметь ЭЦП физического лица.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+      6. Уполномоченный орган обладает правами владения, пользования и распоряжения ЕНИС в целом как имущественным комплексом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Пользователь для открытия доступа к ЕНИС обращается с заявлением в территориальную нотариальную палату (далее – ТНП). По итогам рассмотрения заявления сотрудник ТНП создает учетную запись в ЕНИС.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      7. Для работы в ЕНИС пользователю необходимо иметь ЭЦП физического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Нотариусы для открытия доступа к ЕНИС обращаются в территориальную нотариальную палату (далее – ТНП) с заявлением в бумажном и/или электронном (официальная электронная почта ТНП) формате по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. В течение пяти рабочих дней со дня регистрации заявления сотрудник ТНП создает учетную запись в ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      В период приостановления членства в нотариальной палате, а также при временной нетрудоспособности или нахождения в трудовом отпуске либо в отпуске по беременности и родам, по уходу за ребенком до достижения им возраста трех лет, или усыновления (удочерения) новорожденного ребенка (детей) пользователю необходимо со дня наступления указанных обстоятельств направить в бумажном и/или электронном (официальная электронная почта ТНП) формате заявление в произвольной форме с приложением подтверждающих документов в ТНП. В течение пяти календарных дней со дня регистрации заявления сотрудник ТНП производит временную блокировку учетной записи пользователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае выхода или исключения из членства нотариальной палаты нотариуса, сотрудникам ТНП необходимо в течение пяти календарных дней направить в бумажном и/или электронном (единая система электронного документооборота государственных органов либо облачный документооборот) формате письмо в произвольной форме с приложением подтверждающих документов в уполномоченный орган. На основании письма сотрудник уполномоченного органа в течение пяти календарных дней производит блокировку учетной записи пользователя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Сотрудники РНП и ТНП для открытия доступа к ЕНИС обращаются с заявлением в бумажном и/или электронном (единая система электронного документооборота государственных органов либо облачный документооборот) формате по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в уполномоченный орган. В течение пяти рабочих дней со дня регистрации заявления сотрудник уполномоченного органа по согласованию курирующего Вице-министра юстиции Республики Казахстан создает учетную запись в ЕНИС сотруднику РНП и ТНП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+      РНП и ТНП при увольнении сотрудника, имевшего доступ к ЕНИС не позднее пяти календарных дней с момента расторжения трудовых отношений направляет в уполномоченный орган в бумажном и/или электронном (единая система электронного документооборота государственных органов либо облачный документооборот) формате письмо в произвольной форме с приложением подтверждающих документов о необходимости блокировки доступа к ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Сотрудники уполномоченного органа, КРСиОЮУ для открытия доступа к ЕНИС обращается с заявлением в бумажном и/или электронном (единая система электронного документооборота государственных органов либо облачный документооборот) формате по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам в уполномоченный орган. В течение пяти рабочих дней со дня регистрации заявления сотрудник уполномоченного органа по согласованию курирующего Вице-министра юстиции Республики Казахстан создает учетную запись в ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Основаниями для прекращения доступа к ЕНИС является:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+      Сотрудник территориального органа юстиции для открытия доступа к ЕНИС обращается с заявлением в бумажном и/или электронном (единая система электронного документооборота государственных органов либо облачный документооборот) формате по форме согласно приложению 2 к настоящим Правилам в уполномоченный орган. В течение пяти рабочих дней со дня регистрации заявления сотрудник уполномоченного органа по согласованию курирующего Вице-министра юстиции Республики Казахстан создает учетную запись в ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Территориальный орган юстиции при увольнении сотрудника, имевшего доступ к ЕНИС не позднее пяти календарных дней с момента расторжения трудовых отношений направляет письмо в произвольной форме с приложением подтверждающих документов о необходимости блокировки доступа к ЕНИС в уполномоченный орган. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Результатом выполнения процесса регистрации является формирование в базе данных ЕНИС учетной записи пользователя ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Пользователям ЕНИС не допускается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) работать под чужой учетной записью и ЭЦП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сообщать и/или передавать данные учетной записи и/или пароль от ЭЦП, а также иные средства аутентификации другим пользователям ЕНИС и/или иным лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) записывать пароль от ЭЦП на бумаге, в файле, электронной записной книжке и других носителях информации, в том числе на предметах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) покидая рабочее место оставлять ЕНИС незаблокированной;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор, обработка персональных данных, несовместимая с целями сбора персональных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) передача персональных данных третьим лицам без согласия субъекта или его законного представителя либо при отсутствии иного законного основания, за исключением случаев предусмотренных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) передавать закрытый ключ ЭЦП другим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) использовать неавторизованные, незарегистрированные или несертифицированные технические средства, не соответствующие требованиям информационной безопасности, предусмотренные законодательством Республики Казахстан для доступа к ЕНИС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае утраты/компрометации пароля от ЭЦП осуществляет отзыв ЭЦП в соответствии с Правилами выдачи, хранения, отзыва регистрационных свидетельств и подтверждения принадлежности и действительности открытого ключа электронной цифровой подписи корневым удостоверяющим центром Республики Казахстан, удостоверяющим центром государственных органов и национальным удостоверяющим центром Республики Казахстан, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра по инвестициям и развитию Республики Казахстан от 26 июня 2015 года № 727 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12181).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По истечении календарного года со дня получения ЭЦП, пользователю ЕНИС необходимо перевыпустить новую ЭЦП, в противном случае учетная запись будет заблокирована системой автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Основаниями для прекращения доступа к ЕНИС является:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выход или исключение нотариуса из членства территориальной нотариальной палаты либо прекращения действия его лицензии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) увольнение сотрудника территориального органа юстиции и нотариальной палаты и Республиканской нотариальной палаты.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+      2) увольнение сотрудника уполномоченного органа, КРСиОЮУ, территориального органа юстиции, РНП и ТНП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Доступ нотариуса к ЕНИС временно блокируется уполномоченным органом в период приостановления действия лицензии нотариуса в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Доступ нотариуса к ЕНИС блокируется уполномоченным органом при прекращении действия лицензии на право занятия нотариальной деятельностью в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Информационная безопасность обеспечивается в соответствии с Едиными требованиями в области информационно-коммуникационных технологий и обеспечения информационной безопасности, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 декабря 2016 года № 832, а также законодательством Республики Казахстан в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам пользования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Единой нотариальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационной системой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кому: Председателю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>территориальной нотариальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>палаты фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее – Ф.И.О.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от: Ф.И.О., контактные данные,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес помещения для совершения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нотариальных действий,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z64" w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1. Доступ к ЕНИС приостанавливается в период приостановления действия лицензии нотариуса в соответствии со статьей 10 Закона "О нотариате".</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+      Я, Ф.И.О., нотариус нотариального округа _______ прошу предоставить доступ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к ЕНИС в связи с началом занятия нотариальной деятельностью по адресу _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер и дата выдачи лицензии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТНП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Помещение нотариуса (область, округ, адрес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Контактные данные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Роль в ЕНИС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z65" w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим подтверждаю предоставление достоверных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 3 Закона Республики Казахстан "О нотариате",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даю согласие сохранять тайну совершения нотариальных действий и не разглашать</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ее третьим лицам за исключением случаев, прямо предусмотренных законом, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соблюдать иные требования установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользования Единой</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нотариальной информационной системой, утвержденными приказом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министром юстиции Республики Казахстан от 30 апреля 2021 года № 357.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z66" w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ТНП – территориальная нотариальная палата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЕНИС – Единая нотариальная информационная система.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам пользования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Единой нотариальной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>информационной системой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кому: Министерство юстиции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от: фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее – Ф.И.О.),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контактные данные,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должность сотрудника</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МЮ/ДЮ/РНП/ТНП</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z71" w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      Я, Ф.И.О., прошу предоставить доступ к ЕНИС для осуществления функциональных</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязанностей в сфере нотариальной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность с полным наименованием организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юридический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Контактные данные </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z72" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+      Настоящим подтверждаю предоставление достоверных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан "О нотариате",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>даю согласие сохранять тайну совершения нотариальных действий и не разглашать</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ее третьим лицам за исключением случаев, прямо предусмотренных законом, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соблюдать иные требования установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользования Единой</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нотариальной информационной системой, утвержденными приказом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министром юстиции Республики Казахстан от 30 апреля 2021 года № 357.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата: ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z73" w:id="56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Для прекращения доступа к ЕНИС по основаниям, указанным в пункте 5 Правил, пользователю необходимо направить заявление с приложением подтверждающих документов. На основании заявления сотрудник ТНП производит блокировку учетной записи пользователя.</w:t>
-[...282 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      Примечание: расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>МЮ – Министерство юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ДЮ – Департамент юстиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РНП – Республиканская нотариальная палата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ТНП – территориальная нотариальная палата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЕНИС – Единая нотариальная информационная система.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>