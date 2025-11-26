--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5d0ec4f" w14:textId="5d0ec4f">
+    <w:p w14:paraId="7141db9" w14:textId="7141db9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,51 +103,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра финансов Республики Казахстан от 4 мая 2021 года № 425. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 мая 2021 года № 22690.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -449,137 +525,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1642,329 +1737,330 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал регистрации заявлений о ввозе товаров и уплате косвенных налогов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="500"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регистрационный номер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата представления Заявления в орган государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование Фамилия Имя Отчество (при его наличии) налогоплательщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бизнес идентификационный номер/индивидуальный идентификационный номер….</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество листов заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия Имя Отчество (при его наличии) должностного лица органа государственных доходов, осуществившего регистрацию Заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись должностного лица органа государственных доходов, осуществившего регистрацию Заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2103,1934 +2199,1739 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 вручено на руки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 направлено по почте</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1627" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1196" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1124" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="500" w:type="dxa"/>
-[...384 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3950"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1921"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3950" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия Имя Отчество (при его наличии) лица, получившего 3 (три) экземпляра Заявления с отметкой органа государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подпись лица, получившего 3 (три) экземпляра Заявления с отметкой органа государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия Имя Отчество (при его наличии) должностного лица, проставившего отметку (подготовившего уведомление об отказе в проставлении отметки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата отправки налогоплательщику уведомления об отказе в проставлении отметки органа государственных доходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3950" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2783" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3950" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3950" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4339,403 +4240,461 @@
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Мотивированный отказ в подтверждении факта уплаты косвенных налогов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z42" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 456 Кодекса Республики Казахстан "О налогах и</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             наименование органа государственных доходов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>уведомляет Вас _________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   фамилия, имя и отчество (при его наличии) или наименование</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>налогоплательщика (налогового агента) Бизнес-идентификационный номер (БИН) или</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>индивидуальный идентификационный номер (ИИН)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об отказе в подтверждении факта уплаты косвенных налогов по Заявлению о ввозе товаров</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">и уплате косвенных налогов (форма 328.00) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Номер и дата Заявления о ввозе товаров и уплате косвенных налогов </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Номер _____________________________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Дата _______________________________ </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Регистрационный номер Заявления о ввозе товаров и уплате косвенных налогов </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Налоговый период: месяц __________ год ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11625"/>
-        <w:gridCol w:w="675"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По следующим причинам (укажите Х в соответствующей ячейке):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4747,551 +4706,539 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 456 Налогового кодекса;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="228600" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="228600" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) несоответствия данных, указанных в Заявлении, представленном на бумажном носителе, данным Заявления, представленному в электронном виде, заверенному электронной цифровой подписью налогоплательщика;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="228600" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="228600" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) неуплаты, а также уплаты не в полном объеме исчисленных сумм косвенных налогов, указанных в Заявлении;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="228600" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="228600" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) занижения размера облагаемого импорта и (или) сумм косвенных налогов по импортированным товарам, в связи с которым осуществляется корректировка размера облагаемого импорта;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="228600" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="228600" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5303,525 +5250,583 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Правилами</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> заполнения и представления налоговой отчетности "Заявление о ввозе товаров и уплате косвенных налогов (форма 328.00)", утвержденным приказом Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 20 января 2020 года № 39 "Об утверждении форм налоговой отчетности и правил их составления" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19897);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="228600" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="228600" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11625" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) непредставления документов, предусмотренных пунктом 2 статьи 456 Налогового кодекса.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="675" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="228600" cy="266700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="228600" cy="266700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z43" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суть выявленных нарушений _______________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 456 Налогового кодекса Вы представляете новое</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заявление с устранением нарушений в течение 15 (пятнадцати) календарных дней с даты</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">получения Мотивированного отказа в подтверждении. </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель (заместитель руководителя) органа государственных доходов:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             фамилия, имя и отчество (при его наличии), подпись </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Место для печати </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Отметка о вручении (отправлении) налогоплательщику (налоговому агенту) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             фамилия, имя и отчество (при его наличии) должностного лица</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             государственного органа, подпись, дата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Отметка о получении </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       фамилия, имя и отчество (при его наличии) налогоплательщика</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (налогового агента), подпись, дата</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата получения_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6166,559 +6171,563 @@
         <w:t xml:space="preserve">
       Идентификационный номер покупателя ХХХХХХХХХХХ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование покупателя ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z49" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Реквизиты заявления о ввозе товаров и уплате косвенных налогов  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ ХХХХХХХХ от ХХ.ХХ.ХХХХ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговый период: ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z51" w:id="39"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Входящий (регистрационный) номер заявления о ввозе товаров и уплате косвенных </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>налогов ______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Дата регистрации заявления о ввозе товаров и уплате косвенных налогов </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z53" w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Входящий (регистрационный) номер отзываемого заявления о ввозе товаров и уплате </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">косвенных налогов _____________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z54" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Входящий (регистрационный) номер корректируемого заявления о ввозе товаров </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">и уплате косвенных налогов ______________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Код органа государственных доходов ХХХХ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z56" w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Фамилия, имя, отчество (при его наличии) должностного лица органа </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">государственных доходов, подтвердившего факт уплаты косвенных налогов  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подтверждения факт уплаты косвенных налогов ___________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5516"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3392" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3392" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5516" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Код валюты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3392" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись прикладного сервера Идентификационный номер налогоплательщика\Регистрационный номер Заявления\Лист из</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:tbl>
@@ -7088,55 +7097,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>