--- v0 (2025-11-17)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d0e9315" w14:textId="d0e9315">
+    <w:p w14:paraId="403742a" w14:textId="403742a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 2 февраля 2018 года № 119 "Об утверждении формы сведений о наличии банковских счетов и их номерах, об остатках и движении денег на этих счетах, о предоставленных кредитах физическим лицам"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра финансов Республики Казахстан от 30 апреля 2021 года № 420. Зарегистрирован в Министерстве юстиции Республики Казахстан 4 мая 2021 года № 22687. Утратил силу приказом Министра финансов Республики Казахстан от 12 ноября 2025 года № 698 (вводится в действие с 01.01.2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 698</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -732,293 +810,332 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z22" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "СОГЛАСОВАН" </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Агентство Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по регулированию и развитию</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансового рынка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z23" w:id="14"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Национальный Банк</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1193,71 +1310,72 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о наличии банковских счетов и их номерах, об остатках денег на этих счетах за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="593"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1324,199 +1442,199 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты банка, филиала банка-нерезидента Республики Казахстан, его структурных подразделений, в котором открыты банковские счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид банковского счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта банковского счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер банковского счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток денег на банковском счете на начало периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1527,195 +1645,195 @@
               <w:t>
 Остаток денег на банковском счете на конец периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН*/ БИН **</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фамилия, имя, отчество (при его наличии)/ наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1154" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН **</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИК***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1777,531 +1895,551 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1154" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="635" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="593" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1419" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z27" w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   подпись лица, ответственного за составление формы)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">________________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность) </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>руководителя, подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3114,71 +3252,72 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о движении денег на банковских счетах за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="627"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="975"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3263,88 +3402,88 @@
               <w:t>
 Движение денег на банковских счетах налогоплательщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН*/ БИН**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3418,88 +3557,88 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3566,51 +3705,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 реквизиты банка, филиала банка-нерезидента Республики Казахстан отправителя денег</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3673,195 +3812,195 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН*/ БИН**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="974" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИК***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3871,411 +4010,411 @@
               <w:t>
 наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="627" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="974" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4300,103 +4439,97 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1352"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4404,88 +4537,88 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 перечисление денег с банковского счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4552,51 +4685,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 реквизиты банка, филиала банка-нерезидента Республики Казахстан бенефициара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4620,195 +4753,195 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН* /БИН**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИК***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4818,423 +4951,443 @@
               <w:t>
 наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1353" w:type="dxa"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="44"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность),  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   подпись лица, ответственного за составление формы)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)   </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         руководителя, подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z59" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -6294,67 +6447,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о предоставленных кредитах физическому лицу, у которого возникла обязанность по представлению декларации об активах и обязательствах, с указанием сумм погашения, включая вознаграждение за период с "___" ______________ 20____ года по "____" ________________ 20___ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1135"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1137"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6421,51 +6575,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты банка, филиала банка-нерезидента Республики Казахстан, их структурных подразделений, в котором выдан кредит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6476,195 +6630,195 @@
               <w:t>
 Дата предоставления кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1879" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИК***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6674,267 +6828,267 @@
               <w:t>
 наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3236" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1879" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2558" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1220" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6959,467 +7113,468 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2704"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2350"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2704" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата договора о предоставлении кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер банковского счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Валюта банковского счета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма предоставленного кредита</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма установленного лимита по договору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остаток суммы кредита на начало периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2704" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1992" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2350" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7444,50 +7599,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
@@ -8067,135 +8223,155 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="86"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z103" w:id="86"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                  подпись лица, ответственного за составление формы)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)  </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               руководителя, подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z104" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z105" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -9063,63 +9239,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9441,35 +9639,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>