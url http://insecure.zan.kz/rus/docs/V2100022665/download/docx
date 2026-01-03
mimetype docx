--- v0 (2025-11-18)
+++ v1 (2026-01-03)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="af88eb0" w14:textId="af88eb0">
+    <w:p w14:paraId="4e65611" w14:textId="4e65611">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -587,1420 +587,1504 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 апреля 2021 года № 413</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматриваются в редакции приказа Министра финансов РК от 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 756</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила и сроки направления или вручения проверяемому лицу предварительного акта камеральной таможенной проверки, представления проверяемым лицом письменного возражения к предварительному акту камеральной таможенной проверки, а также рассмотрения такого возражения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила и сроки направления или вручения проверяемому лицу предварительного акта камеральной таможенной проверки, представления проверяемым лицом письменного возражения к предварительному акту камеральной таможенной проверки, а также рассмотрения такого возражения (далее – Правила) разработаны в целях реализации </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 417 Кодекса Республики Казахстан "О таможенном регулировании в Республике Казахстан" (далее – Кодекс) и определяют порядок и сроки направления или вручения проверяемому лицу предварительного акта камеральной таможенной проверки, представления проверяемым лицом письменного возражения к предварительному акту камеральной таможенной проверки, а также рассмотрения такого возражения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В рамках настоящих Правил используется следующее понятие:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       письменное возражение – письменное несогласие проверяемого лица с результатами предварительного акта камеральной таможенной проверки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок и сроки направления или вручения проверяемому лицу предварительного акта камеральной таможенной проверки</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. До составления акта камеральной таможенной проверки, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 417 Кодекса, должностное лицо органа государственных доходов направляет или вручает проверяемому лицу предварительный акт камеральной таможенной проверки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Предварительный акт камеральной таможенной проверки направляется или вручается проверяемому лицу лично под роспись не позднее 5 (пяти) рабочих дней до даты завершения камеральной таможенной проверки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      4. Предварительный акт камеральной таможенной проверки направляется или вручается проверяемому лицу лично под роспись не позднее 5 (пяти) рабочих дней до даты завершения камеральной таможенной проверки.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. При невозможности вручения проверяемому лицу предварительного акта камеральной таможенной проверки или его возврата оператором почты или оператором связи по причине отсутствия проверяемого лица по месту нахождения, указанному в регистрационных данных проверяемого лица, орган государственных доходов в течение 5 (пяти) рабочих дней со дня возврата таких документов проводит обследование по месту нахождения такого лица с привлечением 2 (двух) понятых.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      5. При невозможности вручения проверяемому лицу предварительного акта камеральной таможенной проверки или его возврата оператором почты или оператором связи по причине отсутствия проверяемого лица по месту нахождения, указанному в регистрационных данных проверяемого лица, орган государственных доходов в течение 5 (пяти) рабочих дней со дня возврата таких документов проводит обследование по месту нахождения такого лица с привлечением 2 (двух) понятых.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам обследования составляется акт обследования, в котором указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      По результатам обследования составляется акт обследования, в котором указываются:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      место, дата и время составления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      место, дата и время составления;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      должность, фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) должностного лица органа государственных доходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      должность, фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) должностного лица органа государственных доходов;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование органа государственных доходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      наименование органа государственных доходов;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность), наименование и номер документа, удостоверяющего личность, адрес места жительства привлеченных понятых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность), наименование и номер документа, удостоверяющего личность, адрес места жительства привлеченных понятых;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) и (или) наименование проверяемого лица, его индивидуальный идентификационный номер/бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) и (или) наименование проверяемого лица, его индивидуальный идентификационный номер/бизнес-идентификационный номер;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информация о результатах обследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      информация о результатах обследования.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В качестве понятых приглашаются любые совершеннолетние дееспособные граждане, не заинтересованные в исходе действий должностного лица органа государственных доходов и проверяемого лица. Не допускается участие в качестве понятых должностных лиц государственных органов Республики Казахстан и работников, учредителей (участников) проверяемого лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
-[...15 lines deleted...]
-      В качестве понятых приглашаются любые совершеннолетние дееспособные граждане, не заинтересованные в исходе действий должностного лица органа государственных доходов и проверяемого лица. Не допускается участие в качестве понятых должностных лиц государственных органов Республики Казахстан и работников, учредителей (участников) проверяемого лица.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении в результате обследования фактического отсутствия проверяемого лица по месту нахождения, указанному в регистрационных данных, датой вручения предварительного акта камеральной таможенной проверки является дата составления акта обследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
-[...15 lines deleted...]
-      При установлении в результате обследования фактического отсутствия проверяемого лица по месту нахождения, указанному в регистрационных данных, датой вручения предварительного акта камеральной таможенной проверки является дата составления акта обследования.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок и сроки представления проверяемым лицом письменного возражения к предварительному акту камеральной таможенной проверки, а также рассмотрения такого возражения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Проверяемым лицом письменное возражение к предварительному акту камеральной таможенной проверки представляется в орган государственных доходов, осуществляющий камеральную таможенную проверку, в течение 10 (десяти) рабочих дней со дня получения или вручения предварительного акта камеральной таможенной проверки, за исключением проверяемых лиц, подлежащих мониторингу крупных налогоплательщиков, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 130 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом проверяемым лицом, подлежащим мониторингу крупных налогоплательщиков, письменное возражение к предварительному акту камеральной таможенной проверки представляется в орган государственных доходов, осуществляющий камеральную таможенную проверку, в течение 15 (пятнадцати) рабочих дней со дня получения или вручения предварительного акта камеральной таможенной проверки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...15 lines deleted...]
-      При этом проверяемым лицом, подлежащим мониторингу крупных налогоплательщиков, письменное возражение к предварительному акту камеральной таможенной проверки представляется в орган государственных доходов, осуществляющий камеральную таможенную проверку, в течение 15 (пятнадцати) рабочих дней со дня получения или вручения предварительного акта камеральной таможенной проверки.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверяемым лицом письменное возражение к предварительному акту камеральной таможенной проверки представляется следующими способами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...15 lines deleted...]
-      Проверяемым лицом письменное возражение к предварительному акту камеральной таможенной проверки представляется следующими способами:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в явочном порядке – на бумажном носителе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...15 lines deleted...]
-      1) в явочном порядке – на бумажном носителе;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по почте заказным письмом с уведомлением – на бумажном носителе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      2) по почте заказным письмом с уведомлением – на бумажном носителе;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) через Государственную корпорацию "Правительство для граждан" – в электронной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      3) через Государственную корпорацию "Правительство для граждан" – в электронной форме.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В письменном возражении указываются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      7. В письменном возражении указываются:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование органа государственных доходов, осуществляющего камеральную таможенную проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...15 lines deleted...]
-      1) наименование органа государственных доходов, осуществляющего камеральную таможенную проверку;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) либо полное наименование лица, подающего письменное возражение, его место жительства (место нахождения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      2) фамилия, имя и отчество (если оно указано в документе, удостоверяющем личность) либо полное наименование лица, подающего письменное возражение, его место жительства (место нахождения);</w:t>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) индивидуальный идентификационный номер/бизнес-идентификационный номер (ИИН/БИН) лица, подающего письменное возражение;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
-[...15 lines deleted...]
-      3) индивидуальный идентификационный номер/бизнес-идентификационный номер (ИИН/БИН) лица, подающего письменное возражение;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дата подачи письменного возражения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      4) дата подачи письменного возражения;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обстоятельства, на которые лицо, подающее письменное возражение, основывает свои требования и доказательства, подтверждающие данные обстоятельства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      5) обстоятельства, на которые лицо, подающее письменное возражение, основывает свои требования и доказательства, подтверждающие данные обстоятельства;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) перечень прилагаемых документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      6) перечень прилагаемых документов.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Датой поступления письменного возражения является дата приема и регистрации письменного возражения органом государственных доходов, осуществляющим камеральную таможенную проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      8. Датой поступления письменного возражения является дата приема и регистрации письменного возражения органом государственных доходов, осуществляющим камеральную таможенную проверку.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Письменное возражение рассматривается органом государственных доходов, осуществляющим камеральную таможенную проверку, в пределах указанных в нем вопросов в течение 10 (десяти) рабочих дней со дня поступления письменного возражения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      9. Письменное возражение рассматривается органом государственных доходов, осуществляющим камеральную таможенную проверку, в пределах указанных в нем вопросов в течение 10 (десяти) рабочих дней со дня поступления письменного возражения.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом срок рассмотрения письменного возражения приостанавливается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      При этом срок рассмотрения письменного возражения приостанавливается:</w:t>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при направлении письменного запроса в Комитет государственных доходов Министерства финансов Республики Казахстан (далее – Комитет) в соответствии с пунктом 10 настоящих Правил – на период времени с даты направления такого запроса до даты получения ответа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
-[...15 lines deleted...]
-      1) при направлении письменного запроса в Комитет государственных доходов Министерства финансов Республики Казахстан (далее – Комитет) в соответствии с пунктом 10 настоящих Правил – на период времени с даты направления такого запроса до даты получения ответа;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при направлении запроса проверяемому лицу и (или) в государственные органы Республики Казахстан, а также в соответствующие органы иностранных государств и (или) иные организации, в соответствии с пунктом 12 настоящих Правил – на период времени с даты направления такого запроса до даты получения ответа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      2) при направлении запроса проверяемому лицу и (или) в государственные органы Республики Казахстан, а также в соответствующие органы иностранных государств и (или) иные организации, в соответствии с пунктом 12 настоящих Правил – на период времени с даты направления такого запроса до даты получения ответа.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приостановлении сроков рассмотрения письменного возражения орган государственных доходов, осуществляющий камеральную таможенную проверку, направляет проверяемому лицу информацию о таком приостановлении в течение 1 (одного) рабочего дня со дня направления запроса следующими способами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      При приостановлении сроков рассмотрения письменного возражения орган государственных доходов, осуществляющий камеральную таможенную проверку, направляет проверяемому лицу информацию о таком приостановлении в течение 1 (одного) рабочего дня со дня направления запроса следующими способами:</w:t>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по почте заказным письмом с уведомлением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      по почте заказным письмом с уведомлением;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электронным способом в веб-приложение или личный кабинет пользователя на веб-портале "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. При несогласии с письменным возражением проверяемых лиц орган государственных доходов, осуществляющий камеральную таможенную проверку, в течение срока рассмотрения письменного возражения направляет запрос в Комитет в отношении следующих проверяемых лиц: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) подлежащих мониторингу крупных налогоплательщиков в соответствии с пунктом 3 статьи 130 Налогового кодекса; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключивших инвестиционные и (или) специальные инвестиционные контракты;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) у которых по предварительным актам камеральной таможенной проверки сумма к начислению таможенных платежей, налогов, специальных, антидемпинговых, компенсационных пошлин, процентов превышает 5 000-кратный месячный расчетный показатель, установленный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О республиканском бюджете на 2021 – 2023 годы" и действующий на 1 января соответствующего финансового года.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К запросу прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...15 lines deleted...]
-      К запросу прилагаются следующие документы:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предварительный акт камеральной таможенной проверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      письменное возражение проверяемого лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:p>
-[...51 lines deleted...]
-      письменное возражение проверяемого лица;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      письменная позиция органа государственных доходов, осуществляющего камеральную таможенную проверку;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
-[...15 lines deleted...]
-      письменная позиция органа государственных доходов, осуществляющего камеральную таможенную проверку;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расчеты, а также иные документы и сведения, полученные в ходе камеральной таможенной проверки, затрагивающие вопросы, изложенные в письменном возражении проверяемого лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...15 lines deleted...]
-      расчеты, а также иные документы и сведения, полученные в ходе камеральной таможенной проверки, затрагивающие вопросы, изложенные в письменном возражении проверяемого лица.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комитет рассматривает запрос органа государственных доходов, осуществляющего камеральную таможенную проверку, в течение 30 (тридцати) календарных дней, со дня его регистрации в Комитете, в пределах обстоятельств, на которое лицо, подавшее возражение, основывает свои требования и доказательства, подтверждающие данные обстоятельства, а также в пределах доказательств и обоснований, указанных в позиции органа государственных доходов, осуществляющего камеральную таможенную проверку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...15 lines deleted...]
-      11. Комитет рассматривает запрос органа государственных доходов, осуществляющего камеральную таможенную проверку, в течение 30 (тридцати) календарных дней, со дня его регистрации в Комитете, в пределах обстоятельств, на которое лицо, подавшее возражение, основывает свои требования и доказательства, подтверждающие данные обстоятельства, а также в пределах доказательств и обоснований, указанных в позиции органа государственных доходов, осуществляющего камеральную таможенную проверку.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет при рассмотрении запроса органа государственных доходов, осуществляющего камеральную таможенную проверку, направляет запросы проверяемому лицу и (или) в государственные органы Республики Казахстан, а также в соответствующие органы иностранных государств и иные организации о представлении информации либо пояснений по вопросам, изложенным в письменном возражении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      Комитет при рассмотрении запроса органа государственных доходов, осуществляющего камеральную таможенную проверку, направляет запросы проверяемому лицу и (или) в государственные органы Республики Казахстан, а также в соответствующие органы иностранных государств и иные организации о представлении информации либо пояснений по вопросам, изложенным в письменном возражении.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом срок рассмотрения запроса приостанавливается на период времени с даты направления запроса до даты получения ответа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...15 lines deleted...]
-      При этом срок рассмотрения запроса приостанавливается на период времени с даты направления запроса до даты получения ответа.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам рассмотрения запроса Комитет направляет в орган государственных доходов, осуществляющий камеральную таможенную проверку, ответ с аргументированным обоснованием по вопросам, изложенным в письменном возражении проверяемого лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      По итогам рассмотрения запроса Комитет направляет в орган государственных доходов, осуществляющий камеральную таможенную проверку, ответ с аргументированным обоснованием по вопросам, изложенным в письменном возражении проверяемого лица.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. При рассмотрении письменных возражений проверяемых лиц, не указанных в пункте 10 настоящих Правил, орган государственных доходов, осуществляющий камеральную таможенную проверку, направляет в течение срока рассмотрения письменного возражения проверяемому лицу и (или) в государственные органы Республики Казахстан, а также в соответствующие органы иностранных государств и (или) иные организации запросы о представлении информации либо пояснения по вопросам, изложенным в письменном возражении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом указанные запросы рассматриваются государственными органами Республики Казахстан в порядке и сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Взаимодействие с государственными органами иностранных государств осуществляется в соответствии с международными договорами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...15 lines deleted...]
-      Взаимодействие с государственными органами иностранных государств осуществляется в соответствии с международными договорами Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным приказом Заместителя Премьер-Министра - Министра финансов РК от 28.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Орган государственных доходов, осуществляющий камеральную таможенную проверку, по итогам рассмотрения письменного возражения в сроки, предусмотренные пунктом 9 настоящих Правил, а также с учетом ответа на запрос, представленного в соответствии с пунктом 11 настоящих Правил, завершает камеральную таможенную проверку в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 417</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса, путем направления или вручения проверяемому лицу акта камеральной таможенной проверки в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 417 Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> статьи 417 Кодекса.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. При непредставлении проверяемым лицом письменного возражения в срок, установленный пунктом 6 настоящих Правил, или отзыва проверяемым лицом письменного возражения, орган государственных доходов, осуществляющий камеральную таможенную проверку, завершает камеральную таможенную проверку в порядке и сроки, установленные статьей 417 Кодекса, путем направления или вручения проверяемому лицу акта камеральной таможенной проверки в соответствии с требованиями пункта 9 статьи 417 Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2380,31 +2464,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>