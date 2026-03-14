--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="573c342" w14:textId="573c342">
+    <w:p w14:paraId="5b1f560" w14:textId="5b1f560">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в совместные приказ Министра финансов Республики Казахстан от 6 февраля 2018 года № 130 и постановление Правления Национального Банка Республики Казахстан от 26 февраля 2018 года № 23 "Об утверждении Правил представления заключения о соответствии размера страховых резервов по незаработанным премиям, непроизошедшим убыткам, заявленным, но неурегулированным убыткам, произошедшим, но незаявленным убыткам требованиям, установленным законодательством Республики Казахстан о страховании и страховой деятельности"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Совместные приказ Министра финансов Республики Казахстан от 7 апреля 2021 года № 312 и постановление Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 8 апреля 2021 года № 53. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 апреля 2021 года № 22525</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Совместные приказ Министра финансов Республики Казахстан от 7 апреля 2021 года № 312 и постановление Правления Агентства Республики Казахстан по регулированию и развитию финансового рынка от 8 апреля 2021 года № 53. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 апреля 2021 года № 22525.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Совместный приказ утрачивает силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместным приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов РК от 25.11.2025 № 724 и постановлением Правления Агентства РК по регулированию и развитию финансового рынка РК от 27.11.2025 № 74 (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министр финансов Республики Казахстан ПРИКАЗЫВАЕТ и Правление Агентства Республики Казахстан по регулированию и развитию финансового рынка ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -345,210 +421,227 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящие совместные приказ и постановление вводятся в действие по истечении десяти календарных дней после дня их первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z12" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республики Казахстан __________Е. Жамаубаев</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z13" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Председатель Агентства</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по регулированию и развитию</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 финансового рынка __________М. Абылкасымова</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="8"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2811,67 +2904,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о соответствии размера страховых резервов по незаработанным премиям требованиям, установленным законодательством Республики Казахстан о страховании и страховой деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="440"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2970"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2901,51 +2995,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты страховой организации, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2993,465 +3087,465 @@
               <w:t>
 РНП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным налогоплательщика (на 31 декабря ___ года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3456" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным налогоплательщика (на 31 декабря ___ года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РНП за налоговый период по данным налогоплательщика (графа 5 – графа 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3456" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3476,483 +3570,504 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2995"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3312"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РНП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2995" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ___ года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ___ года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2841" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РНП за налоговый период по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (графа 8 – графа 9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заключение уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций о соответствии данных налогоплательщика и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (в случае несоответствия, указание причины несоответствия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2995" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2841" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3312" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="78"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z91" w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись лица, ответственного за</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       составление заключения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       РНП – резервы по незаработанным премиям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4257,67 +4372,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о соответствии размера страховых резервов по непроизошедшим убыткам требованиям, установленным законодательством Республики Казахстан о страховании и страховой деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="436"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2942"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4347,51 +4463,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты страховой организации, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4439,465 +4555,465 @@
               <w:t>
 РНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3179" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным налогоплательщика (на 31 декабря ___ года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3541" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным налогоплательщика (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2942" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РНУ за налоговый период по данным налогоплательщика (графа 5 – графа 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="884" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3179" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3541" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2942" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4922,483 +5038,504 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       продолжение таблицы </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3034"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3271"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РНУ за налоговый период по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (графа 8 – графа 9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3271" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заключение уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций о соответствии данных налогоплательщика и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (в случае несоответствия, указание причины несоответствия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3271" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z96" w:id="81"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись лица, ответственного за</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       составление заключения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       РНУ – резервы по непроизошедшим убыткам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5703,67 +5840,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о соответствии размера страховых резервов по заявленным, но неурегулированным убыткам требованиям, установленным законодательством Республики Казахстан о страховании и страховой деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="440"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5793,51 +5931,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты страховой организации, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5885,465 +6023,465 @@
               <w:t>
 РЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3088" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным налогоплательщика (на 31 декабря ___года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным налогоплательщика (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РЗНУ за налоговый период по данным налогоплательщика (графа 5 – графа 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3088" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6368,483 +6506,504 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3034"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3271"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РЗНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РЗНУ за налоговый период по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (графа 8 – графа 9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3271" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заключение уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций о соответствии данных налогоплательщика и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (в случае несоответствия, указание причины несоответствия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3271" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="84"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z101" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись лица, ответственного за</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       составление заключения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       РЗНУ – резервы по заявленным, но неурегулированным убыткам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7149,67 +7308,68 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о соответствии размера страховых резервов по произошедшим, но незаявленным убыткам требованиям, установленным законодательством Республики Казахстан о страховании и страховой деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="440"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2971"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7239,51 +7399,51 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты страховой организации, филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7331,465 +7491,465 @@
               <w:t>
 РПНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3088" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным налогоплательщика (на 31 декабря ___года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным налогоплательщика (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РПНУ за налоговый период по данным налогоплательщика (графа 5 – графа 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="891" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="440" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3088" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3577" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7814,537 +7974,558 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3034"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3271"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 РПНУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на конец отчетного налогового периода предыдущего года по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (на 31 декабря ____года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма разницы по РПНУ за налоговый период по данным уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (графа 8 – графа 9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3271" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 заключение уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций о соответствии данных налогоплательщика и уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций (в случае несоответствия, указание причины несоответствия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3034" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2806" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3271" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="87"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z106" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя отчество (при его наличии), подпись лица, ответственного за</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       составление заключения)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       РПНУ – резервы по произошедшим, но незаявленным убыткам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>