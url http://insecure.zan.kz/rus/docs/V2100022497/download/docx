--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f07bff" w14:textId="8f07bff">
+    <w:p w14:paraId="fa8d7ea" w14:textId="fa8d7ea">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,420 +77,350 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил оказания государственной услуги "Выдача лицензии на право занятия деятельностью товарных бирж"</w:t>
+        <w:t>Об утверждении Правил оказания государственной услуги "Выдача лицензии на осуществление деятельности в сфере товарных бирж"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Председателя Агентства по защите и развитию конкуренции Республики Казахстан от 2 апреля 2021 года № 6. Зарегистрирован в Министерстве юстиции Республики Казахстан 6 апреля 2021 года № 22497.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции приказа и.о. Председателя Агентства по защите и развитию конкуренции РК от 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги "Выдача лицензии на осуществление деятельности в сфере товарных бирж".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Председателя Агентства по защите и развитию конкуренции РК от 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...204 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту биржевого контроля Агентства по защите и развитию конкуренции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Агентства по защите и развитию конкуренции Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего заместителя Председателя Агентства по защите и развитию конкуренции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -781,1808 +711,1018 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 апреля 2021 года № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила оказания государственной услуги "Выдача лицензии на осуществление деятельности в сфере товарных бирж"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа и.о. Председателя Агентства по защите и развитию конкуренции РК от 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Правила предусматривается в редакции приказа и.о. Председателя Агентства по защите и развитию конкуренции РК от 20.03.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила оказания государственной услуги</w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z24" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила по оказанию государственной услуги "Выдача лицензии на право занятия деятельностью товарных бирж" (далее – Правила) разработаны Агентством по защите и развитию конкуренции Республики Казахстан в соответствии с </w:t>
+      1. Настоящие Правила по оказанию государственной услуги "Выдача лицензии на осуществление деятельности в сфере товарных бирж" (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 4-3 Закона Республики Казахстан от 4 мая 2009 года "О товарных биржах" и с подпунктом 1) </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+        <w:t xml:space="preserve"> статьи 4-3 Закона Республики Казахстан "О товарных биржах" и с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон), а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "О разрешениях и уведомлениях" и определяют порядок выдачи лицензии в сфере деятельности товарных бирж (далее – Государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z26" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Единый контакт-центр – юридическое лицо, определенное Правительством Республики Казахстан, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="10"/>
+      1) Единый контакт-центр – юридическое лицо, определенное уполномоченным органом в сфере оказания государственных услуг, выполняющее функции информационно-справочной службы по предоставлению услугополучателям информации по вопросам оказания государственных и иных услуг, а также государственным органам – информации по вопросам оказания информационно-коммуникационных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z27" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) стандарт государственной услуги – перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+      2) веб-портал "электронного правительства" www.egov.kz (далее – Портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) веб-портал "электронного правительства" www.egov.kz (далее – Портал) – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+      3) платежный шлюз "электронного правительства" (далее – ПШЭП) – информационная система, автоматизирующая процессы передачи информации о проведении платежей в рамках оказания возмездных услуг, оказываемых в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) платежный шлюз "электронного правительства" (далее – ПШЭП) – информационная система, автоматизирующая процессы передачи информации о проведении платежей в рамках оказания возмездных услуг, оказываемых в электронной форме;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+      4) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="14"/>
+      5) транспортная подпись – электронная цифровая подпись, используемая для обеспечения целостности и авторства передаваемых сообщений при информационном взаимодействии информационных систем с применением спецификации WSSecurity;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) транспортная подпись – электронная цифровая подпись, используемая для обеспечения целостности и авторства передаваемых сообщений при информационном взаимодействии информационных систем с применением спецификации WSSecurity;</w:t>
-[...19 lines deleted...]
-      6) лицензия – разрешение первой категории, выдаваемое лицензиаром физическому или юридическому лицу на осуществление лицензируемого вида деятельности либо подвида лицензируемого вида деятельности, связанного с высоким уровнем опасности.</w:t>
+      6) лицензия – разрешение первой категории, выдаваемое лицензиаром физическому или юридическому лицу, а также филиалу иностранного юридического лица, предметом деятельности которого является оказание финансовых услуг, на осуществление лицензируемого вида деятельности либо подвида лицензируемого вида деятельности, связанного с высоким уровнем опасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственная услуга оказывается Агентством по защите и развитию конкуренции Республики Казахстан (далее – Услугодатель) посредством Портала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z34" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственная услуга услугополучателям оказывается на платной основе.</w:t>
+      4. Сведения о документах государственной регистрации (перерегистрации) юридического лица, сведения об оплате лицензионного сбора предоставляются Услугодателю из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления заявителем неполного пакета документов Услугодатель в течение 1 (одного) рабочего дня дает мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z36" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сбор за оказание государственной услуги осуществляется по ставкам и в порядке, установленным </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+      В соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона не допускается истребование от Услугополучателей документов и сведений, которые доступны в информационных системах, используемых для оказания государственных услуг, или сервисах цифровых документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Перечень основных требований к оказанию государственной услуги, изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z38" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Оплата суммы сбора осуществляется в наличной или безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, или через ПШЭП.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+      6. В "личном кабинете" Услугополучателя отражается статус о принятии запроса для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z39" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Форма оказания государственной услуги - электронная (полностью автоматизированная).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+      Информационная система "Государственная база "Е-лицензирование" (далее – ИС ГБ ЕЛ) полностью автоматически обрабатывает и формирует результат оказания государственной услуги по заявлению Услугополучателя в течение 1 (одного) рабочего дня без участия Услугодателя путем подписания результата оказания государственной услуги транспортной подписью.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Результат оказания государственной услуги направляется Услугополучателю в "личный кабинет" на Портал в форме электронного документа, удостоверенного транспортной подписью в информационной системе ИС ГБ ЕЛ, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам или мотивированный отказ по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Для получения государственной услуги юридическое лицо (далее – Услугополучатель) направляет Услугодателю:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+      8. При сбое информационной системы Услугодатель незамедлительно с момента обнаружения возникновения технических сбоев уведомляет оператора информационно-коммуникационной инфраструктуры "электронного правительства" посредством направления запроса в единую службу поддержки по электронной почте sd@nitec.kz с обязательным предоставлением информации по наименованию государственной услуги, номера и кода административного документа заявления или уникального идентификационного номера заявления, номера и кода административного документа, или уникального идентификационного номера разрешительного документа, бизнес идентификационного номера Услугополучателя, с приложением пошаговых скриншотов с момента авторизации до момента возникновения ошибки с указанием точного времени ошибки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) Услугодателя и (или) их должностных лиц, по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z43" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для получения лицензии:</w:t>
-[...119 lines deleted...]
-      Для переоформления лицензии:</w:t>
+      9. Для обжалования решения, действия (бездействия) Услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда Услугополучателю стало известно о принятии административного акта или совершении действий (бездействий) Услугодателем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...501 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z104" w:id="43"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z45" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z105" w:id="44"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z46" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на имя руководства Услугодателя, непосредственно оказывающего государственную услугу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z106" w:id="45"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жалоба Услугополучателя в соответствии с </w:t>
+      10. Жалоба Услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" (далее – Закон) подлежит рассмотрению:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="46"/>
+        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z48" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Услугодателем, непосредственно оказывающим государственную услугу в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="47"/>
+       Услугодателем, непосредственно оказывающим государственную услугу в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z49" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="49"/>
+      уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Срок рассмотрения жалобы Услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z51" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z111" w:id="50"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z112" w:id="51"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="52"/>
+      12. В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае поступления жалобы в соответствии с </w:t>
+      13. В случае поступления жалобы в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан Услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба Услугодателем не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее - АППК РК) Услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба Услугодателем не направляется в орган, рассматривающий жалобу в случае принятия благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...33 lines deleted...]
-      </w:r>
+      14. Административный орган, должностное лицо обязаны предоставить возможность участнику административной процедуры выразить свою позицию к предварительному решению по административному делу, о котором участник административной процедуры уведомляется заранее, но не позднее чем за три рабочих дня до принятия административного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="54"/>
+      Положения части первой настоящего пункта не применяется в случае принятия административным органом, должностным лицом благоприятного административного акта, не затрагивающего права, свободы и законные интересы других лиц и/или в случае ходатайства об этом участника административной процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. В случае несогласия с решением органа, рассматривающего жалобу, Услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
+      15. В случае несогласия с решением органа, рассматривающего жалобу, Услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 100 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
-[...64 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> статьи 100 АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2655,3629 +1795,1908 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии на право</w:t>
+              <w:t>"Выдача лицензии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>занятия деятельностью</w:t>
+              <w:t>на осуществление деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>товарных бирж"</w:t>
-[...64 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>в сфере товарных бирж"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление для получения лицензии на право занятия деятельностью товарных бирж</w:t>
-[...805 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление для переоформления лицензии на право занятия деятельностью товарных бирж</w:t>
-[...1138 lines deleted...]
-    </w:p>
+        <w:t>"Выдача лицензии на осуществление деятельности в сфере товарных бирж"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...20 lines deleted...]
-          </w:tcPr>
+              <w:t xml:space="preserve">
+Перечень основных требований к оказанию государственной услуги "Выдача лицензии на осуществление деятельности в сфере товарных бирж" </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Наименование подвидов государственной услуги:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Агентство по защите и развитию конкуренции Республики Казахстан </w:t>
+              <w:t>
+1) Получение лицензии на право занятия деятельностью товарных бирж;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Получение лицензии на право занятия клиринговой деятельностью в сфере товарных бирж;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Получение лицензии на право занятия брокерской деятельностью в сфере товарных бирж;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Переоформление лицензии.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Прием заявлений и выдача результатов осуществляется посредством Портала.</w:t>
+              <w:t xml:space="preserve">
+Агентство по защите и развитию конкуренции Республики Казахстан (далее – Агентство) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в течение 1 (одного) рабочего дня со дня регистрации заявления.</w:t>
+Прием заявлений и выдача результатов осуществляется посредством веб-портала "электронного правительства" www.egov.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронная (полностью автоматизированная)</w:t>
+В течение 1 (одного) рабочего дня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лицензия на право занятия деятельностью товарных бирж (наименование подвида деятельности), переоформленная лицензия (наименование подвида деятельности), либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным настоящим Перечнем, в форме электронного документа, удостоверенного транспортной подписью в ИС ГБД ЕЛ.</w:t>
+Электронная (полностью автоматизированная).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-Ставки сбора составляют:</w:t>
-[...53 lines deleted...]
-Оплата суммы сбора осуществляется в наличной или безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, или через платежный шлюз "электронного правительства".</w:t>
+Лицензия на право занятия деятельностью товарных бирж, клиринговой деятельностью в сфере товарных бирж, брокерской деятельностью в сфере товарных бирж (далее - Лицензия), переоформленная лицензия (наименование вида деятельности), либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным настоящим Перечнем, в форме электронного документа, удостоверенного транспортной подписью в ИС ГБ ЕЛ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы веб-портала "электронного правительства"</w:t>
+Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+              <w:t xml:space="preserve">
+Государственная услуга оказывается юридическим лицам на платной основе. Сбор за оказание государственной услуги осуществляется по ставкам и в порядке, установленным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодексом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан".</w:t>
+              <w:t>
+Ставки сбора составляют:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адреса оказания государственной услуги размещены на интернет-ресурсе Агентства по защите и развитию конкуренции Республики Казахстан: www.azrk@gov.kz, в разделе "Государственные услуги".</w:t>
+за выдачу лицензии – 10 (десять) месячных расчетных показателей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+за переоформление лицензии – 10 % от ставки за выдачу лицензии.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата суммы сбора осуществляется в наличной или безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, или через платежный шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, необходимых для оказания государственной услуги</w:t>
+График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Для получения лицензии юридическое лицо направляет Услугодателю посредством Портала:</w:t>
+1) Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) заявление для получения лицензии на право занятия деятельностью товарных бирж, по форме согласно приложению 1 к Правилам, в форме электронного документа, удостоверенного ЭЦП Услугополучателя;</w:t>
+              <w:t xml:space="preserve">
+2) Услугодатель - с понедельника по пятницу включительно с 9:00 часов до 18:30 часов, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики Казахстан и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) сведения об оплате лицензионного сбора;</w:t>
-[...109 lines deleted...]
-3) электронные копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация из которых содержится в государственных информационных системах.</w:t>
+Адреса оказания государственной услуги размещены на интернет-ресурсе Агентства: https://www.gov.kz/services/3357?lang=ru, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) не внесен лицензионный сбор;</w:t>
+Для получения лицензии на осуществление деятельности в сфере товарных бирж:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление для получения лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам, в форме электронного документа, удостоверенного ЭЦП Услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-2) Услугополучатель не соответствует квалификационным требованиям.</w:t>
+2) сведения об оплате лицензионного сбора;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) электронная форма сведений о соответствии квалификационным требованиям к деятельности товарных бирж, утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 3 сентября 2019 года № 31 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19342) (далее – Квалификационные требования).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для переоформления лицензии на осуществление деятельности в сфере товарных бирж:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление для переоформления лицензии по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам, в форме электронного документа, удостоверенного ЭЦП Услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) сведения об оплате лицензионного сбора;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронные копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления лицензии, за исключением документов, информация из которых содержится в государственных информационных системах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах государственной регистрации (перерегистрации) юридического лица, сведения об оплате лицензионного сбора предоставляются Услугодателю из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" Портала, а также единого контакт-центра "1414", 8-800-080-7777;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Агентства по защите и развитию конкуренции Республики Казахстан: https://www.gov.kz/memleket/entities/zk?lang=ru, в разделе "Государственные услуги";</w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат государственной услуги направляется Услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного транспортной подписью в ИС ГБД ЕЛ.</w:t>
+3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" Портала, а также единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Агентства:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+https://www.gov.kz/memleket/entities/zk?lang=ru, в разделе "Государственные услуги".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат государственной услуги направляется Услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного транспортной подписью в ИС ГБ ЕЛ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6316,157 +3735,259 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии на право</w:t>
+              <w:t>"Выдача лицензии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>занятия деятельностью</w:t>
+              <w:t>на осуществление деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>товарных бирж"</w:t>
+              <w:t>в сфере товарных бирж"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="7086600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="7086600"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6502,368 +4023,261 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Выдача лицензии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на осуществление деятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере товарных бирж"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12300" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...162 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О разрешениях и уведомлениях"] Лицензиар [полное наименование государственного органа лицензирования]</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12300" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...74 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="6845300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="6845300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6897,157 +4311,698 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача лицензии на право</w:t>
+              <w:t>"Выдача лицензии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>занятия деятельностью</w:t>
+              <w:t>на осуществление деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>товарных бирж"</w:t>
+              <w:t>в сфере товарных бирж"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+    <w:bookmarkStart w:name="z94" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление для получения лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z95" w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выдать лицензию на осуществление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать полное наименование вида деятельности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес юридического лица ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, страна, область, город, район, населенный пункт, наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы, номер дома/здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование улицы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер дома/ здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ___листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______ "___" ________ 20 __ года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7083,133 +5038,876 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Выдача лицензии</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на осуществление деятельности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере товарных бирж"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z98" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...43 lines deleted...]
-        </w:drawing>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление для переоформления лицензии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z99" w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (в случае изменения наименования и (или) места нахождения юридического</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица-лицензиата)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование лицензиара)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование, местонахождение, бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу переоформить лицензию № ________ от "___" _________ 20___ года,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданную ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер(а) лицензии, дата выдачи, наименование лицензиара, выдавшего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензию на осуществление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование вида деятельности) по следующему(им) основанию(ям)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(укажите в соответствующей ячейке Х):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) изменение наименования юридического лица-лицензиата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) изменение места нахождения юридического лица-лицензиата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес юридического лица __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы, номер дома/ здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная почта ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Факс ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(номер счета, наименование и местонахождение банка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы, номер дома/здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) (фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения: "___" __________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7611,35 +6309,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>