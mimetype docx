--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94bf744" w14:textId="94bf744">
+    <w:p w14:paraId="2f55cd4" w14:textId="2f55cd4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении натуральных норм индивидуального рациона питания, продовольствия, оборудования,столово-кухонного инвентаря, для лиц, проходящих первоначальную профессиональную подготовку в Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Генерального Прокурора Республики Казахстан от 1 апреля 2021 года № 42. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 апреля 2021 года № 22486</w:t>
+        <w:t>Приказ Генерального Прокурора Республики Казахстан от 1 апреля 2021 года № 42. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 апреля 2021 года № 22486. Утратил силу приказом Генерального Прокурора Республики Казахстан от 10 ноября 2025 года № 139.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Генерального Прокурора РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,137 +386,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Генеральный Прокурор </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -513,122 +610,138 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z12" w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___" _______________ 20___года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -758,6689 +871,6690 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Натуральная норма №1 индивидуального рациона питания лиц, проходящих первоначальную профессиональную подготовку в Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1773"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3993"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N позиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование продукта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Грамм в сутки на человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука пшеничная высшего сорта (фортифицированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука пшеничная первого сорта (фортифицированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлеб ржаной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлеб ржано-пшеничный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа гречневая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа рисовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа манная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа овсяная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа пшенная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа перловая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горох</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фасоль красная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фасоль белая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чечевица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картофель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 274,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капуста белокочанная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Морковь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Лук </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Огурцы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свекла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перец сладкий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зелень укроп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зелень петрушка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чеснок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тыква</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Яблоки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Груша (летний сезон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плоды суб - и тропические (апельсины) зимний сезон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лимон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сухофрукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ягоды (вишня)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сок плодово-ягодный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Говядина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субпродукты 1 категории (печень)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Колбасные изделия (полукопченные)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыба свежемороженая (минтай)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыбные консервы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Морская капуста</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Яйца куриные, штук/день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молоко коровье, жирность 3,2 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кисломолочные жидкие продукты из коровьего молока (кефир жирность 2,5%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Творог полужирный 7,5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыр сычужный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Масло коровье (жира животного &gt; 75 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Масло растительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сахар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Чай </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофе натуральный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао порошок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дрожжи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавровый лист</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перец молотый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уксус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1773" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соль пищевая йодированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3993" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7485,7473 +7599,7474 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Норма замены продуктов №2 индивидуального рациона питания лицам, проходящим первоначальную профессиональную подготовку в Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1515"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2873"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N позиции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование продукта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грамм в сутки на человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма замены, грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мука пшеничная высшего сорта и 1 сорта (фортифицированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлеб ржаной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлеб из пшеничной муки 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлеб ржано-пшеничный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хлебцы 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа рисовая 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа гречневая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия высшего сорта 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа рисовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия высшего сорта 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа манная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия высшего сорта 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа овсяная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия высшего сорта 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа пшенная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия высшего сорта 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крупа перловая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макаронные изделия высшего сорта 8,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бобовые (горох, фасоль красная и белая, чечевица)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картофель 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картофель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 274</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бобовые 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капуста белокочанная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи соленые 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Морковь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи соленые 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лук репчатый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чеснок 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Огурцы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капуста 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томатная паста 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свекла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи соленые 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перец сладкий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи соленые 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зелень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лук зеленый 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи (чеснок)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Овощи соленые 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Яблоки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джем 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Груша (летний сезон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джем 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плоды суб - и тропические (апельсины) зимний сезон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соки натуральные 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сухофрукты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фрукты 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ягоды (вишня)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сухофрукты 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сок плодово-ягодный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фрукты 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Говядина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мясо птицы 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субпродукты 1й категории (печень)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Колбаса вареная 2,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Колбасные изделия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субпродукты 37,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыба свежемороженая (минтай, сельдь)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Консервы рыбные 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыбные консервы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рыба свежая 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Яйца куриные, штук/день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Яичный порошок 10,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молоко коровье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Йогурт натуральный 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кисломолочные жидкие продукты из коровьего молока (кефир жирность 2,5%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молоко 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сметана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Йогурт натуральный 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Творог полужирный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сырки творожные 24,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыр сычужный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молоко 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Масло коровье (жира животного &gt; 75 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Молоко 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Масло растительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Масло коровье 11,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сахар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Варенье 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чай 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофе натуральный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао порошок 2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао порошок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кофе натуральный 0,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дрожжи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дрожжи сухие 0,22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавровый лист</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приправы сублимированной сушки 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перец молотый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приправы сублимированной сушки 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уксус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кислота лимонная 2,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5582" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соль пищевая йодированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2873" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14976,21512 +15091,20922 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Норма №3 оборудования и инвентаря столовой Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="902"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2199"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 До 250 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250-500 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свыше 500 человек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весы настольные обыкновенные предельная нагрузка 10-20 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весы настольные, предельная нагрузка 2-10 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Весы товарные предельная нагрузка 100-200 кг для кухонь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Котел пищеварочный газовый, паровой электрический 250 литров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картофелечистка на 350-400 кг/час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машина для резки вареных овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машина посудомоечная на 1000 тарелок в час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машина посудомоечная на 2000 тарелок в час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мясорубка на 110-150 кг/час</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож для резки хлеба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плита кухонная с жарочной поверхностью до 2 м2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сковорода электрическая с чашами емкостью 80 л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шкаф жарочный 3х секционный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Камера холодильная для продовольственных складов объемом 12 м3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Камера холодильная для продовольственных складов объемом 18 м3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z19" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шкаф холодильный для кухонь объемом</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2-1,25 м3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
-[...3 lines deleted...]
-            <w:tcW w:w="1548" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тележка грузовая грузоподъемностью 80-400 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тележка для сбора посуды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ванна для холодной обработки продуктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ванна моечная металлическая 2х секционная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ванна моечная металлическая 3х секционная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол разделочный металлический для мясоразделочных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол разделочный металлический для рыборазделочных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол разделочный металлический для овощеразделочных</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол разделочный металлический для разделки мяса птицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол разделочный металлический для готовых изделий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол обеденный с гигиеническим покрытием 4-местный с комплектами стульев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стойка для подвески мясных туш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Колода для разрубки мяса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шкаф для хранения хлеба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стеллаж металлический для хранения посуды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бочка с крышкой, для пищевых отходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бочка с крышкой, для непищевых отходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведро эмалированное для кухон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вилка поварская котловая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Котел наплитный алюминиевый емкостью 20 литров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кастрюля наплитная алюминиевая емкостью 50 литров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ложка разливательная из нержавеющей стали емкостью 0,5-0,75 литров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ложка разливательная из нержавеющей стали емкостью 0,2-0,25 литров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ложка гарнирная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож для чистки овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож консервный или приспособление для вскрытия консервных банок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для обработки мяса сырого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож для обработки птицы сырой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для обработки рыбы сырой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для обработки мясо вареного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для обработки птицы вареной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для обработки рыбы вареной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для зелени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для сыра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для рыбной гастрономии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для мясной гастрономии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для варенных овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для сырых овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нож кухонный для сельди</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для обработки мяса сырого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для обработки птицы сырой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для обработки рыбы сырой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для обработки мясо вареного</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для обработки птицы вареной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для обработки рыбы вареной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для зелени</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для сыра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для рыбной гастрономии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для мясной гастрономии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для варенных овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для сырых овощей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доска разделочная для сельди</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Противень стальной</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гигрометр для продовольственного склада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Термометр для продовольственного склада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сковорода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табурет-подставка металлический под котлы наплитные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Топор для разрубки мяса кухонный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Черпак поварской емкостью 2 л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шумовка из нержавеющей стали</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цедилка (дуршлаг) алюминиевая емкостью 7,0 л</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вилка столовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Клеенка столовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кружка емкостью 210 см3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ложка столовая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ложка чайная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поднос для подачи пищи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тарелка для салата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тарелка первых блюд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тарелка вторых блюд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салфетки бумажные из расчета на 1 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 шт. на 1 прием пищи на человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стакан граненый 200 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3х кратное по кол-ву людей (САН ПиН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судок для специй (горчицы, перца, соли)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чайник емкостью 3 л эмалированный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мармит тепловой паровой 1х и 2х блюд линии раздачи питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Секция столовых приборов линии раздачи питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прилавок охлаждаемый открытый линии раздачи питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нейтральная секция для горячих напитков линии раздачи питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="902" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3536" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лампа бактерицидная для холодного цеха</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2567" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1548" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36535,63 +36060,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -36913,35 +36460,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>