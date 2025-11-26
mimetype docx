--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b6c6712" w14:textId="b6c6712">
+    <w:p w14:paraId="2ab39f1" w14:textId="2ab39f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,173 +94,287 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы Министра финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 31 марта 2021 года № 276. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 апреля 2021 года № 22468</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 31 марта 2021 года № 276. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 апреля 2021 года № 22468.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в некоторые приказы Министра финансов Республики Казахстан следующие изменения: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 1) пункта 1 утрачивает силу приказом Министра финансов РК от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 690</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 1 февраля 2018 года № 103 "Об утверждении Правил корректировки размера облагаемого импорта в рамках Евразийского экономического союза" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16384, опубликован 1 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> корректировки размера облагаемого импорта в рамках Евразийского экономического союза, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -273,190 +387,284 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Орган государственных доходов, рассматривающий заявление о ввозе товаров и уплате косвенных налогов, осуществляет корректировку размера облагаемого импорта в течении 10 (десяти) рабочих дней со дня принятия заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам корректировки налогоплательщику направляется уведомление об устранении нарушений, выявленных органами государственных доходов по результатам камерального контроля, предусмотренное подпунктом 10) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 114 Кодекса.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Подпункт 2) пункта 1 утрачивает силу приказом Министра финансов РК от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 6 февраля 2018 года № 133 "Об утверждении Правил отзыва заявления о ввозе товаров и уплате косвенных налогов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16414, опубликован 1 марта 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> отзыва заявления о ввозе товаров и уплате косвенных налогов, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -469,110 +677,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Налогоплательщик представляет налоговое заявление, указанное в пункте 2 настоящих Правил, в случаях:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ошибочного представления Заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) полного возврата товаров по причине ненадлежащих качества и (или) комплектации в соответствии с пунктом 3 статьи 459 Налогового кодекса.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -625,190 +833,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Отзыв Заявления производится одним из следующих методов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) удаления из центрального узла системы приема и обработки налоговой отчетности, который применяется по Заявлениям, представленным ошибочно или представленным по импортированным товарам, которые в полном объеме были возвращены по причине ненадлежащих качества и (или) комплектации, а также при установлении налоговым органом факта отсутствия импорта товара; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) замены, при котором внесение изменений и дополнений в Заявление производится налогоплательщиком путем отзыва ранее представленного заявления с одновременным представлением нового Заявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изменения в случае направления Заявления в налоговый орган не по месту нахождения (жительства).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      2) замены, при котором внесение изменений и дополнений в Заявление производится налогоплательщиком путем отзыва ранее представленного заявления с одновременным представлением нового Заявления;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. При отзыве ошибочно представленного Заявления в лицевых счетах налогоплательщика сторнирование начисленных сумм косвенных налогов производится органом государственных доходов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Внесение изменений и дополнений в Заявление налогоплательщиком производится путем их отражения в Заявлении, представленного взамен отозванного Заявления с учетом положений </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 459 Налогового кодекса.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -897,110 +1105,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. В случае отзыва Заявления в связи с внесением изменений и дополнений при осуществлении частичного возврата товаров, импортированных на территорию Республики Казахстан с территории государств-членов Евразийского экономического союза по причине ненадлежащих качества и (или) комплектации после истечения месяца, в котором такие товары ввезены, сведения по таким товарам подлежат отражению в Заявлении, представленном взамен отозванного Заявления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае полного возврата товаров импортированных на территорию Республики Казахстан с территории государств-членов Евразийского экономического союза по причине ненадлежащих качества и (или) комплектации после истечения месяца, в котором такие товары ввезены,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление, представленное по таким товарам, отзывается методом удаления в соответствии с подпунктом 1) пункта 4 статьи 458 Налогового кодекса.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1013,70 +1221,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. В случае отзыва Заявления с целью внесения изменений и дополнений в лицевые счета налогоплательщика органом государственных доходов производится начисление (уменьшение) соответствующих сумм косвенных налогов на основании предоставленного заявления на отзыв.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1109,249 +1317,268 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном порядке законодательством Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней со дня государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1572,70 +1799,70 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заявления о ввозе товаров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уплате и косвенных налогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkStart w:name="z40" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="8001000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -1671,124 +1898,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * за исключением юридических лиц, относящихся к субъектам частного   предпринимательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>