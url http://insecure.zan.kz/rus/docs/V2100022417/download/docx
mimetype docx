--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d9f464" w14:textId="8d9f464">
+    <w:p w14:paraId="272ef0e" w14:textId="272ef0e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 19 марта 2018 года № 391 "Об утверждении Правил возврата превышения налога на добавленную стоимость"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 26 марта 2021 года № 254. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 марта 2021 года № 22417</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 26 марта 2021 года № 254. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 марта 2021 года № 22417.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом и.о. Министра финансов РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 649</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 16.06.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1344,137 +1440,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1482,109 +1597,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z31" w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инноваций и аэрокосмической</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>промышленности Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1780,567 +1907,600 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на добавленную стоимость</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1556"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8976"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Возврат налога на добавленную стоимость из бюджета" (далее – государственная услуга)
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 территориальные органы Комитета государственных доходов Министерства финансов Республики Казахстан по районам, городам и районам в городах, на территории специальных экономических зон (далее – СЭЗ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги (каналы доступа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявлений и выдача результата оказания государственной услуги осуществляются территориальными органами государственных доходов Комитета государственных доходов Министерства финансов Республики Казахстан по районам, городам и районам в городах, на территории специальных экономических зон (далее – услугодатель) посредством веб-портала "электронного правительства": www.egov.kz в Кабинете налогоплательщика.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z34" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По возврату превышения налога на добавленную стоимость (далее – НДС):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) услугополучателям, осуществляющим обороты по реализации, облагаемые по нулевой ставке, которые составляют не менее 70 процентов в общем облагаемом обороте по реализации за налоговый период, за который предъявлено требование о возврате суммы превышения НДС, – в течение 55 (пятидесяти пяти) рабочих дней;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) услугополучателям–плательщикам НДС, использующим контрольный счет НДС – в течение 15 (пятнадцати) рабочих дней;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в остальных случаях – в течение 155 (ста пятидесяти пяти) календарных дней.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">При этом течение срока возврата суммы превышения НДС начинается после истечения 30 (тридцати) календарных дней со срока, установленного для представления декларации по НДС в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 424 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) (далее – Налоговый кодекс).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">При использовании услугополучателями контрольного счета НДС течение срока возврата суммы превышения НДС начинается после истечения последней даты, установленной Налоговым кодексом для представления услугодателю декларации по НДС, с учетом периода продления в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2358,97 +2518,105 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> пункта 3 статьи 212 Налогового кодекса;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4) в упрощенном порядке услугополучателям-плательщикам НДС, которые соответствуют требованиям, предусмотренным </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 434 Налогового кодекса – в течение 15 (пятнадцати) рабочих дней после истечения последней даты, установленной Налоговым кодексом для представления услугодателю декларации по НДС за налоговый период, в которой указано требование о возврате суммы превышения НДС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">В случае продления срока представления налоговой отчетности по НДС в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -2466,1005 +2634,1085 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> пункта 3 статьи 212 Налогового кодекса, возврат превышения суммы НДС производится с учетом периода продления;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5) услугополучателям, у которых превышение НДС сложилось по товарам, работам, услугам, приобретенным в связи со строительством зданий и сооружений производственного назначения, впервые вводимых в эксплуатацию на территории Республики Казахстан, а также по товарам, работам, услугам, приобретенным в период проведения геологоразведочных работ и обустройства месторождения после начала экспорта полезных ископаемых – в течение 20 (двадцати) налоговых периодов равными долями, начиная с налогового периода, в котором подтверждена достоверность предъявленной к возврату накопленной суммы превышения НДС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При этом, заключение к акту тематической проверки составляется не позднее двадцать пятого числа последнего месяца квартала;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по возврату НДС:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>услугополучателям, являющимися грантополучателями, исполнителями, назначенному грантополучателем уплаченного поставщикам товаров, работ, услуг, приобретенных за счет средств гранта – в течение 30 (тридцати) рабочих дней с даты представления налогового заявления о возврате НДС, уплаченного по товарам, работам, услугам, приобретенным за счет средств гранта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  дипломатическим и приравненным к ним представительствам иностранных государств, консульским учреждениям иностранного государства, аккредитованным в Республике Казахстан (далее – представительство), и лицам, относящимся к дипломатическому, административно-техническому персоналу этих представительств, включая членов их семей, проживающих вместе с ними, консульским должностным лицам, консульским служащим, включая членов их семей, проживающих вместе с ними – в течение 30 (тридцати) рабочих дней после получения от организации по работе с дипломатическими представительствами Министерства иностранных дел Республики Казахстан сводных ведомостей (реестров) и документов, подтверждающих уплату НДС, с письменным извещением.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="21"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (частично автоматизированная) и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z46" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результатом оказания государственной услуги является:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при возврате превышения сумм НДС, предусмотренного </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Налоговым</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексом:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) зачет превышения суммы НДС, в счет погашения имеющейся налоговой задолженности по:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>НДС, в том числе в счет НДС, подлежащего уплате при получении работ, услуг от нерезидента, не являющегося плательщиком НДС в Республике Казахстан, в счет НДС на импортируемые товары;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>иным видам налогов и (или) платежей в бюджет налогоплательщика;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>иным видам налогов и (или) платежей в бюджет структурных подразделений юридического лица, в случае отсутствия у налогоплательщика налоговой задолженности по НДС, иным видам налогов и платежей;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) зачет суммы превышения НДС в счет предстоящих платежей по иным видам налогов и платежей (по требованию), в случае отсутствия налоговой задолженности;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) возврат оставшейся суммы превышения НДС на банковский счет налогоплательщика при отсутствии налоговой задолженности;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при возврате НДС, уплаченного по товарам, работам, услугам, приобретенным за счет средств гранта:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) зачет (возврат) суммы НДС в счет погашения имеющейся налоговой задолженности по:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>НДС, в том числе в счет НДС, подлежащего уплате при получении работ, услуг от нерезидента, не являющегося плательщиком НДС в Республике Казахстан, в счет НДС на импортируемые товары;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>иным видам налогов и (или) платежей в бюджет налогоплательщика;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>иным видам налогов и (или) платежей в бюджет структурных подразделений юридического лица, в случае отсутствия у налогоплательщика налоговой задолженности по НДС, иным видам налогов и платежей;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) зачет (возврат) суммы НДС в счет предстоящих платежей по иным видам налогов, платежей (по требованию), в случае отсутствия налоговой задолженности;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) возврат оставшейся суммы НДС, подлежащей возврату грантополучателю или исполнителю на его банковский счет после проведения зачетов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при возврате НДС представительствам и (или) персоналу представительства – возврат НДС на соответствующие счета представительств и (или) персонала представительств, открытые в банках Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мотивированный ответ услугодателя об отказе в оказании государственной услуги в случаях и по основаниям, указанным в пункте 9 настоящего стандарта государственной услуги.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3473,4542 +3721,5231 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года "Трудовой кодекс Республики Казахстан" (далее – Трудовой кодекс) с перерывом на обед с 13.00 часов до 14.30 часов. </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Предварительная запись для получения государственной услуги не требуется, ускоренное обслуживание не предусмотрено;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  2) портала, СОНО – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугоплучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кодексу, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 к услугодателю: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) налоговое заявление о возврате НДС, уплаченного по товарам, работам, услугам, приобретенных за счет средств гранта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) требование о возврате превышения НДС, указанное в декларации по НДС за налоговый период, установленной формы – для возврата превышения НДС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дополнительно, в случае:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по экспорту товаров для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор (контракт) на поставку экспортируемых товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копия декларации на товары с отметками таможенного органа, осуществляющего выпуск товаров с помещением под таможенную процедуру экспорта, а также с отметкой органа государственных доходов или таможенного органа другого государства-члена Евразийского экономического союза (далее – ЕАЭС), расположенного в пункте пропуска на таможенной границе ЕАЭС, кроме случаев, указанных в подпунктах 3) и 6) части четвертой настоящего пункта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копия полной декларации на товары с отметками таможенного органа, производившего таможенное декларирование, при вывозе товаров с помещением под таможенную процедуру экспорта:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по системе магистральных трубопроводов или по линиям электропередачи;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с использованием периодического таможенного декларирования;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с использованием временного таможенного декларирования;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копии товаросопроводительных документов.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза товаров с помещением под таможенную процедуру экспорта по системе магистральных трубопроводов или по линиям электропередачи вместо копий товаросопроводительных документов представляется акт приема-сдачи товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) подтверждение уполномоченного государственного органа в области охраны прав интеллектуальной собственности о праве на объект интеллектуальной собственности, а также его стоимости – в случае экспорта объекта интеллектуальной собственности;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) копии декларации на товары с отметками органа государственных доходов, осуществляющего выпуск товаров в таможенной процедуре экспорта, а также с отметкой органа государственных доходов, расположенного в контрольно-пропускном пункте СЭЗ "Международный центр приграничного сотрудничества "Хоргос";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по экспорту товаров для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов) в случае осуществления дальнейшего экспорта товаров, ранее вывезенных за пределы таможенной территории ЕАЭС с помещением под таможенную процедуру переработки вне таможенной территории, или продуктов их переработки:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) копии декларации на товары, в соответствии с которой производится изменение таможенной процедуры переработки вне таможенной территории на таможенную процедуру экспорта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копии декларации на товары, оформленной с помещением под таможенную процедуру переработки вне таможенной территории;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копии декларации на товары, оформленной при ввозе товаров на территорию иностранного государства с помещением под таможенную процедуру переработки на таможенной территории (переработки товаров для внутреннего потребления), заверенной таможенным органом иностранного государства, осуществившим такое оформление;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копии декларации на товары, в соответствии с которой производится изменение таможенной процедуры переработки для внутреннего потребления на территории иностранного государства на таможенную процедуру выпуска для внутреннего потребления на территории иностранного государства или таможенную процедуру экспорта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> при наличии декларации на товары в виде электронного документа, предусмотренной настоящим пунктом, представление документов, установленных подпунктами 2), 3) и 6) пункта 2 и подпунктами 1) и 2) пункта 3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 386</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса, не требуется;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по экспорту товаров с территории Республики Казахстан на территорию другого государства-члена ЕАЭС для подтверждения оборотов, облагаемых НДС по нулевой ставке:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоры (контракты) с учетом изменений, дополнений и приложений к ним (далее – договоры (контракты), на основании которых осуществляется экспорт товаров, а в случае лизинга товаров или предоставления займа в виде вещей – договоры (контракты) лизинга, договоры (контракты), предусматривающие предоставление займа в виде вещей, договоры (контракты) на изготовление товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) заявление о ввозе товаров и уплате косвенных налогов с отметкой налогового органа государства-члена ЕАЭС, на территорию которого импортированы товары, об уплате косвенных налогов и (или) освобождении и (или) ином способе уплаты (на бумажном носителе в оригинале или копии) либо перечень заявлений (на бумажном носителе или в электронной форме);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копии товаросопроводительных документов, подтверждающих перемещение товаров с территории одного государства-члена ЕАЭС на территорию другого государства-члена ЕАЭС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае экспорта товаров по системе магистральных трубопроводов или по линиям электропередачи вместо копий товаросопроводительных документов представляется акт приема-сдачи товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) подтверждение уполномоченного государственного органа в области охраны прав интеллектуальной собственности о праве на объект интеллектуальной собственности, а также его стоимости – в случае экспорта объекта интеллектуальной собственности;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> проведения налоговой проверки в случае реализации на территории государств-членов ЕАЭС продуктов переработки давальческого сырья, ранее вывезенного с территории Республики Казахстан на территорию государств-членов ЕАЭС для переработки, за исключением случаев, предусмотренных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 393 Налогового кодекса, подтверждение экспорта продуктов переработки:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоров (контрактов) на переработку давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) договоров (контрактов), на основании которых осуществляется экспорт продуктов переработки;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) документов, подтверждающих факт выполнения работ по переработке давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копий товаросопроводительных документов, подтверждающих вывоз давальческого сырья с территории Республики Казахстан на территорию другого государства-члена ЕАЭС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза давальческого сырья по системе магистральных трубопроводов или по линиям электропередачи вместо копий товаросопроводительных документов представляется акт приема-сдачи товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) заявления о ввозе товаров и уплате косвенных налогов (на бумажном носителе с отметкой налогового органа государства-члена ЕАЭС, на территорию которого импортированы продукты переработки, об уплате косвенных налогов (освобождении или ином порядке исполнения налоговых обязательств);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) копий товаросопроводительных документов, подтверждающих вывоз продуктов переработки с территории государства-члена ЕАЭС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае если продукты переработки реализованы налогоплательщику государства-члена ЕАЭС, на территории которого были выполнены работы по переработке давальческого сырья, – на основании документов, подтверждающих отгрузку таких продуктов переработки.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза продуктов переработки по системе магистральных трубопроводов или по линиям электропередачи вместо копий товаросопроводительных документов представляется акт приема-сдачи товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) документов, подтверждающих поступление валютной выручки на банковские счета налогоплательщика в банках второго уровня на территории Республики Казахстан, открытые в порядке, определенном законодательством Республики Казахстан.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае экспорта продуктов переработки по внешнеторговым товарообменным (бартерным) операциям при определении суммы НДС, подлежащей возврату, учитывается наличие договора (контракта), а также документов, подтверждающих импорт товаров (выполнение работ, оказание услуг), полученных по указанной операции.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае дальнейшего экспорта на территорию государства, не являющегося членом ЕАЭС, продуктов переработки давальческого сырья, ранее вывезенного с территории Республики Казахстан для переработки на территории другого государства-члена ЕАЭС, подтверждение экспорта продуктов переработки осуществляется на основании следующих документов:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоров (контрактов) на переработку давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) договоров (контрактов), на основании которых осуществляется экспорт продуктов переработки;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) документов, подтверждающих факт выполнения работ по переработке давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копий товаросопроводительных документов, подтверждающих вывоз давальческого сырья с территории Республики Казахстан на территорию другого государства-члена ЕАЭС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза давальческого сырья по системе магистральных трубопроводов или по линиям электропередачи вместо копий товаросопроводительных документов представляется акт приема-сдачи товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) копий товаросопроводительных документов, подтверждающих вывоз продуктов переработки за пределы ЕАЭС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза продуктов переработки по системе магистральных трубопроводов или по линиям электропередачи вместо копий товаросопроводительных документов представляется акт приема-сдачи товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) декларации на товары с отметками таможенного органа государства-члена ЕАЭС, осуществляющего выпуск товаров в таможенной процедуре экспорта, а также с отметкой таможенного органа государства-члена ЕАЭС, расположенного в пункте пропуска на таможенной границе ЕАЭС, кроме случаев, указанных в подпункте 7) настоящего пункта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) полной декларации на товары с отметками таможенного органа государства-члена ЕАЭС, производившего таможенное декларирование, в следующих случаях при:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вывозе товаров в таможенной процедуре экспорта по системе магистральных трубопроводов или по линиям электропередачи;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вывозе товаров в таможенной процедуре экспорта с применением процедуры периодического декларирования;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>вывозе товаров в таможенной процедуре экспорта с применением процедуры временного декларирования;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) декларации на товары в виде электронного документа, по которой в информационных системах органов государственных доходов имеется уведомление органов государственных доходов о фактическом вывозе товаров, также являющаяся документом, подтверждающим экспорт товаров. При наличии декларации на товары в виде электронного документа, предусмотренной настоящим подпунктом, представление документов, установленных подпунктам 6) и 7) настоящего пункта, не требуется;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) документов, подтверждающих поступление валютной выручки на банковские счета услугополучателя в банках второго уровня на территории Республики Казахстан, открытые в порядке, определенном законодательством Республики Казахстан.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае экспорта продуктов переработки по внешнеторговым товарообменным (бартерным) операциям при определении суммы НДС, подлежащей возврату, учитывается наличие договора (контракта), а также документов, подтверждающих импорт товаров (выполнение работ, оказание услуг), полученных по указанной операции.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки международных перевозок в ЕАЭС, для подтверждения оборотов, облагаемых НДС по нулевой ставке:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) в случае экспорта – копия заявления о ввозе товаров и уплате косвенных налогов, полученного экспортером от импортера товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) в случае импорта – копия заявления о ввозе товаров и уплате косвенных налогов, полученного от налогоплательщика, импортировавшего товары на территорию Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) акты выполненных работ, акты приема-сдачи грузов от продавца либо от других лиц, осуществлявших ранее доставку указанных грузов покупателю либо другим лицам, осуществляющим дальнейшую доставку указанных грузов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) счета-фактуры.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при проведении налоговой проверки по перевозке грузов по системе магистральных трубопроводов с территории одного государства-члена ЕАЭС на территорию этого же или другого государства-члена ЕАЭС через территорию Республики Казахстан:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) акты выполненных работ, оказанных услуг, приема-сдачи грузов от продавца либо других лиц, осуществлявших ранее доставку указанных грузов покупателю либо другим лицам, осуществляющим дальнейшую доставку указанных грузов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) счета-фактуры;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки работ по переработке давальческого сырья, ввезенного на территорию Республики Казахстан с территории государства-члена ЕАЭС с последующим вывозом продуктов переработки на территорию того же государства-члена ЕАЭС, подтверждением факта выполнения работ по переработке давальческого сырья налогоплательщиком Республики Казахстан являются:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоры (контракты), заключенные между налогоплательщиками государств-членов ЕАЭС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) документы, подтверждающие факт выполнения работ по переработке давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) документы, подтверждающие ввоз давальческого сырья на территорию Республики Казахстан (в том числе обязательство о ввозе (вывозе) продуктов переработки);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) документы, подтверждающие вывоз продуктов переработки с территории Республики Казахстан (в том числе исполнение обязательства о ввозе (вывозе) продуктов переработки);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) заявление о ввозе товаров и уплате косвенных налогов (на бумажном носителе в оригинале или копии) либо перечень заявлений (на бумажном носителе или в электронной форме), подтверждающие уплату НДС со стоимости работ по переработке давальческого сырья.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза продуктов переработки давальческого сырья на территорию государства, не являющегося членом ЕАЭС, заявление либо перечень заявлений, указанные в настоящем подпункте, не представляются;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6) документы, предусмотренные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 152 Налогового кодекса, подтверждающие поступление валютной выручки на банковские счета налогоплательщика в банках второго уровня на территории Республики Казахстан, открытые в порядке, определенном законодательством Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) заключение соответствующего уполномоченного государственного органа об условиях переработки товаров.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае выполнения налогоплательщиком Республики Казахстан работ по переработке давальческого сырья, ввезенного на территорию Республики Казахстан с территории одного государства-члена ЕАЭС с последующей реализацией продуктов переработки на территорию другого государства-члена ЕАЭС, для подтверждения факта выполнения работ по переработке давальческого сырья налогоплательщиком Республики Казахстан представляются:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоры (контракты) на переработку давальческого сырья, поставку готовой продукции, заключенные между налогоплательщиками государств-членов ЕАЭС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) документы, подтверждающие факт выполнения работ по переработке давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) акты приема-сдачи давальческого сырья и готовой продукции;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) документы, подтверждающие ввоз давальческого сырья на территорию Республики Казахстан (в том числе обязательство о ввозе (вывозе) продуктов переработки);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) документы, подтверждающие вывоз продуктов переработки с территории Республики Казахстан (в том числе исполнение обязательства о ввозе (вывозе) продуктов переработки);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) заявление о ввозе товаров и уплате косвенных налогов, подтверждающее уплату НДС со стоимости работ по переработке давальческого сырья, полученное от собственника давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) заключение соответствующего уполномоченного государственного органа об условиях переработки товаров;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8) документы, предусмотренные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 152 Налогового кодекса, подтверждающие поступление валютной выручки на банковские счета услугополучателя в банках второго уровня на территории Республики Казахстан, открытые в порядке, определенном законодательством Республики Казахстан.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае выполнения налогоплательщиком Республики Казахстан работ по переработке давальческого сырья, ввезенного на территорию Республики Казахстан с территории другого государства-члена ЕАЭС с последующей реализацией продуктов переработки на территорию государства, не являющегося членом ЕАЭС, для подтверждения факта выполнения работ по переработке давальческого сырья налогоплательщиком Республики Казахстан представляются:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоры (контракты), заключенные между налогоплательщиками государств-членов ЕАЭС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) документы, подтверждающие факт выполнения работ по переработке давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) документы, подтверждающие ввоз давальческого сырья на территорию Республики Казахстан (в том числе обязательство о ввозе (вывозе) продуктов переработки);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) документы, подтверждающие вывоз продуктов переработки с территории Республики Казахстан (в том числе исполнение обязательства о ввозе (вывозе) продуктов переработки);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) копия декларации на товары, оформленной при вывозе товаров на территорию государства, не являющегося членом ЕАЭС, в таможенной процедуре экспорта, заверенной таможенным органом государства-члена ЕАЭС, осуществившим таможенное декларирование;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6) декларация на товары в виде электронного документа, по которой в информационных системах органов государственных доходов имеется уведомление органов государственных доходов о фактическом вывозе товаров, также являющаяся документом, подтверждающим экспорт товаров. При наличии декларации на товары в виде электронного документа, предусмотренной настоящим подпунктом, представление документа, установленного </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">подпунктом 5) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> пункта 4 статьи 449 Налогового кодекса, не требуется;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7) документы, предусмотренные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 152 Налогового кодекса, подтверждающие поступление валютной выручки на банковские счета налогоплательщика в банках второго уровня на территории Республики Казахстан, открытые в порядке, определенном законодательством Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) заключение соответствующего уполномоченного государственного органа об условиях переработки товаров.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Работы по переработке давальческого сырья, ввезенного на территорию Республики Казахстан с территории другого государства-члена ЕАЭС с последующей реализацией продуктов переработки на территории Республики Казахстан, подлежат обложению НДС по ставке, установленной </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 422 Налогового кодекса.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае осуществления ввоза (вывоза) давальческого сырья на переработку налогоплательщиком Республики Казахстан представляется обязательство о вывозе (ввозе) продуктов переработки, а также его исполнение в порядке, по форме и в сроки, которые утверждены уполномоченным органом по согласованию с центральным уполномоченным органом по государственному планированию.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Переработка давальческого сырья должна соответствовать условиям переработки товаров, установленным уполномоченным органом.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заключение соответствующего уполномоченного государственного органа об условиях переработки товаров должно содержать следующие сведения:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) наименования, классификацию товаров и продуктов переработки в соответствии с единой Товарной номенклатурой внешнеэкономической деятельности ЕАЭС, их количество и стоимость;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) дату и номер договора (контракта) на переработку, срок переработки;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) нормы выхода продуктов переработки;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) характер переработки;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) сведения о лице, осуществляющем переработку;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по обороту по реализации налогоплательщиками, являющимися субъектами производства драгоценных металлов и лицами, ставшими собственниками аффинированного золота в результате его переработки, Национальному Банку Республики Казахстан аффинированного золота из сырья собственного производства для пополнения активов в драгоценных металлах для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор об общих условиях купли-продажи аффинированного золота для пополнения активов в драгоценных металлах, заключенный между налогоплательщиком и Национальным Банком Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копии документов, подтверждающих стоимость аффинированного золота, реализованного Национальному Банку Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копии документов, подтверждающих получение аффинированного золота Национальным Банком Республики Казахстан с указанием количества аффинированного золота;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по обороту по реализации услуг по международным перевозкам для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при перевозке грузов:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в международном автомобильном сообщении – товарно-транспортная накладная;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в международном железнодорожном сообщении, в том числе в прямом международном железнодорожно-паромном сообщении и международном железнодорожно-водном сообщении с перевалкой груза с железнодорожного на водный транспорт-накладная единого образца;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>воздушным транспортом – грузовая накладная (авианакладная);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>морским транспортом – коносамент или морская накладная;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>транзитом двумя или более видами транспорта (смешанная перевозка) – единая товарно-транспортная накладная (единый коносамент);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по системе магистральных трубопроводов:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>копия декларации на товары, помещенные под таможенные процедуры экспорта и выпуска для внутреннего потребления, за расчетный период либо декларация на товары, помещенные под таможенную процедуру таможенного транзита, за расчетный период;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акты выполненных работ (оказанных услуг), акты приема-сдачи грузов от продавца либо от других лиц, осуществлявших ранее доставку указанных грузов, покупателю либо другим лицам, осуществляющим дальнейшую доставку указанных грузов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при перевозке пассажиров, багажа и грузобагажа: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>автомобильным транспортом:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при регулярных перевозках – отчет о продаже проездных билетов, проданных в Республике Казахстан, а также расчетные ведомости о пассажирских билетах, составленные автовокзалами (автостанциями) по пути следования;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при нерегулярных перевозках – договор об оказании транспортных услуг в международном сообщении;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>железнодорожным транспортом:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отчет о продаже проездных, перевозочных и почтовых документов, проданных в Республике Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>расчетная ведомость о пассажирских билетах, проданных в Республике Казахстан, в международном сообщении;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>балансовая ведомость по взаиморасчетам за пассажирские перевозки между железнодорожными администрациями и отчет об оформлении проездных и перевозочных документов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>воздушным транспортом:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>генеральная декларация;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пассажирский манифест;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>карго-манифест;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лоджит (центрально-загрузочный график);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сводно-загрузочная ведомость (проездной билет и багажная квитанция);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>при услуге по проследованию пассажирских поездов (вагонов) в международном сообщении:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>натурный лист пассажирского поезда;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при наличии декларации на товары в виде электронного документа, предусмотренной настоящим пунктом, представление документов, установленных абзацем восьмым подпункта 1) части первой пункта 4 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 387</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса, не требуется;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по обороту по реализации горюче-смазочных материалов, осуществляемой аэропортами при реализации горюче-смазочных материалов, осуществляемой аэропортами при заправке воздушных судов иностранных авиакомпаний, выполняющих международные полеты, международные воздушные перевозки, для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор аэропорта с иностранной авиакомпанией, предусматривающий и (или) включающий реализацию горюче-смазочных материалов, – при осуществлении регулярных рейсов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заявка иностранной авиакомпании и (или) договор (соглашение) аэропорта с иностранной авиакомпанией – при осуществлении нерегулярных рейсов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) расходный ордер или требование на заправку иностранного воздушного судна с отметкой таможенного органа, подтверждающего заправку горюче-смазочными материалами воздушного судна;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) документ, подтверждающий факт оплаты за реализованные аэропортом горюче-смазочные материалы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) заключение должностного лица уполномоченного органа в сфере гражданской авиации, участвующего в проведении тематической проверки по подтверждению достоверности сумм НДС, предъявленных к возврату, (исключить) подтверждающее факт осуществления рейса воздушным судном иностранной авиакомпании и количество реализованных горюче-смазочных материалов (в разрезе авиакомпаний), по форме и в порядке, которые утверждены уполномоченным органом по согласованию с уполномоченным органом в сфере гражданской авиации;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки при реализации товаров, полностью потребляемых при осуществлении деятельности, отвечающей целям создания СЭЗ по обороту, для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор (контракт) на поставку товаров с организациями, осуществляющими деятельность на территориях СЭЗ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копии декларации на товары и (или) транспортных (перевозочных), коммерческих и (или) иных документов с приложением перечня товаров с отметками таможенного органа, осуществляющего выпуск товаров по таможенной процедуре свободной таможенной зоны (далее – СТЗ);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копии товаросопроводительных документов, подтверждающих отгрузку товаров организациям, указанным в подпункте 1) настоящего пункта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копии документов, подтверждающих получение товаров организациями, указанными в подпункте 1) настоящего пункта;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> при наличии декларации на товары в виде электронного документа, предусмотренной настоящим пунктом, представление копии декларации на товары, предусмотренной подпунктом 2) пункта 2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 389</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса, не требуется;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки при реализации товаров, потребляемых или реализуемых при осуществлении деятельности, отвечающей целям создания СЭЗ, пределы которой полностью или частично совпадают с участками таможенной границы ЕАЭС для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор (контракт) на поставку товаров с организациями и (или) лицами (далее – Субъекты), осуществляющими деятельность на территории СЭЗ, пределы которой полностью или частично совпадают с участками таможенной границы ЕАЭС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копии декларации на товары и (или) транспортных (перевозочных), коммерческих и (или) иных документов с приложением перечня товаров с отметками таможенного органа, осуществляющего выпуск товаров по таможенной процедуре СТЗ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копии товаросопроводительных документов, подтверждающих отгрузку товаров субъектам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копии документов, подтверждающих получение товаров субъектами;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> при определении суммы НДС, подлежащей возврату в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 391</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса, учитываются сведения таможенного органа, подтверждающие реализацию или фактическое потребление ввезенных товаров при осуществлении деятельности, отвечающей целям создания СЭЗ, которые формируются на основе данных, представленных участником СЭЗ;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проведения налоговой проверки по реализации товаров собственного производства налогоплательщикам, осуществляющим на территории Республики Казахстан деятельность в рамках контракта на недропользование, соглашения (контракта) о разделе продукции, в соответствии с условиями которых освобождаются от НДС импортируемые товары, для подтверждения оборотов, облагаемых по нулевой ставке (при наличии данных оборотов):</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор на поставку товаров налогоплательщикам, осуществляющим на территории Республики Казахстан деятельность в рамках контракта на недропользование, соглашения (контракта) о разделе продукции, в соответствии с условиями которых освобождаются от НДС импортируемые товары, с указанием в нем, что поставляемые товары предназначены для выполнения рабочей программы контракта на недропользование, соглашения (контракта) о разделе продукции;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копии товаросопроводительных документов, подтверждающих отгрузку товаров налогоплательщикам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копии документов, подтверждающих получение товаров налогоплательщиками.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Документами, подтверждающими реализацию нестабильного конденсата, указанного в </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункте 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 393 Налогового кодекса, являются:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договор (контракт) на поставку нестабильного конденсата, вывезенного (вывозимого) с территории Республики Казахстан на территорию других государств-членов ЕАЭС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) акт снятия показаний с приборов учета количества реализованного нестабильного конденсата по системе трубопроводов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) акт приема-сдачи нестабильного конденсата, вывезенного с территории Республики Казахстан на территорию других государств-членов ЕАЭС по системе трубопроводов.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Документами, подтверждающими реализацию товаров, указанных в </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункте 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 393 Налогового кодекса, являются:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) договоры (контракты) на переработку давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) договоры (контракты), на основании которых осуществляется реализация продуктов переработки;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) документы, подтверждающие факт выполнения работ по переработке давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копии товаросопроводительных документов, подтверждающих вывоз давальческого сырья с территории Республики Казахстан на территорию другого государства-члена ЕАЭС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае вывоза давальческого сырья по системе магистральных трубопроводов вместо копий товаросопроводительных документов представляется акт приема-сдачи такого давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) документы, подтверждающие отгрузку продуктов переработки их покупателю – налогоплательщику государства-члена ЕАЭС, на территории которого осуществлялась переработка давальческого сырья;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) документы, подтверждающие поступление валютной выручки по реализованным продуктам переработки на банковские счета налогоплательщика в банках второго уровня на территории Республики Казахстан, открытые в порядке, определенном законодательством Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7) заключение соответствующего уполномоченного государственного органа об условиях переработки товаров на территории государства-члена ЕАЭС, предусмотренное </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 449 Налогового кодекса.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При проведении налоговой проверки плательщиков НДС, использующих контрольный счет НДС:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>договор на поставку товара (договор лизинга);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>копии документов, подтверждающих получение товара (предмета лизинга);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>копии товаросопроводительных документов, подтверждающих отгрузку товара (предмета лизинга);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>документ, подтверждающий перечисление суммы НДС на контрольный счет поставщика за приобретенный товар (предмет лизинга).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Подтверждающими документами для возврата суммы превышения НДС по товарам, приобретенным (полученным) налогоплательщиками, указанными в подпунктах 2), 3), 4) и 5) пункта 3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -8026,1416 +8963,1599 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кодекса, являются документы, предусмотренные </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>главой 44</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При возврате НДС, уплаченного по товарам, работам, услугам, приобретенным за счет средств гранта:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) копия договора о предоставлении гранта между Республикой Казахстан и иностранным государством, правительством иностранного государства либо международной организацией, включенной в перечень, утвержденный Правительством Республики Казахстан;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копия договора (контракта), заключенного грантополучателем либо исполнителем с поставщиком товаров, работ, услуг;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копия документа, подтверждающего назначение исполнителя в качестве такового при его обращении с налоговым заявлением о возврате НДС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) документ, подтверждающий отгрузку и получение товаров, работ, услуг;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) счет-фактуру, выписанный поставщиком, являющимся плательщиком НДС, с выделением суммы НДС отдельной строкой;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) накладная, товарно-транспортная накладная;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) документ, подтверждающий получение товара материально ответственным лицом грантополучателя или исполнителя;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) акты выполненных и принятых грантополучателем или исполнителем работ, услуг, оформленные в установленном порядке;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) документы, подтверждающие оплату за полученные товары, работы, услуги, в том числе уплату НДС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При возврате НДС, дипломатическим и приравненным к ним представительствам иностранных государств, консульским учреждениям иностранного государства, аккредитованным в Республике Казахстан, и их персоналу:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) сводная ведомость (реестр);</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) копии документов, подтверждающих уплату НДС (счетов-фактур, выписанных в порядке, определенном Налоговым кодексом, документов, подтверждающих факт оплаты).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Документы, представляемые услугополучателем в ходе налоговой проверки, проводимой органом государственных доходов, указанные в настоящем пункте, услугополучатели представляют по подтверждению достоверности сумм НДС, предъявленных к возврату за налоговый период, за который представлена декларация по НДС с указанием требования о возврате превышения НДС, а также предыдущие налоговые периоды, за которые не проводились налоговые проверки по НДС, но не превышающие срок исковой давности.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> При обращении к услугодателю услугополучатель получает талон с отметкой о приеме пакета документов, с указанием даты и времени приема пакета документов. </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При обращении по почте услугодателем проставляется отметка на почтовом уведомлении;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> на портал: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требование о возврате превышения НДС, указанное в декларации по НДС за налоговый период, в форме электронного документа – для возврата превышения НДС.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае обращения через портал, СОНО услугополучателю направляется статус о принятии запроса для оказания государственной услуги.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сведения о документах, удостоверяющих личность, о регистрации (перерегистрации) в качестве юридического лица, о государственной регистрации в качестве индивидуального предпринимателя, содержащиеся в государственных информационных системах, работник услугодателя получает из соответствующих государственных информационных систем.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному стандартом государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="24"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z256" w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основанием для отказа услугополучателю в оказании государственной услуги являются случаи, если:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) за получением государственной услуги обратился услугополучатель, осуществляющий расчеты с бюджетом в специальных налоговых режимах, установленных для субъектов малого бизнеса, крестьянских или фермерских хозяйств, юридических лиц – производителей сельскохозяйственной продукции, продукции аквакультуры (рыболовства) и сельских потребительских кооперативов;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2) услугополучателю за налоговые периоды, по которым он применял положения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 411</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>производители сельскохозяйственной продукции, продукции аквакультуры (рыбоводства), включая крестьянские или фермерские хозяйства, – по оборотам по реализации товаров, являющихся результатом осуществления деятельности по производству сельскохозяйственной продукции, продукции аквакультуры (рыбоводства), переработке указанной продукции собственного производства;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>юридические лица – по оборотам по реализации товаров, являющихся результатом осуществления переработки сельскохозяйственной продукции, продукции рыбоводства;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сельскохозяйственные кооперативы по оборотам по:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реализации сельскохозяйственной продукции, продукции аквакультуры (рыбоводства) собственного производства, а также произведенной членами такого кооператива;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>реализации продукции, полученной в результате переработки сельскохозяйственной продукции, продукции аквакультуры (рыбоводства) собственного производства, приобретенной у отечественного производителя такой продукции и (или) произведенной членами такого кооператива;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> выполнению работ, оказанию услуг по перечню, определенному уполномоченным органом в области развития агропромышленного комплекса по согласованию с центральным уполномоченным органом по государственному планированию и уполномоченным органом, членам такого кооператива в целях осуществления ими оборотов, указанных в настоящем подпункте согласно подпункту 3 пункта 1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 411</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) на дату завершения налоговой проверки:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>не получены ответы на запросы на проведение встречных проверок для подтверждения достоверности взаиморасчетов с поставщиком;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по поставщикам проверяемого налогоплательщика выявлены нарушения по результатам анализа аналитического отчета "Пирамида";</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>не подтверждена достоверность сумм НДС;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>не подтверждена достоверность сумм НДС в связи с невозможностью проведения встречной проверки, в том числе по причине:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отсутствия поставщика по месту нахождения;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>утраты учетной документации поставщика.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При этом положения части третьи подпункта 3) настоящего пункта не применяются в случае устранения нарушений, выявленных по результатам аналитического отчета "Пирамида", непосредственными поставщиками следующих проверяемых налогоплательщиков:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>имеющих право на применение упрощенного порядка возврата суммы превышения налога на добавленную стоимость;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">реализующих инвестиционный проект в рамках республиканской карты индустриализации, утверждаемой Правительством Республики Казахстан, стоимость которого составляет не менее 150 000 000-кратного размера месячного расчетного показателя, установленного законом о республиканском бюджете и действующего на 1 января соответствующего финансового года согласно пункту 12 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 152</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Налогового кодекса;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>осуществляющих деятельность в рамках контракта на недропользование, заключенного в соответствии с законодательством Республики Казахстан, и имеющих средний коэффициент налоговой нагрузки не менее 20 процентов, рассчитанный за последние 5 лет, предшествующих налоговому периоду, в котором предъявлено требование о возврате суммы превышения налога на добавленную стоимость.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В акте налоговой проверки указывается основание невозврата налога на добавленную стоимость.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1768" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z276" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Адреса мест оказания государственной услуги размещены на: </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) интернет-ресурсе услугодателя – www.kgd.gov.kz, www.minfin.gov.kz;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) портале www.egov.kz.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал, СОНО при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" на портале, Единого контакт-центра.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактные телефоны Единого контакт-центра: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9465,55 +10585,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>