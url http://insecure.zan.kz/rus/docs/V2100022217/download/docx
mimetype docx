--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2be4819" w14:textId="2be4819">
+    <w:p w14:paraId="17ae882" w14:textId="17ae882">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -9133,51 +9133,51 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30192,50 +30192,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31225,136 +31245,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при выдаче лицензии:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
-[...84 lines deleted...]
-              <w:t>3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
+              <w:t>
+в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в течение 15 (пятнадцати) рабочих дней со дня обращения на портал; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в течение 30 (тридцати) рабочих дней со дня обращения на портал (в случае реорганизации услугополучателя в форме выделения или разделения); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33444,50 +33452,70 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -34176,119 +34204,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при выдаче лицензии:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в течение 30 (тридцати) рабочих дней со дня обращения на портал; для вновь созданной страховой (перестраховочной) организации, открываемого филиала страховой (перестраховочной) организации-нерезидента Республики Казахстан результат оказания услуги направляется услугополучателю в течение 9 (девяти) рабочих дней со дня государственной регистрации юридического лица;</w:t>
-[...67 lines deleted...]
-              <w:t>3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
+              <w:t>
+в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+в течение 15 (пятнадцати) рабочих дней со дня обращения на портал; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ в течение 30 (тридцати) рабочих дней со дня обращения на портал (в случае реорганизации услугополучателя в форме выделения или разделения); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36410,50 +36443,70 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -37170,136 +37223,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при выдаче лицензии:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
-[...84 lines deleted...]
-              <w:t>3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
+              <w:t>
+в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ в течение 15 (пятнадцати) рабочих дней со дня обращения на портал; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ в течение 30 (тридцати) рабочих дней со дня обращения на портал (в случае реорганизации услугополучателя в форме выделения или разделения); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39273,50 +39314,70 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 8 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -39863,136 +39924,124 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) при выдаче лицензии:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
-[...84 lines deleted...]
-              <w:t>3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
+              <w:t>
+в течение 30 (тридцати) рабочих дней со дня обращения на портал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при переоформлении лицензии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ в течение 15 (пятнадцати) рабочих дней со дня обращения на портал; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ в течение 30 (тридцати) рабочих дней со дня обращения на портал (в случае реорганизации услугополучателя в форме выделения или разделения); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) при выдаче дубликата лицензии - в течение 2 (двух) рабочих дней со дня обращения на портал.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -41698,51 +41747,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 - в редакции постановления Правления Агентства РК по регулированию и развитию финансового рынка от 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -43817,71 +43886,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) несогласование руководящего работника (для вновь создаваемого страхового брокера, открываемого филиала страхового брокера-нерезидента Республики Казахстан);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) невыполнение требования по формированию активов филиала страхового брокера-нерезидента Республики Казахстан, принимаемых в качестве резерва, в соответствии с </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> статьи 34 Закона;</w:t>
+4) невыполнение требования по формированию активов филиала страхового брокера-нерезидента Республики Казахстан, принимаемых в качестве резерва, в соответствии с пунктом 4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 34</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) отсутствие у страхового брокера-нерезидента Республики Казахстан действующей лицензии на осуществление аналогичных по существу видов деятельности, выданной органом финансового надзора государства, резидентом которого является страховой брокер-нерезидент Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -43891,51 +43960,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) занятие видом деятельности запрещено законами Республики Казахстан для данной категории юридических лиц;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) не внесен лицензионный;</w:t>
+7) не внесен лицензионный сбор;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о приостановлении или запрещении деятельности или отдельных видов деятельности, подлежащих лицензированию;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -46592,31 +46661,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>