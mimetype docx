--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3ba2a62" w14:textId="3ba2a62">
+    <w:p w14:paraId="24717bb" w14:textId="24717bb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,131 +112,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра здравоохранения Республики Казахстан от 9 февраля 2021 года № ҚР ДСМ-16. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 февраля 2021 года № 22175.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с частью первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Правил регистрации и экспертизы безопасности, качества и эффективности медицинских изделий, утвержденных Решением Совета Евразийской Экономической Комиссии от 12 февраля 2016 года № 46, </w:t>
+      В соответствии с частью первой пункта 1 Правил регистрации и экспертизы безопасности, качества и эффективности медицинских изделий, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской Экономической Комиссии от 12 февраля 2016 года № 46, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил регистрации и экспертизы лекарственных средств для медицинского применения, утвержденных Решением Совета Евразийской экономической комиссии от 3 ноября 2016 года № 78, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктами 1-1</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> статьи 23 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", со </w:t>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 10 июня 2022 года № 96 "О временных мерах по установлению особенностей обращения лекарственных средств для медицинского применения", пунктами 1-1 и 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьями 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -292,61 +291,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра здравоохранения РК от 03.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -976,91 +975,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие правила государственной регистрации, перерегистрации лекарственного средства или медицинского изделия, внесения изменений в регистрационное досье лекарственного средства или медицинского изделия (далее – Правила) разработаны в соответствии с частью первой </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Правил регистрации и экспертизы лекарственных средств для медицинского применения, утвержденных Решением Совета Евразийской экономической комиссии от 3 ноября 2016 года № 78 (далее – Правила № 78), пунктами 1-1 и 3 </w:t>
+      1. Настоящие правила государственной регистрации, перерегистрации лекарственного средства или медицинского изделия, внесения изменений в регистрационное досье лекарственного средства или медицинского изделия (далее – Правила) разработаны в соответствии с частью первой пункта 1 Правил регистрации и экспертизы безопасности, качества и эффективности медицинских изделий, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской Экономической Комиссии от 12 февраля 2016 года № 46, пунктом 3 Правил регистрации и экспертизы лекарственных средств для медицинского применения, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 3 ноября 2016 года № 78 (далее – Решение № 78), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 10 июня 2022 года № 96 "О временных мерах по установлению особенностей обращения лекарственных средств для медицинского применения", пунктами 1-1 и 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс), со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1125,61 +1144,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра здравоохранения РК от 03.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2444,266 +2463,312 @@
         <w:t>
       11. Не допускается государственная регистрация лекарственных средств под одним торговым наименованием, имеющих разный состав активных веществ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z45" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При государственной регистрации устанавливается срок действия регистрационного удостоверения для лекарственных средств – 5 лет, за исключением лекарственных средств, произведенных в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z337" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При государственной регистрации лекарственных средств, произведенных в Республике Казахстан, а также для медицинских изделий выдается бессрочное регистрационное удостоверение согласно пункту 6 Соглашения о единых принципах и правилах обращения медицинских изделий (изделий медицинского назначения и медицинской техники) в рамках Евразийского экономического союза, одобренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 19 декабря 2014 года № 980.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z338" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При перерегистрации выдается бессрочное регистрационное удостоверение на лекарственные средства.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z339" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На выданные регистрационные удостоверения стратегически важных лекарственных средств требования подпунктов г) и д) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правил № 78</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> не распространяются.</w:t>
+        <w:t>Решения № 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не распространяются, за исключением случаев приведения в соответствие регистрационного досье с требованиями вышеуказанного решения на добровольной основе по инициативе услугополучателя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z340" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Действие регистрационного удостоверения, выданного в порядке, предусмотренном настоящими правилами продлевается на период проведения процедуры приведения регистрационного досье лекарственного средства в соответствие с подпунктом е) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решения № 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании обращения заявителя с приложением копии заявления, поданного на приведение регистрационного досье лекарственного средства в соответствие с требованиями вышеуказанного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа и.о. Министра здравоохранения РК от 03.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:bookmarkStart w:name="z48" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. В период действия регистрационного удостоверения лекарственного средства или медицинского изделия услугополучатель в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 23 Кодекса, вносит изменения в регистрационное досье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z161" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z161" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При внесении изменений в регистрационное досье лекарственного средства или медицинского изделия регистрационное удостоверение формируется под прежним номером с указанием даты введения изменения, даты выдачи и срока действия регистрационного удостоверения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2722,80 +2787,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="49"/>
+    <w:bookmarkStart w:name="z49" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14. В случае перерегистрации или внесения изменений в регистрационное досье только по маркировке и по упаковке лекарственного средства или медицинского изделия, ранее зарегистрированная упаковка действительна в течение двенадцати месяцев после перерегистрации или внесения изменений в регистрационное досье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2814,1118 +2879,1200 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:bookmarkStart w:name="z51" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. В случае внесения изменений в инструкцию по медицинскому применению лекарственного средства, медицинского изделия (листок-вкладыш) и общую характеристику лекарственного средства, ранее зарегистрированная инструкция по медицинскому применению, действительна в течение шести месяцев после внесения соответствующих изменений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z52" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом держатель регистрационного удостоверения путем направления официального уведомления (в произвольной форме) извещает субъектов фармацевтического рынка и медицинские организации о внесенных изменениях, содержащихся во вновь зарегистрированной инструкции по медицинскому применению (листке-вкладыше) и общей характеристике лекарственного средства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z53" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Лекарственные средства, ввезенные и произведенные на территории Республики Казахстан до истечения срока действия регистрационного удостоверения, хранятся и реализуются до истечения срока годности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z54" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Медицинские изделия, ввезенные и произведенные на территории Республики Казахстан до истечения срока действия регистрационного удостоверения, применяются, обращаются и эксплуатируются на территории Республики Казахстан без ограничения или до истечения срока годности (эксплуатации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z55" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      17. По завершении процедуры государственной регистрации, перерегистрации лекарственного средства или медицинского изделия, а также при продлении действия регистрационного удостоверения на лекарственные средства осуществленного в соответствии с подпунктом е) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решения № 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, государственный орган вносит соответствующую информацию в Государственный реестр лекарственных средств и медицинских изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      17. По завершении процедуры государственной регистрации, перерегистрации лекарственного средства или медицинского изделия, государственный орган вносит соответствующую информацию в Государственный реестр лекарственных средств и медицинских изделий.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:bookmarkStart w:name="z56" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Услугодатель проводит заслушивание по порядку согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК и предоставляет возможность услугополучателю выразить свою позицию к предварительному решению по административному делу, о котором услугополучатель уведомляется заранее, но не позднее чем за три рабочих дня до результата оказания государственной услуги (мотивированного отказа).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z162" w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z162" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель предоставляет возражение к предварительному решению в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z163" w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z163" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае устного выражения услугополучателем своего возражения услугодатель ведет протокол заслушивания, который оформляет в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК.</w:t>
-      </w:r>
-[...314 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-3 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 18 – в редакции приказа Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="62"/>
+    <w:bookmarkStart w:name="z164" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      18-4. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
+        <w:t xml:space="preserve">
+      18-1. Услугодатель, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 21 Закона предоставляет в доступной форме полную и достоверную информацию о перечне требуемых документов и оформления таких документов. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z169" w:id="63"/>
+    <w:bookmarkStart w:name="z165" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+        <w:t>
+      При наличии замечаний услугодатель аргументирует каждое замечание со ссылками на структурные элементы нормативных правовых актов, и предоставляет возможность услугополучателю выразить свою позицию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-5 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-1 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="64"/>
+    <w:bookmarkStart w:name="z166" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18-6. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      18-2. Результат оказания государственной услуги либо мотивированный отказ в оказании государственной услуги, при обращении услугополучателя за государственной регистрации, перерегистрации лекарственного средства или медицинского изделия, внесения изменений в регистрационное досье лекарственного средства или медицинского изделия оформляется в электронной форме, удостоверяется ЭЦП уполномоченного лица услугодателя, направляется на портал и хранится в "личном кабинете" услугополучателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-6 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-2 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="65"/>
+    <w:bookmarkStart w:name="z167" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      18-7. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+        <w:t xml:space="preserve">
+      18-3. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг в соответствии с подпунктом 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z172" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-3 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
+      18-4. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-7 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-4 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="67"/>
+    <w:bookmarkStart w:name="z169" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      18-8. Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
+        <w:t xml:space="preserve">
+      18-5. Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z174" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-5 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      18-6. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-8 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-6 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="69"/>
+    <w:bookmarkStart w:name="z171" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18-9. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      18-7. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z172" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-7 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-8. Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z174" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 18-8 в соответствии с приказом Министра здравоохранения РК от 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18-9. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4156,68 +4303,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 – в редакции приказа Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="70"/>
+    <w:bookmarkStart w:name="z61" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на государственную регистрацию, перерегистрацию лекарственного средства или медицинского изделия, внесение изменений в регистрационное досье лекарственного средства или медицинского изделия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4289,70 +4436,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид регистрации Торговое наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="71"/>
+          <w:bookmarkStart w:name="z59" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регистрация</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перерегистрация</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -8023,181 +8170,181 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z176" w:id="72"/>
+      <w:bookmarkStart w:name="z176" w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Владелец регистрационного удостоверения (доверенное лицо по доверенности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="73"/>
+    <w:bookmarkStart w:name="z177" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае государственной регистрации обязуюсь осуществлять поставки лекарственного средства, полностью соответствующего образцам, представленным при государственной регистрации, и гарантирую соответствие лекарственного средства по показателям безопасности, качества и эффективности требованиям нормативно-технического документа по контролю за качеством и безопасностью лекарственных средств в течение всего срока годности при соблюдении условий транспортировки и хранения в соответствии с требованиями организации-производителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z178" w:id="74"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z178" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязуюсь сообщать о любых изменениях в регистрационном досье и обнаружении любых побочных реакций, ранее не указанных в инструкции по медицинскому применению лекарственного средства, и представлять отчеты о безопасности и эффективности один раз в 6 месяцев в течение двух лет после государственной регистрации, затем ежегодно в течение последующих трех лет и не реже одного раза в пять лет при последующей перерегистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z179" w:id="75"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z179" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z180" w:id="76"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z180" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: при подаче заявления через рабочий кабинет услугополучателя в Государственную базу данных (далее – ГБД) Е-лицензирования заявление подписывается ЭЦП услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z181" w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z181" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О (при его наличии) и должность ответственного лица услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -8398,68 +8545,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 – в редакции приказа Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="78"/>
+    <w:bookmarkStart w:name="z71" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на государственную регистрацию, перерегистрацию лекарственного средства или медицинского изделия, внесение изменений в регистрационное досье лекарственного средства или медицинского изделия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12303,201 +12450,201 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z182" w:id="79"/>
+      <w:bookmarkStart w:name="z182" w:id="83"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Владелец регистрационного удостоверения (доверенное лицо по доверенности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="80"/>
+    <w:bookmarkStart w:name="z183" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обязуюсь осуществлять поставки медицинских изделий в Республику Казахстан, соответствующие требованиям, указанным в регистрационном досье, и сопровождать медицинское инструкцией по медицинскому применению на казахском и русском языках с соблюдение достоверности и аутентичности переводов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z184" w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z184" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гарантирую сохранение безопасности и качества в течение всего срока использования, при соблюдении условий транспортировки и хранения в соответствии с требованиями завода-производителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z185" w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z185" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязуюсь сообщать обо всех изменениях в регистрационное досье, а также представлять заявление и материалы при обнаружении побочных воздействий при применении медицинского изделия, ранее не указанных в инструкции по медицинскому применению медицинских изделий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z186" w:id="83"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z186" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z187" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z187" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: при подаче заявления через рабочий кабинет услугополучателя в ГБД Е-лицензирования заявление подписывается ЭЦП услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z188" w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z188" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О (при его наличии) и должность ответственного лица услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -12660,68 +12807,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>досье лекарственного средства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>или медицинского изделия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="86"/>
+    <w:bookmarkStart w:name="z80" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Государственная регистрация, перерегистрация лекарственного средства или медицинского изделия, внесение изменений в регистрационное досье лекарственного средства или медицинского изделия"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 – в редакции приказа Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13281,70 +13428,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="87"/>
+          <w:bookmarkStart w:name="z82" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) регистрационное удостоверение, действующее на территории Республики Казахстан;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13442,90 +13589,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z84" w:id="88"/>
+          <w:bookmarkStart w:name="z84" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 За оказание государственной услуги услугополучатель оплачивает в республиканский бюджет регистрационный сбор в порядке установленном </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" в размере следующих ставок:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13623,70 +13770,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z86" w:id="89"/>
+          <w:bookmarkStart w:name="z86" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, кроме выходных и праздничных дней с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13756,70 +13903,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="90"/>
+          <w:bookmarkStart w:name="z87" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для получения государственной услуги:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -13965,70 +14112,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="91"/>
+          <w:bookmarkStart w:name="z90" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14400,68 +14547,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">досье лекарственного средства </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>или медицинского изделия"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Решение об отказе в государственной регистрации, перерегистрации лекарственного средства или медицинского изделия, внесение изменений в регистрационное досье лекарственного средства или медицинского изделия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 – в редакции приказа Министра здравоохранения РК от 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14700,70 +14847,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z96" w:id="93"/>
+          <w:bookmarkStart w:name="z96" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 наименование государственного органа уведомляет Вас об отказе в регистрации, перерегистрации или внесении изменений в регистрационное досье и медицинском применении лекарственного средства (медицинского изделия) (нужное подчеркнуть) на территории Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15083,68 +15230,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z331" w:id="94"/>
+    <w:bookmarkStart w:name="z331" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб Республики Казахстан Министерство здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции приказа и.о. Министра здравоохранения РК от 03.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17835,286 +17982,184 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="95"/>
+    <w:bookmarkStart w:name="z333" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Герб Республики Казахстан Министерство здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрационное удостоверение (выбрать нужное и отметить один из них):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">РК МИ (ИМН) – </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...33 lines deleted...]
-        </w:drawing>
+        <w:t>[MISSING IMAGE: ,  ]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">РК МИ (МТ) – </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...33 lines deleted...]
-        </w:drawing>
+        <w:t>[MISSING IMAGE: ,  ]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">РК МИ (in vitro) – </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...33 lines deleted...]
-        </w:drawing>
+        <w:t>[MISSING IMAGE: ,  ]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В соответствии с Кодексом Республики Казахстан "О здоровье народа и системе здравоохранения" настоящее регистрационное удостоверение выдано:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -18791,322 +18836,220 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z335" w:id="96"/>
+    <w:bookmarkStart w:name="z335" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерство здравоохранения Республики Казахстан Приложение к регистрационному удостоверению</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(выбрать нужное и отметить один из них):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       РК МИ (ИМН) – </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...33 lines deleted...]
-        </w:drawing>
+        <w:t>[MISSING IMAGE: ,  ]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">РК МИ (МТ) – </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...33 lines deleted...]
-        </w:drawing>
+        <w:t>[MISSING IMAGE: ,  ]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">РК МИ (in vitro) – </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...33 lines deleted...]
-        </w:drawing>
+        <w:t>[MISSING IMAGE: ,  ]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z336" w:id="97"/>
+    <w:bookmarkStart w:name="z336" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень составных частей медицинского изделия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -19751,562 +19694,562 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 февраля 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="98"/>
+    <w:bookmarkStart w:name="z141" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министерства здравоохранения Республики Казахстан, подлежащих признанию утратившими силу </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z142" w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z142" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан 26 ноября 2009 года № 5935, опубликован в "Юридической газете" от 5 мая 2010 года  № 63 (1859); Собрание актов центральных исполнительных и иных центральных государственных органов Республики Казахстан № 6, 2010 года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z143" w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z143" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 февраля 2012 года № 84 "О внесении изменений и дополнений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 19 марта 2012 года № 7481);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z144" w:id="101"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z144" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 28 сентября 2012 года № 664 "О внесении изменений в некоторые нормативные правовые акты Министерства здравоохранения Республики Казахстан" (зарегистрирован в Министерстве юстиции Республики Казахстан от 15 ноября 2012 года № 8081);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z145" w:id="102"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z145" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 12 июля 2013 года № 405 "О внесении изменений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 5 августа 2013 года № 8604);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z146" w:id="103"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z146" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 января 2014 года № 32 "О внесении изменений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 4 февраля 2014 года № 9126);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z147" w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z147" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 апреля 2014 года № 187 "О внесении изменения в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 13 мая 2014 года № 9409);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z148" w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z148" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 14 января 2015 года № 9 "О внесении изменений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 19 февраля 2015 года № 10295);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z149" w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z149" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 26 июня 2015 года № 523 "О внесении изменений и дополнений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 29 июля 2015 года № 11786);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z150" w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z150" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 28 июня 2016 года № 563 "О внесении изменения в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 28 июля 2016 года № 14036);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z151" w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z151" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 мая 2019 года № ҚР ДСМ-87 "О внесении изменений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 28 мая 2019 года № 18739);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z152" w:id="109"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z152" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 июня 2020 года № ҚР ДСМ-72/2020 "О внесении изменений и дополнений в приказ Министра здравоохранения Республики Казахстан от 18 ноября 2009 года № 735 "Об утверждении Правил государственной регистрации, перерегистрации и внесения изменений в регистрационное досье лекарственного средства, изделий медицинского назначения и медицинской техники" (зарегистрирован в Министерстве юстиции Республики Казахстан от 24 июня 2020 года № 20896).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -20628,35 +20571,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>