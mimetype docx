--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5cd1134" w14:textId="5cd1134">
+    <w:p w14:paraId="12b464e" w14:textId="12b464e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,85 +93,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах Таскалинского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Таскалинского района Западно-Казахстанской области от 13 января 2020 года № 2. Зарегистрировано Департаментом юстиции Западно-Казахстанской области 14 января 2020 года № 5978</w:t>
+        <w:t>Постановление акимата Таскалинского района Западно-Казахстанской области от 13 января 2020 года № 2. Зарегистрировано Департаментом юстиции Западно-Казахстанской области 14 января 2020 года № 5978.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...3 lines deleted...]
-        <w:br/>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Постановление утрачивает силу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акимата Таскалинского района Западно-Казахстанской области от 27.11.2025 № 275 (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -206,215 +260,215 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" акимат Таскалинского района </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить коэффициенты зонирования, учитывающие месторасположение объекта налогообложения в населенных пунктах Таскалинского района согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата Таскалинского района от 29 мая 2018 года № 140 "Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах Таскалинского района" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов № 5211, опубликованное 7 июня 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Руководителю аппарата акима Таскалинского района (Т.Шакиров) обеспечить государственную регистрацию данного постановления в органах юстиции, его официальное опубликование в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего постановления возложить на заместителя акима района А.Халауедина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие с 1 января 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7793"/>
-        <w:gridCol w:w="4207"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -432,51 +486,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аким района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4207" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -484,161 +538,189 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Халелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z10" w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАНО"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Руководитель управления</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственных доходов по</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Таскалинскому району департамента </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственных доходов по</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Западно-Казахстанской области</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________ А.Айтасов</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 декабря 2019 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -717,178 +799,179 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таскалинского района</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 января 2020 года № 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>объекта налогообложения в населенных пунктах Таскалинского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3720"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4852"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Месторасположение объекта налогообложения в населенном пункте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -969,349 +1052,349 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таскалинский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Таскала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жігер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бірлік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1350,462 +1433,462 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Актауский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Актау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ақкүтір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кызылбас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Қараой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1844,236 +1927,236 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амангельдинский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Амангельды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село 1-Чижа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2112,349 +2195,349 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достыкский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Достык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бастау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ынтымақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2493,236 +2576,236 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Косшинский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Оян</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кенжайлау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2761,462 +2844,462 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Казахстанский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Атамекен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Калмакшабын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Алмалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кисыксай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3255,236 +3338,236 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерекенский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Мереке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Калмак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3523,575 +3606,575 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мерейский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Мерей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Аққайнар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Өркен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Айнабұлақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Тоғайлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4130,349 +4213,349 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чижинский сельский округ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Чижа-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Еменжар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Талдыбулак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4852" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4534,55 +4617,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>