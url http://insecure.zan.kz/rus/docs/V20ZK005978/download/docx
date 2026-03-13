--- v1 (2025-12-25)
+++ v2 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="12b464e" w14:textId="12b464e">
+    <w:p w14:paraId="bc98b3b" w14:textId="bc98b3b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,149 +85,141 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах Таскалинского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Таскалинского района Западно-Казахстанской области от 13 января 2020 года № 2. Зарегистрировано Департаментом юстиции Западно-Казахстанской области 14 января 2020 года № 5978.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>Постановление акимата Таскалинского района Западно-Казахстанской области от 13 января 2020 года № 2. Зарегистрировано Департаментом юстиции Западно-Казахстанской области 14 января 2020 года № 5978. Утратило силу постановлением акимата Таскалинского района Западно-Казахстанской области от 27 ноября 2025 года № 275</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z3" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">      Постановление утрачивает силу </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата Таскалинского района Западно-Казахстанской области от 27.11.2025 № 275 (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководствуясь </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -260,190 +254,190 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан" акимат Таскалинского района </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЯЕТ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить коэффициенты зонирования, учитывающие месторасположение объекта налогообложения в населенных пунктах Таскалинского района согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата Таскалинского района от 29 мая 2018 года № 140 "Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах Таскалинского района" (зарегистрированное в Реестре государственной регистрации нормативных правовых актов № 5211, опубликованное 7 июня 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Руководителю аппарата акима Таскалинского района (Т.Шакиров) обеспечить государственную регистрацию данного постановления в органах юстиции, его официальное опубликование в средствах массовой информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего постановления возложить на заместителя акима района А.Халауедина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие с 1 января 2020 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -544,64 +538,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Халелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z10" w:id="5"/>
+      <w:bookmarkStart w:name="z10" w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель управления</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -799,80 +793,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Таскалинского района</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 января 2020 года № 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>объекта налогообложения в населенных пунктах Таскалинского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4609,55 +4603,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4987,35 +5003,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>