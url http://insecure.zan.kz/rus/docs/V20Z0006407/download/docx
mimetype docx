--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4020703" w14:textId="4020703">
+    <w:p w14:paraId="f8e53f5" w14:textId="f8e53f5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -791,9666 +791,12773 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дополнительно предоставляемый гарантированный объем бесплатной медицинской помощи, в том числе лекарственные средства, специализированные лечебные продукты, медицинские изделия, отдельным категориям граждан Западно-Казахстанской области при амбулаторном лечении бесплатно</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Западно-Казахстанского областного маслихата от 24.10.2024 </w:t>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В приложение 1 предусмотрены изменения решением Западно-Казахстанского областного маслихата от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводятся в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 - в редакции решения Западно-Казахстанского областного маслихата от 24.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменениями, внесенными решениями Западно-Казахстанского областного маслихата от 13.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования); от 16.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 18-6</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заболевание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Показания (степень, стадия, тяжесть течения) для назначения лекарственных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование лекарственных средств (форма выпуска)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Лекарственные средства в рамках гарантированного объема бесплатной медицинской помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хроническая сердечная недостаточность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сакубитрил + Валсартан таблетки, покрытые оболочкой; Эплеренон, таблетки, покрытые оболочкой Дапаглифлозин таблетка покрытая пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ювенильный артрит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоцилизумаб концентрат для приготовления инфузионного раствора, раствор для подкожных инъекций; Адалимумаб, раствор для приготовления инъекций, раствора для подкожного введения; Анакинра, раствор для инъекций предварительно заполненных в шприцах; Канакинумаб, лиофилизат для приготовления раствора для внутримышечного и подкожного введения, раствор для подкожных инъекций. Тофацитиниб таблетка покрытая пленочной оболочкой, Инфликсимаб лиофилизат для приготовления раствора для инфузий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Состояние после пересадки органов и тканей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тенофовир таблетки, Тенофовир Алафенамид таблетки, покрытая пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буллезный эпидермолиз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стерильные повязки с лекарственным содержимым, Стерильные антибактериальные атравматические абсорбирующие повязки, Бинт (высокоэластичный фиксирующий, сетчатый, трубчатый, ватный синтетический), Силиконовый пластырь, Защитный крем, пена, гель, бальзам, мазь с лекарственным содержимым, Эммолиенты, Антисептики, Стерильные ватные диски, Стерильные иглы апирогенные, салфетки (стерильные, влажные гигиенические), специализированный бессульфатный детский шампунь, антибактериальный спрей, специализированное детское масло, детский липидовостанавливающий лосьон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ювенильный дерматомиазит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Человеческий нормальный иммуноглобулин G, раствор для инфузий; Метотрексат, раствор для инъекций; Метилпреднизолон, таблетки, Микофеноловая кислота, таблетки кишечнорастворимые покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целиакия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Панкреатин, капсулы, содержащие минимикросферы, покрытые кишечнорастворимой оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Детский церебральный паралич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комплекс ботулинический токсин типа А – гемагглютинин, лиофилизат для приготовления раствора для внутримышечного и подкожного введения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гематологические заболевания, включая гемобластозы и апластическую анемию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести при верифицированном диагнозе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести при верифицированном диагнозе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Третиноин, капсулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наследственные дефициты факторов свертывания крови</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фактор свертывания крови VIII и фактор Виллебранда лиофилизат для приготовления раствора для внутривенного введения во флаконе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Незавершенный остеогенез</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Врожденные аномалии (пороки крови), деформации и хромосомные нарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ибандроновая кислота, таблетки, покрытые пленочной оболочкой, раствор для внутривенных инъекций; Памидроновая кислота, концентрат для приготовления раствора для инфузий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ишемическая болезнь сердца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ривароксабан, таблетки, покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Системный склероз (системная склеродермия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоцилизумаб концентрат для приготовления инфузионного раствора, раствор для подкожных инъекций Микофенолата мофетил капсула покрытая пленочной оболочкой.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Системная красная волчанка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ритуксимаб, концентрат для приготовления раствора для внутривенных инфузий, раствор для подкожных инъекций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Злокачественное новообразование носоглотки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Интерферон бета-1 b, лиофилизат для приготовления раствора для инъекций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болезнь Шегрена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидроксихлорохин, таблетка покрытая пленочной оболочкой, Ритуксимаб раствор для подкожного введения. Азатиоприн, таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оптиконевромиелит (болезнь Девика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ритуксимаб, концентрат для приготовления раствора для внутривенных инфузий, раствор для подкожных инъекций, Азатиоприн, таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Другие врожденные аномалии поджелудочной железы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диазоксид, капсулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хроническая Тромбоэмболическая легочная гипертензия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Риоцигуат, таблетки, покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Злокачественное новообразование яичника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олапариб таблетка покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рак легких</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атезолизумаб концентрат для приготовления раствора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рассеянный склероз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кладрибин, таблетка покрытая пленочной оболочкой, Офатумумаб раствор для подкожного введения, Сипонимод таблетки покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бронхиальная астма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Омализумаб лиофилизат для приготовления раствора, для подкожного введения, Тезепелумаб раствор для подкожного введения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Псориаз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Секукинумаб Лиофилизат для приготовления раствора для подкожного введения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первичный иммунодефицит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ланаделумаб раствор для подкожного введения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Венозная мальформация обеих нижних конечностей, области промежности, ствола и головки полового члена.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиролимус раствор для приема внутрь.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...139 lines deleted...]
-Акалабрутиниб Капсула в контурной ячейковой упаковке.</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключен решением Западно-Казахстанского областного маслихата от 15.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 22-5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...139 lines deleted...]
-Гуселькумаб Раствор для подкожного введения, шприц ручка.</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключен решением Западно-Казахстанского областного маслихата от 15.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 22-5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пароксизмальная ночная гемоглобинурия (маркиафавы-микели)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экулизумаб концентрат для приготовления раствора для инфузий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бронхолегочная дисплазия, возникшая в перинатальном периоде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паливизумаб раствор для внутримышечного введения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стриктура (непроходимость) пищевода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Панкреатин капсула, содержащие минимикросферы, покрытые кишечнорастворимой оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Мышечная Дистрофия Дюшенна/Беккера </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Голодирсен порошок для приготовления концентрата для приготовления раствора для инфузий, Касимерсен инъекция для внутривенной инфузии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Легочная артериальная гипертензия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Селексипаг таблетки, покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Эпилепсия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Взрослые состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зонисамид капсула, Лакосамид таблетки покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Прочии дистонии </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Взрослые состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ботулинический токсин лиофилизат для приготовления раствора для внутримышечного и подкожного введения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Миастения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Преднизолон таблетка покрытая пленочной оболочкой, Азатиоприн таблшетка покрытая пленочной оболочкой, Равулизумаб концентрат для приготовления раствора для инфузий, Метилпреднизолон таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атипичный гемолитико-уремический синдром, ассоциированный с антителами к фактору Н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экулизумаб концентрат для приготовления раствора для инфузий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ассоциированный спондилоартрит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Секукинумаб лиофилизат для приготовления раствора для подкожного введения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кистозный фиброз, Муковисцидоз, смешанная форма, с преимущественным поражением кишечника и дыхательных путей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Раствор микроэлементов для инфузии во флаконах, водорасстворимые витамины, порошок лиофилизированный для инфузий во флаконах, жировые эмульсии, жирорастворимые витамины, эмульсия для инфузий во флаконах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Десмоидный фиброматоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пазопаниб таблетки покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гипофосфатемический рахит Х-сцепленнный доминантный тип наследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буросумаб раствор для инъекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нейрофиброматоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дети, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Селуметиниб твердые капсулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нефротический синдром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ритуксимаб концентрат для приготовления раствора для внутривенных инфузий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2. Медицинские изделия в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Множественная миелома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Помалидомид капсула</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Острый миелобластный лейкоз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-Стерильные повязки с лекарственным содержимым, Стерильные антибактериальные атравматические абсорбирующие повязки, Бинт (высокоэластичный фиксирующий, сетчатый, трубчатый, ватный синтетический), Силиконовый пластырь, Защитный крем, пена, гель, бальзам, мазь с лекарственным содержимым, Эммолиенты, Антисептики, Стерильные ватные диски, Стерильные иглы апирогенные, Салфетки (стерильные, влажные гигиенические)</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Венетоклакс таблетки, покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...110 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Злокачественное новообразование щитовидной железы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...29 lines deleted...]
-Трахеостомическая трубка; Аспирационный катетер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вандетаниб таблетки, покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рак молочной железы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-средства по уходу за центральным катетером (антисептики, салфетки стерильные медицинские, повязки пластырного типа стерильные и не стерильные, очиститель для удаления адгезивов, кран треходовой, канюли аспирационные с антибактериальным воздушным фильтром, удлиненная магистраль для внутривенного введения, совместимая со шприцевыми насосами, светоустойчивый инфузионный мешок для расстворов, заглушка инфузионная, шприцы со съемной иглой (резьбовое соединение с иглой для шприцевых инфузионных насосов), замки для катетера при отключении инфузии</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трастузумаб Дерукстекан лиофилизат для приготовления концентрата для приготовления раствора для инфузий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3. Специализированные лечебные продукты в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синдром врожденных аномалий, проявляющихся преимущественно карликовостью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соматропин, порошок лиофилизированный для приготовления раствора для инъекций, раствор для инъекций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...176 lines deleted...]
-Специализированные лечебные продукты на основе среднецепочных триглициридов</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезнь двигательного неврона, боковой амиотрофический склероз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рилузол таблетки, покрытые пленочной оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...109 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диффузный остепороз, Деформирующий спондилез</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Специализированные лечебные продукты на основе среднецепочных триглициридов</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Терипаротид раствор для подкожного введения шприц-ручка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...109 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гиперкинетический церебральный спастический паралич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Специализированные лечебные продукты без содержания глютена</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ботулинический токсин лиофилизат для приготовления раствора для внутримышечного и подкожного введения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дистония неуточненная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Селегилин таблетка покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Миастения гравис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иммуноглобулин, для внутривенного введения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Симптоматическая эпилипсия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руфинамид таблетка покрытая пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хроническая воспалительная демиелинизирующая полинейропатия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иммуноглобулин, для внутривенного введения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идиопатическая легочная гипертензия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мацитентан, таблетки, покрытые пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лимфангиолейомиоматоз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослые, состоящие на динспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сиролимус, таблетки, покрытые пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Медицинские изделия в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерильные повязки с лекарственным содержимым, Стерильные антибактериальные атравматические абсорбирующие повязки, Бинт (высокоэластичный фиксирующий, сетчатый, трубчатый, ватный синтетический), Силиконовый пластырь, Защитный крем, пена, гель, бальзам, мазь с лекарственным содержимым, Эммолиенты, Антисептики, Стерильные ватные диски, Стерильные иглы апирогенные, Салфетки (стерильные, влажные гигиенические)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стеноз гортани и трахеи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По решению врачебно-консультативной комиссии медицинской организации с участием профильных специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трахеостомическая трубка; Аспирационный катетер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кистозный фиброз, Муковисцидоз, смешанная форма, с преимущественным поражением кишечника и дыхательных путей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+средства по уходу за центральным катетером (антисептики, салфетки стерильные медицинские, повязки пластырного типа стерильные и не стерильные, очиститель для удаления адгезивов, кран треходовой, канюли аспирационные с антибактериальным воздушным фильтром, удлиненная магистраль для внутривенного введения, совместимая со шприцевыми насосами, светоустойчивый инфузионный мешок для расстворов, заглушка инфузионная, шприцы со съемной иглой (резьбовое соединение с иглой для шприцевых инфузионных насосов), замки для катетера при отключении инфузии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Специализированные лечебные продукты в рамках гарантированного объема бесплатной медицинской помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кистозный фиброз (Муковисцидоз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все типы, вне зависимости от степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специализированные лечебные продукты на основе среднецепочных триглициридов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллезный эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории, состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специализированные лечебные продукты на основе среднецепочных триглициридов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целиакия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети до 18 лет состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специализированные лечебные продукты без содержания глютена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стриктура (непроходимость) пищевода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все категории, состоящие на диспансерном учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Все стадии и степени тяжести</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специализированные лечебные продукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Умеренная белково-энергетическая недостаточность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети до 18 лет состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специализированные лечебные продукты для диетического питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нарушение обмена веществ, Гомоцистинурия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети до 18 лет состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специлизированый сухой продукт для лечебного питания детей старше 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дистония неуточненная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дети до 18 лет состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специализированные лечебные продукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спастический церебральный паралич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все категории состоящие на диспансерном учете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Все стадии и степени тяжести</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специлизированное питание для людей нуждающихся в нутритивной подержке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10823,55 +13930,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>