--- v1 (2025-12-27)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f8e53f5" w14:textId="f8e53f5">
+    <w:p w14:paraId="bc8cb09" w14:textId="bc8cb09">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -833,109 +833,109 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      В приложение 1 предусмотрены изменения решением Западно-Казахстанского областного маслихата от 15.12.2025 </w:t>
+        <w:t xml:space="preserve">      В приложение 1 внесены изменения решением Западно-Казахстанского областного маслихата от 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 22-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводятся в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve"> (введены в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Приложение 1 - в редакции решения Западно-Казахстанского областного маслихата от 24.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15-3</w:t>
+        <w:t>№ 15-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменениями, внесенными решениями Западно-Казахстанского областного маслихата от 13.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1393,51 +1393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сакубитрил + Валсартан таблетки, покрытые оболочкой; Эплеренон, таблетки, покрытые оболочкой Дапаглифлозин таблетка покрытая пленочной оболочкой</w:t>
+Сакубитрил + Валсартан таблетки, покрытые оболочкой; Эплеренон, таблетки, покрытые оболочкой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8064,51 +8064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Раствор микроэлементов для инфузии во флаконах, водорасстворимые витамины, порошок лиофилизированный для инфузий во флаконах, жировые эмульсии, жирорастворимые витамины, эмульсия для инфузий во флаконах</w:t>
+Раствор микроэлементов для инфузии во флаконах, водорасстворимые витамины, порошок лиофилизированный для инфузий во флаконах, жировые эмульсии, жирорастворимые витамины, эмульсия для инфузий во флаконах, Трилекса -"Элексакафтор 100 мг-тезакафтор 50 мг-ивакавтор 150 мг, Трилекса "Элексакафтор 100 мг-тезакафтор 50 мг-ивакафтор 75 мг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>