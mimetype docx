--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3d1fb00" w14:textId="3d1fb00">
+    <w:p w14:paraId="8ae4983" w14:textId="8ae4983">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,108 +85,215 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении коэффициентов зонирования, учитывающих месторасположение объектов налогообложения в городе Усть-Каменогорске и территории, переданной в его административное подчинение</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата города Усть-Каменогорска Восточно-Казахстанской области от 23 ноября 2020 года № 4236. Зарегистрировано Департаментом юстиции Восточно-Казахстанской области 27 ноября 2020 года № 7878</w:t>
+        <w:t>Постановление акимата города Усть-Каменогорска Восточно-Казахстанской области от 23 ноября 2020 года № 4236. Зарегистрировано Департаментом юстиции Восточно-Казахстанской области 27 ноября 2020 года № 7878. Утратило силу постановлением акимата города Усть-Каменогорска Восточно-Казахстанской области от 25 декабря 2025 года № 4081</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением акимата города Усть - Каменогорска Восточно-Казахстанской области от 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4081</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026 года и подлежит официальному опубликованию).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>В тексте документа сохранена пунктуация и орфография оригинала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -219,275 +328,307 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 31 Закона Республики Казахстан от 23 января 2001 года "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и коммуникаций Республики Казахстан от 12 ноября 2018 года № 475 "Об утверждении Методики расчета коэффициента зонирования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 17847), акимат города Усть-Каменогорска ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить коэффициенты зонирования, учитывающие месторасположение объектов налогообложения в городе Усть-Каменогорске и территории, переданной в его административное подчинение, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственному учреждению "Отдел экономики и бюджетного планирования города Усть-Каменогорска" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего постановления в территориальном органе юстиции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в течение десяти календарных дней после государственной регистрации настоящего постановления направление его копии на официальное опубликование в периодические печатные издания, распространяемые на территории города Усть-Каменогорска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размещение настоящего постановления на интернет–ресурсе акимата города Усть-Каменогорска после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата города Усть-Каменогорска от 28 ноября 2019 года № 4769 "Об утверждении коэффициентов зонирования, учитывающих месторасположение объектов налогообложения в городе Усть-Каменогорске и территории, переданной в его административное подчинение" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов 19 декабря 2019 года № 6410, опубликовано 25 декабря 2019 года в газете "Мой город", 24 декабря 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего постановления возложить на заместителя акима города Усть-Каменогорска Искакова А.М.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие с 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7830"/>
-        <w:gridCol w:w="4170"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7830" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -505,51 +646,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким города Усть-Каменогорска</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4170" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -562,51 +703,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Омар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7830" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -619,232 +760,294 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"СОГЛАСОВАНО":</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Исполняющий обязанности </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">руководителя республиканского </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">государственного учреждения </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">"Управление государственных </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">доходов по городу Усть-Каменогорск </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Департамента государственных доходов </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">по Восточно-Казахстанской области </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Комитета государственных доходов </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерства финансов </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан" </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"__________2020 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_____________________ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4170" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -961,7570 +1164,7571 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Акима города Усть-Каменогорска </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 ноября 2020 года № 4236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение объектов налогообложения в городе Усть-Каменогорске и территории, переданной в его административное подчинение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="597"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
     № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Территория участка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент зонирования для расчета налогооблагаемой стоимости квартир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент зонирования для расчета налогооблагаемой стоимости индивидуальных жилых домов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент зонирования для расчета налогооблагаемой стоимости дач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициент зонирования для расчета налогооблагаемой стоимости гаражей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 1: территория дачного массива, находящегося южнее аэропорта, за исключением дач, находящихся юго-восточнее массива Прохладный.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 1: территория массива Старая Согра от берега реки Ульба до улицы Охотской. С улицы Охотской граница участка проходит на север по переулку Вешнему до пересечения с улицей Дружинников, затем до пересечения с улицей Целиноградской до улицы Согринской. Далее по улице Согринской до жилого массива Новый подхоз и Старый подхоз, включая их территории. В состав данного участка также вошли земли жилого массива Новая гавань и дачного массива, находящегося рядом с ним, а также район жилого массива Мельзавод 10-й.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 2: территория полуострова Комендантский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 2: территория города, граничащая с северной стороны с промышленным узлом в следующих границах: от улицы Бажова по границе территории промышленного предприятия до проспекта Нурсултана Назарбаева, затем по проспекту до пересечения с улицей Белинского, с улицей Михаэлиса, далее до улицы Алматинской. Затем в северо-восточную сторону до проспекта Шәкәріма, по проспекту Шәкәріма до пересечения с улицей Красина, до переулка Саратовского, улицы Роза Люксембург и до улицы Тихой, исключая многоэтажную застройку. Далее граница проходит по левому берегу реки Ульба до проспекта Абая, затем на юг до пересечения с улицей Тракторной и вдоль нее до промышленного узла.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 3 оценочной зоны N 2: территория массива Прохладный, а также район частного сектора. Границы оценочной зоны проходят вдоль переулка 2-й Паровозный, до улицы Деповской, затем до пересечения с переулком 1-й Паровозный, до улицы Элеваторной, вдоль нее до улицы Грейдерной и до улицы Вытяжной тупик, затем по улице Нефтяной до переулка Западный и до проспекта Нурсултана Назарбаева. Далее по проспекту Нурсултана Назарбаева до улицы Мостовой, по улице Сафонова до улицы Гурьевской, по переулку Целинный до улицы Пограничной и по реке Иртыш. Далее границы оценочной зоны проходят вдоль правого берега реки Иртыш до дачного массива, находящегося южнее аэропорта, и до района Прохладный.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 4 оценочной зоны N 2: территория жилого района Защита и промышленного узла с юго-восточной стороны.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 3: территория жилого района Новая Согра в границах улиц Охотская (Согринская) до переулка Вешнего и до улицы Егорова, до улицы Менделеева, включая многоэтажную застройку.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 3: территория дачного массива, находящегося северо-западнее поселка Мирный.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 3 оценочной зоны N 3: территория дачного массива, находящегося юго-западнее поселка Мирный.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 4 оценочной зоны N 3: территория дачного массива, находящегося на правом берегу реки Иртыш южнее жилого массива Аблакетка и территория товарищества с ограниченной ответственностью "Усть-Каменогорский конденсаторный завод".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 5 оценочной зоны N 3: территория жилых массивов в районах аэропорта и Кирзавода.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 4: территория жилого массива Мирный и территория акционерного общества "Востокмашзавод". Границы участка проходят вдоль проспекта Нурсултана Назарбаева до пересечения с бульваром Гагарина, вдоль парка Металлургов, исключая его территорию, до улицы Виноградова, затем вдоль нее до пересечения с улицей Белинского, далее по улице Михаэлиса до улицы Алматинской, до улицы 30-й Гвардейской Дивизии, улицы Карбышева, затем вдоль правого берега реки Иртыш до улицы Актюбинской, вдоль дачного массива до улицы Дружбы, до улицы Целинной вдоль частного сектора до улицы Сафонова и по переулку Лопатинский до проспекта Нурсултана Назарбаева.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 4: территория поселка имени Красина, гаражные кооперативы и другие объекты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 3 оценочной зоны N 4: территория индивидуальной жилой застройки северо-восточной части жилого массива Аблакетка в пределах улицы Северной, а также дачные массивы в районе Лесхоза.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 5: территория левого берега реки Иртыш в границах улицы Иртышской до пересечения с проспектом имени Каныша Сатпаева до 14 жилого района (район КШТ), вдоль границы поселка Металлург до улицы Прииртышской, далее по левому берегу реки Иртыш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 5: территория промышленных предприятий и дачного массива в северо-восточной части города в границах улицы Согринской, улицы Егорова, вдоль нее до улицы Менделеева и до переулка Вешнего.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 3 оценочной зоны N 5: территория жилого массива Шмелев лог в границах улицы Мызы до побережья реки Ульба.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 4 оценочной зоны N 5: территория промышленных объектов, находящихся с южной стороны от железной дороги в границах улицы Деповской до 1-го Паровозного переулка, до улицы Нефтяной, включая железнодорожную ветку со всеми объектами.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 5 оценочной зоны N 5: территория жилого массива Лесозавод от правого берега реки Иртыш до дачного массива, находящегося восточнее массива Лесозавод.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 6: территория производственных объектов в районе акционерного общества "Усть-Каменогорский арматурный завод", территории отстойников, поселок Загородный и дачный массив, находящийся северо-западнее массива Старая Согра.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 6: территория жилого массива 14 жилого района (район КШТ), 23-го жилого района, дачные массивы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 3 оценочной зоны N 6: территория жилого массива Аблакетка в границах улицы Северной, дачного массива до правого берега реки Иртыш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 7: территория поселка Металлург и поселка Ульбинский, до левого берега реки Иртыш. В данный участок не входит дачный массив.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 7: территория Северного промышленного узла.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 1 оценочной зоны N 8: территория центральной части города микрорайона Стрелка в границах набережной имени Е.П. Славского до улицы имени Александра Протозанова, до улицы Мызы. Далее по улице Новаторов, по улице имени Кабанбая батыра, вдоль правого берега реки Иртыш до набережной имени Е.П. Славского.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Участок N 2 оценочной зоны N 8: Центральная часть города в районе дворца Спорта, территорию от проспекта Абая до улицы Космической, от проспекта Шәкәрім до улицы Красина, до левого берега реки Ульба. Далее граница участка проходит вдоль берега до улицы Астаны, включая в себя территорию Студенческого городка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Меновное.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Ново-Троицкое.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Ново-Явленка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Ново-Ахмирово.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Ахмирово.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Самсоновка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с. Прудхоз.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="666" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="597" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8578,63 +8782,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8956,35 +9182,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>