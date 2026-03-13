--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="030ec28" w14:textId="030ec28">
+    <w:p w14:paraId="50a2370" w14:textId="50a2370">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1101,51 +1101,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечение десяти календарных дней после дня его первого официального опубликования); от 02.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 05</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечение десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1197,13926 +1217,13861 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Учаскесі</w:t>
-[...71 lines deleted...]
-Шекаралары</w:t>
+Участок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Местонахождение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...35 lines deleted...]
-№ 200 сайлау учаскесі</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z24" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Булаев қаласы,</w:t>
+Избирательный участок</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маяковский көшесі, 16, "Солтүстік Қазақстан облысы әкімдігінің білім басқармасы" коммуналдық мемлекеттік мекемесінің "Мағжан Жұмабаев ауданының білім бөлімі" коммуналдық мемлекеттік мекемесі "Булаев мектеп-сәбижай-балабақша кешені" коммуналдық мемлекеттік мекемесінің ғимараты</w:t>
+№ 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z25" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Булаев қаласы,</w:t>
+город Булаево,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Юбилейная көшесі, №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12б, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31а, 31б, 31, 32 үйлері;</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>улица Маяковского, 16,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Булаевский комплекс школа-ясли-сад" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z27" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шоферская көшесі, №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 35, 35а үйлері;</w:t>
+              <w:t>улица Юбилейная, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12б, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31а, 31б, 32;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пионерская көшесі, №: 15, 17, 19, 21, 23, 25, 27, 29, 32, 34, 36, 38, 38а, 40, 42, 44, 44а, 46, 48, 50, 52, 54 үйлері;</w:t>
+              <w:t>улица Шоферская, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 35, 35а;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Восточная көшесі, №: 1, 1в, 1б, 5, 5а, 7, 9, 11, 13, 15, 17, 19, 21, 22, 31б үйлері;</w:t>
+              <w:t>улица Пионерская, дома №: 15, 17, 19, 21, 23, 25, 27, 29, 32, 34, 36, 38, 38а, 40, 42, 44, 44а, 46, 48, 50, 52, 54;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Деповская көшесі, №: 1, 1а, 1б, 2, 2а, 2б, 2в, 3, 4, 5, 5а, 6, 7, 7а, 8, 8а, 9, 22, 26 үйлері;</w:t>
+              <w:t>улица Восточная, дома №: 1, 1в, 1б, 5, 5а, 7, 9, 11, 13, 15, 17, 19, 21, 22, 31б;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кәрім Сүтішев көшесі, №: 1, 2, 3, 4, 5, 6, 6а, 8 үйлері;</w:t>
+              <w:t>улица Деповская, дома №: 1а, 1б, 1, 2, 2а, 2б, 2в, 3, 4, 5, 5а, 6, 7, 7а, 8, 8а, 9, 22, 26;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Чехов көшесі, №: 1, 1а, 1б, 1в, 2, 3, 3а, 4, 5, 5а, 6, 7, 7а, 7б, 8, 9, 9а, 11, 11а, 13, 14, 15, 15а, 16, 17, 18, 18а, 18б, 19, 19а, 20, 21, 21а, 22, 23, 23а, 25, 26, 27, 29, 29а, 29б, 29в, 32, 35, 47 үйлері;</w:t>
+              <w:t>улица Карима Сутюшева, дома №: 1, 2, 3, 4, 5, 6, 6а, 8;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Московская көшесі, №: 1, 1а, 2, 2а, 3, 3а, 4, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 19, 20, 22, 23, 24, 24а, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 37а, 38, 38а, 39, 40 үйлері;</w:t>
+              <w:t>улица Чехова, дома №: 1, 1а, 1б, 1в, 2, 3, 3а, 4, 5, 5а, 6, 7, 7а, 7б, 8, 9, 9а, 11, 11а, 13, 14, 15, 15а, 16, 17, 18, 18а, 18б, 19, 19а, 20, 21, 21а, 22, 23, 23а, 25, 26, 27, 29, 29а, 29б, 29в, 32, 35, 47;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Маяковский көшесі, №: 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 32, 33, 33а, 35, 36, 37, 37а, 38, 39, 40 үйлері;</w:t>
+              <w:t>улица Московская, дома №: 1, 1а, 2, 2а, 3, 3а, 4, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 19, 20, 22, 23, 24, 24а, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 37а, 38, 38а, 39, 40;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Островский көшесі, №: 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32, 33, 34, 34а, 35, 36, 37, 38, 38а, 40, 42, 44, 46, 46а, 48, 50 үйлері;</w:t>
+              <w:t>улица Маяковского, дома №: 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 32, 33, 33а, 35, 36, 37, 37а, 38, 39, 40;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Молодежная көшесі, №: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 11а, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 22, 23, 24, 25, 26, 30, 32;</w:t>
+              <w:t>улица Островского, дома №: 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32, 33, 34, 34а, 35, 36, 37, 38, 38а, 40, 42, 44, 46, 46а, 48, 50;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тельман көшесі, №: 1, 1а, 1б, 2, 2а, 2д, 3, 4, 4а, 5, 6, 6а, 8, 9 үйлері;</w:t>
+              <w:t>улица Молодежная, дома №: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 11а, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 22, 23, 24, 25, 26, 30, 32;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Линейная көшесі, №: 4, 4а, 4г, 6, 8, 10, 12, 14, 16, 18, 22, 28 үйлері;</w:t>
+              <w:t>улица Тельмана, дома №: 1, 1а, 1б, 2, 2а, 2д, 3, 4, 4а, 5, 6, 6а, 8, 9;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кирпичная көшесі, №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 11 үйлері;</w:t>
+              <w:t>улица Линейная, дома №: 4, 4а, 4г, 6, 8, 10, 12, 14, 16, 18, 22, 28;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Попов көшесі, №: 1, 2, 2а, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24а, 26, 28, 28а, 30, 32, 34, 36, 38, 40, 40а, 42, 44 үйлері;</w:t>
+              <w:t>улица Кирпичная, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 11;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Олег Кошевой көшесі, №: 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 18а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44 үйлері;</w:t>
+              <w:t>улица Попова, дома №: 1, 2, 2а, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24а, 26, 28, 28а, 30, 32, 34, 36, 38, 40, 40а, 42, 44;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Заводская көшесі, №: 1, 1а, 2, 3, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 30 үйлері;</w:t>
+              <w:t>улица Олега Кошевого, дома №: 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 18а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шоссейная көшесі, №: 1, 3, 4, 4а, 4б, 4в, 5, 7, 13, 15, 17, 19, 25 үйлері;</w:t>
+              <w:t>улица Заводская, дома №: 1, 1а, 2, 3, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 30;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мағжан Жұмабаев көшесі, №: 2, 3, 5, 5а, 7, 9, 11, 13, 15, 17, 19, 25, 42 үйлері;</w:t>
+              <w:t>улица Шоссейная, дома №: 1, 3, 4, 4а, 4б, 4в, 5, 7, 13, 15, 17, 19, 25;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Водопроводная көшесі, №: 1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 7, 7а, 7б, 8, 9, 9а, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32 үйлері;</w:t>
+              <w:t>улица Магжана Жумабаева, дома №: 2, 3, 5, 5а, 7, 9, 11, 13, 15, 17, 19, 25, 42;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Олег Кошевой қысқа көшесі, №: 2, 3, 4, 5, 6, 7, 8, 38, 44 үйлері;</w:t>
-[...17 lines deleted...]
-Заводская қысқа көшесі, № 1, 2, 5, 7, 8, 9, 9а, 10, 11, 12, 13, 13а, 14, 15, 15а, 16 үйлері.</w:t>
+              <w:t>улица Водопроводная, дома №: 1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 7, 7а, 7б, 8, 9, 9а, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проезд Олега Кошевого, дома №: 2, 3, 4, 5, 6, 7, 8, 38, 44;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+проезд Заводской, дома №: 1, 2, 5, 7, 8, 9, 9а, 10, 11, 12, 13, 13а, 14, 15, 15а, 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="16"/>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z49" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Комаров көшесі, 16,</w:t>
-[...57 lines deleted...]
-          <w:bookmarkEnd w:id="17"/>
+              <w:t>улица Комарова, 16,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Средняя школа имени Магжана Жумабаева" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z52" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пионерская көшесі, №: 1, 1а, 2, 2а, 2б, 2в, 2г, 2д, 2е, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 9б, 9в, 10, 11, 11а, 13, 14, 16, 16а, 16б, 16в, 18, 18а, 18б, 20, 22, 22а, 22б, 24, 26, 26а, 28, 28а, 30 үйлері;</w:t>
+              <w:t>улица Пионерская, дома №: 1, 1а, 2, 2а, 2б, 2в, 2г, 2д, 2е, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 9б, 9в, 10, 11, 11а, 13, 14, 16, 16а, 16б, 16в, 18, 18а, 18б, 20, 22, 22а, 22б, 24, 26, 26а, 28, 28а, 30;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Целинная көшесі, №: 20, 22, 23, 23а, 24, 26, 28, 29, 29а, 29б, 31, 31а, 31в, 32, 33, 34, 34б, 35, 36, 37, 37а, 38, 39, 40, 42, 43, 44, 44а, 45, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55а, 56, 58, 60, 62, 64, 66, 68, 68а, 70, 72, 74, 76, 78 үйлері;</w:t>
+              <w:t>улица Целинная, дома №: 20, 22, 23, 23а, 24, 26, 28, 29, 29а, 29б, 31, 31а, 31в, 32, 33, 34,34б, 35, 36, 37, 37а, 38, 39, 40, 42, 43, 44, 44а, 45, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55а, 56, 58, 60, 62, 64, 66, 68, 68а, 70, 72, 74, 76, 78;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Береговая көшесі, №: 80, 83 үйлері;</w:t>
+              <w:t>улица Береговая, дома №: 80, 83;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Абай Құнанбаев көшесі, №: 82, 86 үйлері;</w:t>
+              <w:t>улица Абая Кунанбаева, дома №: 82, 86;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әлия Молдағұлова көшесі, №: 65, 69, 70, 71, 72, 73 үйлері;</w:t>
+              <w:t>улица Алии Молдагуловой, дома №: 65, 69, 70, 71, 72, 73;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ыбырай Алтынсарин көшесі, №: 64, 69, 71 үйлері;</w:t>
+              <w:t>улица Ыбырая Алтынсарина, дома №: 64, 69, 71;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Комаров көшесі, №: 1, 3, 4, 5, 6, 7, 8, 8а, 8б, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 23, 25 үйлері;</w:t>
+              <w:t>улица Комарова, дома №: 1, 3, 4, 5, 6, 7, 8, 8а, 8б, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 23, 25;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Южная көшесі, №: 1, 1а, 2, 3, 4, 5, 6, 6а, 6б, 6 в, 7, 8, 10, 11, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47 үйлері;</w:t>
+              <w:t>улица Южная, дома №: 1, 1а, 2, 3, 4, 5, 6, 6а, 6б, 6 в, 7, 8, 10, 11, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Спортивная көшесі, №: 4, 6 үйлері;</w:t>
+              <w:t>улица Спортивная, дома №: 4, 6;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Школьная көшесі, №: 1, 3, 4, 5, 6, 7, 8, 9, 10, 11 үйлері;</w:t>
+              <w:t>улица Школьная, дома №: 1, 3, 4, 5, 6, 7, 8, 9, 10, 11;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Энергетиктер көшесі, №: 1, 2, 2а, 2в, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 19, 21, 21а, 23, 25, 25а, 27 үйлері;</w:t>
+              <w:t>улица Энергетиков, дома №: 1, 2, 2а, 2в, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 19, 21, 21а, 23, 25, 25а, 27;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мұхтар Әуэзов көшесі, №: 1, 2, 2а, 3, 3а, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 33 үйлері;</w:t>
+              <w:t>улица Мухтара Ауэзова, дома №: 1, 2, 2а, 3, 3а, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 33;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ново-Целинная көшесі, №: 2, 2а, 3, 3а, 4, 4а, 5, 6, 6а, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24 үйлері;</w:t>
+              <w:t>улица Ново-Целинная, дома №: 2, 2а, 3, 3а, 4, 4а, 5, 6, 6а, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Королев көшесі, №: 1, 1б, 2, 3, 3а, 3б, 5, 7, 9, 9а, 11, 11а, 12, 13, 14, 15, 17, 19, 21, 23 үйлері;</w:t>
+              <w:t>улица Королева, дома №: 1, 1б, 2, 3, 3а, 3б, 5, 7, 9, 9а, 11, 11а, 12, 13, 14, 15, 17, 19, 21, 23;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Королев қысқа көшесі, №: 11, 13 үйлері;</w:t>
+              <w:t>проезд Королева, дома №: 11, 13;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пионерский қысқа көшесі, №: 1, 3, 4, 4а, 4б, 5, 7а, 9, 10 үйлері;</w:t>
+              <w:t>проезд Пионерский, дома №: 1, 3, 4, 4а, 4б, 5, 7а, 9, 10;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Гоголь көшесі, №: 1, 2, 3, 4, 5, 6, 7, 8, 10, 12, 14, 16, 18 үйлері;</w:t>
-[...17 lines deleted...]
-Лихачев көшесі, №: 1, 2, 3, 5, 6, 8, 9, 10, 11, 14, 15, 16, 18, 20 үйлері.</w:t>
+              <w:t>улица Гоголя, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 10, 12, 14, 16, 18;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Лихачева, дома №: 1, 2, 3, 5, 6, 8, 9, 10, 11, 14, 15, 16, 18, 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...131 lines deleted...]
-          <w:bookmarkEnd w:id="19"/>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z70" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z71" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Сабита Муканова, 34, здание коммунального государственного учреждения "Школа-гимназия имени Батыр Баяна" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z72" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Юбилейная көшесі, №: 33, 33а, 35, 36, 37, 38, 39, 41, 41а, 44, 46, 54, 56, 58, 60 үйлері;</w:t>
+              <w:t>улица Юбилейная, дома №: 33, 33а, 35, 36, 37, 38, 39, 41, 41а, 44, 46, 54, 56, 58, 60;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Целинная көшесі, №: 2а, 3, 3а, 5, 6, 7, 9, 10, 11, 13, 14, 15, 16, 17, 18 үйлері;</w:t>
+              <w:t>улица Целинная, дома №: 2а, 3, 3а, 5, 6, 7, 9, 10, 11, 13, 14, 15, 16, 17, 18;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Восточная көшесі, №: 3, 3а, 6, 8, 10, 12 үйлері;</w:t>
+              <w:t>улица Восточная, дома №: 3, 3а, 6, 8, 10, 12;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ленинградская көшесі, № 1, 2, 3, 4, 6, 7, 9, 9а, 12, 14, 14а үйлері;</w:t>
+              <w:t>улица Ленинградская, дома №: 1, 2, 3, 4, 6, 7, 9, 9а, 12, 14, 14а;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тарас Шевченко көшесі, №: 1, 3, 4, 5, 6, 7, 9, 12, 13, 15, 17, 19, 19а, 21 үйлері;</w:t>
+              <w:t>улица Тараса Шевченко, дома №: 1, 3, 4, 5, 6, 7, 9, 12, 13, 15, 17, 19, 19а, 21;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пятилетка көшесі, № 2, 3, 4, 5, 6, 11, 12 үйлері;</w:t>
+              <w:t>улица Пятилетка, дома №: 2, 3, 4, 5, 6, 11, 12;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Комсомольская көшесі, №: 1, 7, 8, 9, 10, 12, 15, 17, 18 үйлері;</w:t>
+              <w:t>улица Комсомольская, дома №: 1, 7, 8, 9, 10, 12, 15, 17, 18;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Чапаев көшесі, №: 1, 2, 3, 4, 5, 8, 9, 10, 11, 12, 13, 16, 18, 19, 20, 21, 22, 23, 24 үйлері;</w:t>
+              <w:t>улица Чапаева, дома №: 1, 2, 3, 4, 5, 8, 9, 10, 11, 12, 13, 16, 18, 19, 20, 21, 22, 23, 24;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Батыр Баян көшесі, №: 1, 2, 3, 4, 5, 6, 10, 11, 14, 15, 23, 27 үйлері;</w:t>
+              <w:t>улица Батыра Баяна, дома №: 1, 2, 3, 4, 5, 6, 10, 11, 14, 15, 23, 27;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ыбырай Алтынсарин көшесі, №: 1, 3, 4, 6, 7, 9, 23, 24, 25, 26, 27, 29, 30, 31, 33, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67 үйлері;</w:t>
+              <w:t>улица Ыбырая Алтынсарина, дома №: 1, 3, 4, 6, 7, 9, 23, 24, 25, 26, 27, 29, 30, 31, 33, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Әлия Молдағұлова көшесі, № 1, 8, 14, 15, 16, 17, 18, 19, 20, 21, 23, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 45, 46, 47, 48, 49, 50, 51, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 68 үйлері;</w:t>
+              <w:t>улица Алии Молдагуловой, дома №: 1, 8, 14, 15, 16, 17, 18, 19, 20, 21, 23, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 45, 46, 47, 48, 49, 50, 51, 53, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 68;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Абай Құнанбаев көшесі, №: 5, 6, 8, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22а, 22, 23, 23а, 24, 24а, 25, 26, 27, 29, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 41а, 43, 44, 45, 46, 47, 48, 48а, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 77, 78, 80 үйлері;</w:t>
+              <w:t>улица Абая Кунанбаева, дома №: 5, 6, 8, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 22а, 23, 23а, 24, 24а, 25, 26, 27, 29, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 41а, 43, 44, 45, 46, 47, 48, 48а, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 77, 78, 80;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Береговая көшесі, №: 5, 9, 10, 14, 15, 17, 19, 20, 21, 21а, 22, 23, 23а, 24, 25, 27, 30, 32, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 45, 49, 50, 51, 51а, 52, 53, 55, 58, 59, 60, 60а, 61, 62, 63, 64, 64а, 65, 65а, 67, 68, 69, 74, 75, 76, 77 үйлері;</w:t>
+              <w:t>улица Береговая, дома №: 5, 9, 10, 14, 15, 17, 19, 20, 21, 21а, 22, 23, 23а, 24, 25, 27, 30, 32, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 45, 49, 50, 51, 51а, 52, 53, 55, 58, 59, 60, 60а, 61, 62, 63, 64, 64а, 65, 65а, 67, 68, 69, 74, 75, 76, 77;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тахир Мусаев көшесі, № 2, 3, 4, 7, 7а, 8, 10, 11, 12, 13,14 үйлері;</w:t>
+              <w:t>улица Тахира Мусаева, дома №: 2, 3, 4, 7, 7а, 8, 10, 11, 12, 13,14;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Никулин көшесі, № 9, 13, 15, 16, 17, 18 үйлері;</w:t>
+              <w:t>улица Никулина, дома №: 9, 13, 15, 16, 17, 18;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Чкалов көшесі, № 1, 2, 5, 10, 13, 17, 19, 23 үйлері;</w:t>
+              <w:t>улица Чкалова, дома №: 1, 2, 5, 10, 13, 17, 19, 23;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Семен Киреев көшесі, № 1, 2, 3, 4, 5, 6, 7, 9, 12, 15, 16, 16а, 17, 18, 19, 20, 21, 23, 25, 26, 27, 28, 29, 30, 31, 31а, 32, 32а, 34, 35, 37а, 37, 38, 38а, 39, 40, 41, 42, 42а, 43, 44, 44а, 45, 46, 47а, 47б, 48, 49, 51, 52а, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 62, 62а, 63, 64, 65, 66, 68, 70, 72 үйлері;</w:t>
+              <w:t>улица Семена Киреева, дома №: 1, 2, 3, 4, 5, 6, 7, 9, 12, 15, 16, 16а, 17, 18, 19, 20, 21, 23, 25, 26, 27, 28, 29, 30, 31, 31а, 32, 32а, 34, 35, 37,37а, 38, 38а, 39, 40, 41, 42, 42а, 43, 44, 44а, 45, 46, 47а, 47б, 48, 49, 51, 52а, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 62, 62а, 63, 64, 65, 66, 68, 70, 72;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пушкин көшесі, №: 2, 3, 4, 7, 12, 13, 15, 18, 20, 20а, 22, 26, 27, 28, 29, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46а, 48, 49, 51, 53 үйлері;</w:t>
+              <w:t>улица Пушкина, дома №: 2, 3, 4, 7, 12, 13, 15, 18, 20, 20а, 22, 26, 27, 28, 29, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46а, 48, 49, 51, 53;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Первомайская көшесі, №: 1, 2, 3, 4, 4а, 5, 6, 6а, 7, 7а, 8, 8а, 10, 10а, 11, 11а, 12а, 14а, 16, 16а, 19, 20, 20а, 22, 22а, 22б үйлері;</w:t>
+              <w:t>улица Первомайская, дома №: 1, 2, 3, 4, 4а, 5, 6, 6а, 7, 7а, 8, 8а, 10, 10а, 11, 11а, 12а, 14а, 16, 16а, 19, 20, 20а, 22, 22а, 22б;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сәбит Мұқанов көшесі, №: 1, 1а, 1б, 1в, 1г, 1д, 2, 2а, 2б, 2в, 2г, 3, 3а, 3б, 4, 4а, 4б, 5, 6, 6а, 6б, 6в, 7, 8, 9, 10, 11, 11а, 12, 12а, 13, 14, 15, 15а, 15б,15в, 16, 17, 18, 20, 21, 22, 24а, 25, 26, 27, 29, 31, 31а, 31б, 32, 32а, 32б, 33, 33а, 33б, 33в, 33г, 34, 34а, 35, 35а, 35б, 35в, 35г, 35д, 36, 37, 37а, 37б, 37в, 38, 39, 40, 41, 41а, 42, 43, 43а, 44, 45, 45б, 46, 46а, 46б, 48, 49, 50, 51, 52, 53, 54, 54а, 55, 57, 58а, 59, 61, 63, 64, 66, 70 үйлері;</w:t>
+              <w:t>улица Сабита Муканова, дома №: 1, 1а, 1б, 1в, 1г, 1д, 2, 2а, 2б, 2в, 2г, 3, 3а, 3б, 4, 4а, 4б, 5, 6, 6а, 6б, 6в, 7, 8, 9, 10, 11, 11а, 12, 12а, 13, 14, 15, 15а, 15в, 15б, 16, 17, 18, 20, 21, 22, 24а, 25, 26, 27, 29, 31, 31а, 31б, 32, 32а, 32б, 33, 33а, 33б, 33в, 33г, 34, 34а, 35, 35а, 35б, 35в, 35г, 35д, 36, 37, 37а, 37б, 37в, 38, 39, 40, 41, 41а, 42, 43, 43а, 44, 45, 45б, 46, 46а, 46б, 48, 49, 50, 51, 52, 53, 54а, 54, 55, 57, 58а, 59, 61, 63, 64, 66, 70;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Вокзальная көшесі, №: 1 үйі;</w:t>
+              <w:t>улица Вокзальная, дом №: 1;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Элеваторный көшесі, №: 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 25а, 26, 27, 28, 29, 29а, 30, 31, 32, 33, 34, 35 үйлері;</w:t>
+              <w:t>улица Элеваторная, дома №: 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 25а, 26, 27, 28, 29, 29а, 30, 31, 32, 33, 34, 35;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рабочий көшесі, №: 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 19 үйлері;</w:t>
+              <w:t>улица Рабочая, дома №: 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 19;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Озерный көшесі, 1, 1а, 3, 5, 7, 7а, 9, 11, 12, 13, 14, 14а, 15, 16, 18, 19, 20, 21, 23, 25, 27, 29, 31 үйлері;</w:t>
+              <w:t>улица Озерная, дома №: 1, 1а, 3, 5, 7, 7а, 9, 11, 12, 13, 14, 14а, 15, 16, 18, 19, 20, 21, 23, 25, 27, 29, 31;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Привокзальная алаңы көшесі, №: 1, 2, 4, 5, 6, 12, 13, 14, 16 18 үйлері;</w:t>
+              <w:t>улица Привокзальная площадь, дома №: 1, 2, 4, 5, 6, 12, 13, 14, 16 18;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Элеваторный тұйық көшесі, № 4, 5, 6 үйлері;</w:t>
+              <w:t>переулок Элеваторный, дома №: 4, 5, 6;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Элеваторный қысқа көшесі, № 3, 4, 5, 7, 8 үйлері;</w:t>
+              <w:t>проезд Элеваторный, дома №: 3, 4, 5, 7, 8;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мәншүк Мәметова көшесі, № 1, 2, 3, 4, 5, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 34, 36, 38 үйлері;</w:t>
-[...17 lines deleted...]
-Набережный көшесі, № 3, 5, 11, 13, 15, 19, 19а, 27, 29, 33 үйлері.</w:t>
+              <w:t>улица Маншук Маметовой, дома №: 1, 2, 3, 4, 5, 7, 8, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 34, 36, 38;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Набережная, дома №: 3, 5, 11, 13, 15, 19, 19а, 27, 29, 33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="20"/>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z102" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Мира, 8Г, административное здание коммунального государственного учреждения "Отдел предпринимательства района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z103" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мир көшесі, 8Г,</w:t>
-[...57 lines deleted...]
-          <w:bookmarkEnd w:id="21"/>
+              <w:t>улица Батыр Баяна, дома №: 28, 29, 30, 31, 32, 33, 34, 36, 37, 38, 39, 39а, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 65а, 66, 67, 67а, 68, 69, 70, 71, 73, 79, 79а;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Батыр Баян көшесі, №: 28, 29, 30, 31, 32, 33, 34, 36, 37, 38, 39, 39а, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 65а, 66, 67, 67а, 68, 69, 70, 71, 73, 79, 79а үйлері;</w:t>
+              <w:t>улица Чапаева, дома №: 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 48, 49, 50, 51, 52, 53, 55, 56, 57, 58, 58а, 59, 60, 61, 63, 64, 65, 68;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Чапаев көшесі, №: 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 48, 49, 50, 51, 52, 53, 55, 56, 57, 58, 58а, 59, 60, 61, 63, 64, 65, 68 үйлері;</w:t>
+              <w:t>улица Комсомольская, дома №: 20, 22, 23, 25, 27, 28, 29, 30, 33, 35, 36, 37, 38, 38а, 38б, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 58;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Комсомольская көшесі, №: 20, 22, 23, 25, 27, 28, 29, 30, 33, 35, 36, 37, 38, 38а, 38б, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 58 үйлері;</w:t>
+              <w:t>улица Пятилетка, дома №: 17, 18, 19, 20, 21, 22, 26, 27, 27а, 28, 29, 31, 36, 37, 38, 38б, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 56;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Пятилетка көшесі, №: 17, 18, 19, 20, 21, 22, 26, 27, 27а, 28, 29, 31, 36, 37, 38, 38б, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 56 үйлері;</w:t>
+              <w:t>улица Тараса Шевченко, дома №: 16, 17, 18, 20, 22, 23, 25, 27, 28, 29, 30, 35, 36, 37, 38, 39, 40, 42, 43, 44, 45, 46, 47, 49, 51, 53, 55;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тарас Шевченко көшесі, №: 16, 17, 18, 20, 22, 23, 25, 27, 28, 29, 30, 35, 36, 37, 38, 39, 40, 42, 43, 44, 45, 46, 47, 49, 51, 53, 55 үйлері;</w:t>
+              <w:t>улица Ленинградская, дома №: 13, 15, 17, 18, 20, 23, 25, 26, 27, 28, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ленинградская көшесі, №: 13, 15, 17, 18, 20, 23, 25, 26, 27, 28, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47 үйлері;</w:t>
+              <w:t>улица Тахира Мусаева, дома №: 24, 25, 26, 27, 28, 29, 30, 31, 32, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 80, 81, 82, 82а, 83, 84, 84а, 84б, 84в, 85, 86, 86а, 86б, 87, 88, 89, 90, 91, 92, 93, 95, 97, 99, 101, 103, 105;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Тахир Мұсаев көшесі, № 24, 25, 26, 27, 28, 29, 30, 31, 32, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 80, 81, 82, 82а, 83, 84, 84а, 84б, 84в, 85, 86, 86а, 86б, 87, 88, 89, 90, 91, 92, 93, 95, 97, 99, 101, 103, 105 үйлері;</w:t>
+              <w:t>улица Никулина, дома №: 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94а, 95, 96, 98, 100, 100а;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Никулин көшесі, № 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 94а, 95, 96, 98, 100, 100а үйлері;</w:t>
+              <w:t>улица Чкалова, дома №: 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46а, 47, 48, 49, 51, 52, 54, 55, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 68а, 69, 70, 71, 71а, 72, 72а, 73, 74, 75, 75а, 76, 77, 78, 79, 80, 81, 82, 83, 85, 87, 87а, 93, 95;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Чкалов көшесі, № 26, 27, 28, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46а, 47, 48, 49, 51, 52, 54, 55, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 68а, 69, 70, 71, 71а, 72, 72а, 73, 74, 75, 75а, 76, 77, 78, 79, 80, 81, 82, 83, 85, 87, 87а, 93, 95 үйлері;</w:t>
+              <w:t>улица 1–Западная, дома №: 2, 3, 4, 5, 10, 11, 13, 16, 17, 18, 19, 21, 24, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1–Западная көшесі, № 2, 3, 4, 5, 10, 11, 13, 16, 17, 18, 19, 21, 24, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43 үйлері;</w:t>
+              <w:t>улица 2–Западная, дома №: 1, 2, 3а, 4, 5, 7, 10, 12, 13, 15, 18, 20, 21, 22, 23, 25, 27, 28, 29, 30, 31, 32, 34, 36, 38;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2–Западная көшесі, №: 1, 2, 3а, 4, 5, 7, 10, 12, 13, 15, 18, 20, 21, 22, 23, 25, 27, 28, 29, 30, 31, 32, 34, 36, 38 көшесі;</w:t>
+              <w:t>улица 3–Западная, дома №: 3, 4, 6, 9, 11, 12, 14, 16, 17, 19, 20, 21, 23, 24, 24а, 25, 26, 26а, 27, 28, 29, 30, 32, 34;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3–Западная көшесі, №: 3, 4, 6, 9, 11, 12, 14, 16, 17, 19, 20, 21, 23, 24, 24а, 25, 26, 26а, 27, 28, 29, 30, 32, 34 үйлері;</w:t>
+              <w:t>улица Жабаева, дома №: 3, 4, 5, 6, 7, 11, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Жабаев көшесі, №: 3, 4, 5, 6, 7, 11, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31 үйлері;</w:t>
+              <w:t>улица Зеленая, дома №: 1, 3, 4, 6, 8, 9, 10, 11, 12, 14, 15, 15а, 20, 21, 21а, 21б, 22, 22а, 23, 24, 24а, 25, 26, 27, 28, 30, 31, 32, 33, 35, 42, 44, 46, 47, 48, 49, 50, 52, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 83, 85, 87, 89, 91;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Зеленая көшесі, 1, 3, 4, 6, 8, 9, 10, 11, 12, 14, 15, 15а, 20, 21, 21а, 21б, 22, 22а, 23, 24, 24а, 25, 26, 27, 28, 30, 31, 32, 33, 35, 42, 44, 46, 47, 48, 49, 50, 52, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 83, 85, 87, 89, 91 үйлері;</w:t>
+              <w:t>улица Медиков, дома №: 3, 5, 7, 11, 12, 13, 14, 14а, 15, 16, 16а, 16б, 17, 17а, 18, 19, 20, 21, 22, 28;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Медиков көшесі, №: 3, 5, 7, 11, 12, 13, 14, 14а, 15, 16, 16а, 16б, 17, 17а, 18, 19, 20, 21, 22, 28 үйлері;</w:t>
+              <w:t>улица Луговая, дома №: 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 28а, 29, 29а, 30, 31, 31а, 32, 33, 33а;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Луговая көшесі, №: 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 28а, 29, 29а, 30, 31, 31а, 32, 33, 33а үйлері;</w:t>
+              <w:t>улица Мира, дома №: 8а, 8б, 10, 10а, 10б, 14, 16, 18, 20, 21, 22, 24, 26, 27, 28, 30, 32, 33, 34, 39, 41, 41а, 45, 51, 51а, 53, 55, 59, 61, 63, 65, 67, 69, 71, 73;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мир көшесі, №: 8а, 8б, 10, 10а, 10б, 14, 16, 18, 20, 21, 22, 24, 26, 27, 28, 30, 32, 33, 34, 39, 41, 41а, 45, 51, 51а, 53, 55, 59, 61, 63, 65, 67, 69, 71, 73 үйлері;</w:t>
-[...45 lines deleted...]
-Новая көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 28, 30 үйлері.</w:t>
+              <w:t>улица Полевая, дома № 1, 2, 2б, 3, 4, 5, 6, 7, 8, 10, 12, 14, 16, 18, 20, 21, 22, 24, 26, 28, 30, 32;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Новая, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 28, 30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...131 lines deleted...]
-          <w:bookmarkEnd w:id="23"/>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z122" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 204</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мичурин көшесі, №: 3, 5, 7, 13, 15, 17, 21, 23, 25, 27, 33, 35, 41 үйлері;</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>улица Строительная, 36,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Колледж профессиональной подготовки и сервиса акимата Северо-Казахстанской области Министерства образования и науки Республики Казахстан"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z125" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Привокзальная көшесі, №: 24, 26, 26а, 28, 28а, 30, 32, 34, 111, 113, 117, 119, 121, 123, 125, 127, 129, 133, 135, 137, 139, 141, 143, 147, 149, 151, 157, 167 үйлері;</w:t>
+              <w:t>улица Мичурина, дома №: 3, 5, 7, 13, 15, 17, 21, 23, 25, 27, 33, 35, 41;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Садовая көшесі, № 82, 84, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117а, 118, 119, 119а, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 133а, 134, 135, 137, 141, 143, 145, 147, 149, 151, 153, 155, 159 үйлері;</w:t>
+              <w:t>улица Привокзальная, дома №: 24, 26, 26а, 28, 28а, 30, 32, 34, 111, 113, 117, 119, 121, 123, 125, 127, 129, 133, 135, 137, 139, 141, 143, 147, 149, 151, 157, 167;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Степная көшесі, №: 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 88а, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100а, 101, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 117, 118, 119, 120, 121, 122, 123, 124, 125, 127, 129, 131, 133, 135, 137, 139, 141 үйлері;</w:t>
+              <w:t>улица Садовая, дома №: 82, 84, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117а, 118, 119, 119а, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 133а, 134, 135, 137, 141, 143, 145, 147, 149, 151, 153, 155, 159;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Буденный көшесі, №: 86, 88, 90, 90а, 90б, 92, 94, 98, 100, 102, 104, 106, 108, 110, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169 үйлері;</w:t>
+              <w:t>улица Степная, дома №: 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 88а, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100а, 101, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 117, 118, 119, 120, 121, 122, 123, 124, 125, 127, 129, 131, 133, 135, 137, 139, 141;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Старо–Лесная көшесі, №: 98, 100, 104, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 115а, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 138, 139, 139а, 143, 145 үйлері;</w:t>
+              <w:t>улица Буденного, дома №: 86, 88, 90, 90а, 90б, 92, 94, 98, 100, 102, 104, 106, 108, 110, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ново–Лесная көшесі, №: 70, 72, 74, 76, 78, 80, 84, 86, 89, 90, 90а, 91, 91а, 92, 92а, 93, 94, 95а, 96а, 97, 99, 100, 103, 105, 107, 107а, 109, 111, 113, 115а, 115, 119 үйлері;</w:t>
+              <w:t>улица Старо–Лесная, дома №: 98, 100, 104, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 115а, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 138, 139, 139а, 143, 145;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Северная көшесі, №: 50, 50а, 52, 54, 56, 58 үйлері;</w:t>
+              <w:t>улица Ново-Лесная, дома №: 70, 72, 74, 76, 78, 80, 84, 86, 89, 90, 90а, 91, 91а, 92, 92а, 93, 94, 95а, 96а, 97, 99, 100, 103, 105, 107, 107а, 109, 111, 113, 115а, 115, 119;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дорожная көшесі, №: 13, 13б, 15, 15а, 17, 29 үйлері;</w:t>
+              <w:t>улица Северная, дома №: 50, 50а, 52, 54, 56, 58;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Урожайная көшесі, №: 1, 3, 4, 4а, 5, 6, 10, 11, 12, 15, 17, 19 үйлері;</w:t>
+              <w:t>улица Дорожная, дома №: 13, 13б, 15, 15а, 17, 29;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шухов көшесі, №: 3, 4, 5, 6, 7, 11, 12, 13, 14, 19, 20, 21, 23, 26, 27, 32, 34, 35 үйлері;</w:t>
+              <w:t>улица Урожайная, дома №: 1, 3, 4, 4а, 5, 6, 10, 11, 12, 15, 17, 19;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Плеханов көшесі, №: 3, 4, 5, 6, 7, 8, 13, 14, 15, 18, 20, 21, 22, 23, 24, 27, 29, 33, 34, 35 үйлері;</w:t>
+              <w:t>улица Шухова, дома №: 3, 4, 5, 6, 7, 11, 12, 13, 14, 19, 20, 21, 23, 26, 27, 32, 34, 35;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Интернациональная көшесі, №: 3, 4, 5, 6, 7, 8, 13, 14, 16, 17, 18, 22, 23, 24, 25, 30 үйлері;</w:t>
+              <w:t>улица Плеханова, дома №: 3, 4, 5, 6, 7, 8, 13, 14, 15, 18, 20 ,21, 22, 23, 24, 27, 29, 33, 34, 35;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Панфилов көшесі, №: 3, 4, 5, 6, 11, 12, 14, 15, 17, 20, 22, 23, 26 үйлері;</w:t>
-[...17 lines deleted...]
-Строительная көшесі, №: 2, 4, 6, 10, 12, 14, 16, 17, 19, 20, 21, 22, 25, 27, 27б, 28, 30, 32, 33, 34, 36, 36а, 36б, 39, 39а, 39б, 39в, 39г, 40, 42, 44, 46, 48, 50, 52, 54, 56 үйлері.</w:t>
+              <w:t>улица Интернациональная, дома №: 3, 4, 5, 6, 7, 8, 13, 14, 16, 17, 18, 22, 23, 24, 25, 30;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица Панфилова, дома №: 3, 4, 5, 6, 11, 12, 14, 15, 17, 20, 22, 23, 26;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Строительная, дома №: 2, 4, 6, 10, 12, 14, 16, 17, 19, 20, 21, 22, 25, 27, 27б, 28, 30, 32, 33, 34, 36, 36а, 36б, 39, 39а, 39б, 39в, 39г, 40, 42, 44, 46, 48, 50, 52, 54, 56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="24"/>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z140" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 205</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево, улица Буденного, 10, здание коммунального государственного учреждения "Булаевская средняя школа № 2" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z141" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Буденный көшесі, 10,</w:t>
-[...57 lines deleted...]
-          <w:bookmarkEnd w:id="25"/>
+              <w:t>улица Привокзальная, дома №: 1, 2, 2а, 3, 4, 5, 6, 6а, 7, 9, 10, 11, 12, 13, 14, 15, 17, 18, 20, 25, 29, 31, 35, 37, 39, 45, 51, 53, 55, 61, 67, 73, 79, 83, 85, 89, 93, 97, 99, 103;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Привокзальная көшесі, №: 1, 2, 2а, 3, 4, 5, 6, 6а, 7, 9, 10, 11, 12, 13, 14, 15, 17, 18, 20, 25, 29, 31, 35, 37, 39, 45, 51, 53, 55, 61, 67, 73, 79, 83, 85, 89, 93, 97, 99, 103 үйлері;</w:t>
+              <w:t>улица Мичурина, дома №: 4, 6, 12, 18, 20, 22, 24, 26, 28, 30, 34, 40;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мичурин көшесі, №: 4, 6, 12, 18, 20, 22, 24, 26, 28, 30, 34, 40 үйлері;</w:t>
+              <w:t>улица Садовая, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 24, 25, 26, 27, 28, 29, 30, 30а, 30б, 31, 32, 34, 35, 36, 37, 38, 38б, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 51, 52, 52а, 54, 55, 55а, 56, 56б, 57, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69а, 70, 70а, 70б, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 80а, 81, 81а, 83, 85, 87, 89;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Садовая көшесі, №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 24, 25, 26, 27, 28, 29, 30, 30а, 30б, 31, 32, 34, 35, 36, 37, 38, 38б, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 50, 51, 52, 52а, 54, 55, 55а, 56, 56б, 57, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69а, 70, 70а, 70б, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 80а, 81, 81а, 83, 85, 87, 89 үйлері;</w:t>
+              <w:t>улица Степная, дома №: 1, 1а, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Степная көшесі, №: 1, 1а, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77 үйлері;</w:t>
+              <w:t>улица Буденного, дома №: 1, 2, 2д, 3, 4, 5, 6а, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26,27, 28, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 68, 70, 70а, 71, 72, 73, 74, 75, 76, 76а, 77, 78, 79, 80, 81, 82, 83, 84, 85, 87, 89, 91, 91а, 93, 95, 97, 99, 101, 103, 105, 105а, 107, 107а, 109;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Буденный көшесі, №: 1, 2, 2д, 3, 4, 5, 6а, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26,27, 28, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 68, 70, 70а, 71, 72, 73, 74, 75, 76, 76а, 77, 78, 79, 80, 81, 82, 83, 84, 85, 87, 89, 91, 91а, 93, 95, 97, 99, 101, 103, 105, 105а, 107, 107а, 109 үйлері;</w:t>
+              <w:t>улица Старо-Лесная, дома №: 1, 1а, 2, 2а, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 32, 32а, 33, 33а, 34, 36, 37, 38, 39, 40, 40а, 40б, 42, 43, 44, 45, 46, 47, 48, 48а, 49, 51, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 62, 63, 64, 64а, 65, 66, 67, 68, 69, 70, 71, 72, 73, 75, 76, 77, 78, 78а, 79, 80, 81, 83, 84, 85, 86, 87, 88, 88а, 89, 90а, 90, 91, 93, 95, 96, 97, 99, 101, 103, 105;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Старо-Лесная көшесі, №: 1, 1а, 2, 2а, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 19, 21, 22, 23, 24, 25, 26, 27, 28, 29, 32, 32а, 33, 33а, 34, 36, 37, 38, 39, 40, 40а, 40б, 42, 43, 44, 45, 46, 47, 48, 48а, 49, 51, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 62, 63, 64, 64а, 65, 66, 67, 68, 69, 70, 71, 72, 73, 75, 76, 77, 78, 78а, 79, 80, 81, 83, 84, 85, 86, 87, 88, 88а, 89, 90а, 90, 91, 93, 95, 96, 97, 99, 101, 103, 105 үйлері;</w:t>
+              <w:t>улица Ново-Лесная, дома №: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 24, 25, 25а, 26, 29, 30, 31, 31а, 34, 35, 36, 36а, 37, 37а, 38, 38а, 41, 42, 42а, 43, 43а, 44, 45, 46, 47, 48, 48а, 49, 50, 50а, 51, 51а, 52, 52а, 54, 54а, 55, 56, 57, 59, 59а, 60, 61, 62, 62а, 63, 64, 65, 65а, 67, 68а, 69, 71, 72, 73, 77, 77а, 79, 81, 81а, 83, 85, 85а, 87;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ново-Лесная көшесі, №: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 24, 25, 25а, 26, 29, 30, 31, 31а, 34, 35, 36, 36а, 37, 37а, 38, 38а, 41, 42, 42а, 43, 43а, 44, 45, 46, 47, 48, 48а, 49, 50, 50а, 51, 51а, 52, 52а, 54, 54а, 55, 56, 57, 59, 59а, 60, 61, 62, 62а, 63, 64, 65, 65а, 67, 68а, 69, 71, 72, 73, 77, 77а, 79, 81, 81а, 83, 85, 85а, 87 үйлері;</w:t>
+              <w:t>улица Северная, дома №: 1, 1а, 1б, 1д, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12а, 12, 13, 13а, 14, 15, 15а, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 53, 57, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Северная көшесі, №: 1, 1а, 1б, 1д, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12а, 12, 13, 13а, 14, 15, 15а, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 53, 57, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79 үйлері;</w:t>
+              <w:t>улица Дорожная, дома №: 1, 1б, 1в, 1г, 1д, 1е, 2, 2а, 2б, 3, 4, 4а, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 14, 14а, 16, 18, 20, 22, 24, 26, 28;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Дорожная көшесі, №: 1, 1б, 1в, 1г, 1д, 1е, 2, 2а, 2б, 3, 4, 4а, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 14, 14а, 16, 18, 20, 22, 24, 26, 28 үйлері;</w:t>
+              <w:t>улица Кутузова, дома №: 2, 2а, 2б, 3, 5, 6, 8, 9, 9а, 10, 11, 13, 14, 20, 22;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кутузов көшесі, №: 2, 2а, 2б, 3, 5, 6, 8, 9, 9а, 10, 11, 13, 14, 20, 22 үйлері;</w:t>
+              <w:t>улица Суворова, дома №: 3, 4, 5, 5а, 10, 11, 12, 13, 14, 15, 16, 21, 22, 23, 24, 26, 28, 29, 32, 35, 40;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Суворов көшесі, №: 3, 4, 5, 5а, 10, 11, 12, 13, 14, 15, 16, 21, 22, 23, 24, 26, 28, 29, 32, 35, 40 үйлері;</w:t>
+              <w:t>улица Шокана Уалиханова, дома №: 1, 3, 6, 7, 7а, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 24, 25, 26, 27, 28, 30, 30а, 33, 35, 36, 38, 41, 44, 46, 47, 49;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шоқан Уәлиханов №: 1, 3, 6, 7, 7а, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 24, 25, 26, 27, 28, 30, 30а, 33, 35, 36, 38, 41, 44, 46, 47, 49 үйлері;</w:t>
+              <w:t>улица Горького, дома №: 3, 4, 5, 5а, 6, 7, 8, 9, 10, 12, 14, 15, 16, 17, 18, 22, 23, 24, 28, 29, 31, 34, 36, 38, 40;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Горький көшесі, №: 3, 4, 5, 5а, 6, 7, 8, 9, 10, 12, 14, 15, 16, 17, 18, 22, 23, 24, 28, 29, 31, 34, 36, 38, 40 үйлері;</w:t>
+              <w:t>улица Толстого, дома №: 2, 3, 4, 5, 6, 8, 10, 11, 13, 15;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Толстой көшесі, №: 2, 3, 4, 5, 6, 8, 10, 11, 13, 15 үйлері;</w:t>
+              <w:t>улица Столбовая, дома №: 1, 2, 3, 4, 6, 9, 10, 11, 12, 13, 16, 17, 18, 19, 20 ,25, 26, 27, 28, 28а, 29, 30, 32, 35, 37, 38, 40, 43, 44, 45, 46, 48, 49;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Столбовая көшесі, №: 1, 2, 3, 4, 6, 9, 10, 11, 12, 13, 16, 17, 18, 19, 20 ,25, 26, 27, 28, 28а, 29, 30, 32, 35, 37, 38, 40, 43, 44, 45, 46, 48, 49 үйлері;</w:t>
+              <w:t>улица Лермонтова, дома №: 3, 4, 6, 9, 11, 12, 14;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Лермонтов көшесі, №: 3, 4, 6, 9, 11, 12, 14 үйлері;</w:t>
+              <w:t>улица Сенная, дома №: 5, 7, 9, 15;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сенная көшесі, №: 5, 7, 9, 15 үйлері;</w:t>
+              <w:t>улица Амангельды, дома №: 3, 4, 5, 6, 7, 8, 10, 11, 12, 12а, 13, 14, 15, 16, 18, 20, 21, 22, 23, 24, 25;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Амангелді көшесі, №: 3, 4, 5, 6, 7, 8, 10, 11, 12, 12а, 13, 14, 15, 16, 18, 20, 21, 22, 23, 24, 25 үйлері;</w:t>
-[...45 lines deleted...]
-Школьный тұйық көшесі, №: 3, 4, 6 үйлері.</w:t>
+              <w:t>улица Некрасова, дома №: 3, 4, 5;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+переулок Школьный, дома №: 3, 4, 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="26"/>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z161" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 206</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z162" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Нефтеплощадка, 15, помещение медицинского пункта коммунального государственного предприятия на праве хозяйственного ведения "Районная больница района Магжана Жумабаева"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z163" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Булаево,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нефтеплощадка көшесі, 15,</w:t>
-[...101 lines deleted...]
-Заготскот көшесі, № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22, 23, 24, 26 үйлері.</w:t>
+              <w:t>улица Нефтеплощадка, дома №: 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 11а, 12, 13, 14, 15, 15а, 16, 18, 19, 20, 20а, 21, 22, 23, 24, 25, 26, 28, 30, 32;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Заготскот, дома №: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 22, 23, 24, 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="28"/>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z165" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z166" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Медвежка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Школьная көшесі, 19,</w:t>
-[...53 lines deleted...]
-Медвежка ауылы</w:t>
+              <w:t>улица Школьная, 19,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Медвежинская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Медвежка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...127 lines deleted...]
-Полтавка ауылы</w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z168" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z169" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Полтавка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Тахира Мусаева, 25А, здание коммунального государственного учреждения "Полтавская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Полтавка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="30"/>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z170" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Достык,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мир көшесі, 12,</w:t>
-[...53 lines deleted...]
-Достық ауылы, Рощин ауылы</w:t>
+              <w:t>улица Мира, 12,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Хлеборобская основная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z173" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Достык</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Рощино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...127 lines deleted...]
-Александров ауылы</w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z174" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z175" w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Александровка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="42"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Шокана Уалиханова, 2А, здание коммунального государственного учреждения "Александровская основная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Александровка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="32"/>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z176" w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="43"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z177" w:id="44"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бастомар,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5 көшесі, 20,</w:t>
-[...53 lines deleted...]
-Бастомар ауылы</w:t>
+              <w:t>5 улица, 20,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Бастомарская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бастомар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="33"/>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z179" w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="45"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z180" w:id="46"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Возвышенка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мағжан Жұмабаев көшесі, 34.</w:t>
-[...53 lines deleted...]
-Возвышен ауылы, Малая Возвышенка ауылы</w:t>
+              <w:t>улица Магжана Жумабаева, 34, здание Возвышенского Дома культуры коммунального государственного учреждения "Аппарат акима Возвышенского сельского округа района Магжана Жумабаева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z182" w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Возвышенка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="47"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Малая Возвышенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...127 lines deleted...]
-Золотая Нива ауылы</w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z183" w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="48"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Золотая Нива, улица Новосельская, 8, помещение медицинского пункта коммунального государственного предприятия на праве хозяйственного ведения "Районная больница района Магжана Жумабаева"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Золотая Нива</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="35"/>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z184" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z185" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Караганды,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Рабочая көшесі, 18А,</w:t>
-[...53 lines deleted...]
-Қарағанды ауылы</w:t>
+              <w:t>улица Рабочая, 18 А</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание Центра досуга коммунального государственного учреждения "Аппарат акима сельского округа Ноғайбай би района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Караганды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...127 lines deleted...]
-Қарақоға ауылы</w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z187" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z188" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Каракога,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Николая Жигалова, 11, здание Дома культуры коммунального государственного учреждения "Аппарат акима Каракогинского сельского округа района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Каракога</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
-[...127 lines deleted...]
-Чистое ауылы</w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z189" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z190" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Чистое,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица Центральная 2/2,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание медицинского пункта коммунального государственного предприятия на праве хозяйственного ведения "Районная больница района Магжана Жумабаева"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Чистое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="38"/>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z192" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z193" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Образец,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Школьная көшесі, 2,</w:t>
-[...53 lines deleted...]
-Образец ауылы</w:t>
+              <w:t>улица Школьная, 2,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание центра досуга населения товарищества с ограниченной ответственностью "Нұр-Агро 2050" (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Образец</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...127 lines deleted...]
-Ноғайбай ауылы</w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z195" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 219</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z196" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ногайбай,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица Ногайбай, 31,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание центра досуга населения товарищества с ограниченной ответственностью "Ногайбай" (по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ногайбай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
-[...127 lines deleted...]
-Конюхов ауылы,</w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z198" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Конюхово,улица Центральная, 25,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Конюховская основная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Конюхово,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
-[...155 lines deleted...]
-Куломзин ауылы</w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z200" w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="61"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z201" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Куломзино, 2 улица, 20,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Куломзинская начальная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Куломзино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...155 lines deleted...]
-Лебяжье ауылы</w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z202" w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Лебяжье, улица Коммунистическая, 9, здание Центра досуга коммунального государственного учреждения "Аппарат акима Лебяжинского сельского округа района Магжана Жумабаева Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Лебяжье</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
-[...183 lines deleted...]
-Құралай ауылы</w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z203" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 223</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z204" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Куралай,улица Орталық, 29,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Красно-Казахстанская неполная средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Куралай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
-[...155 lines deleted...]
-Жастар ауылы</w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z205" w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="66"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z206" w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Жастар,улица Мира, 3,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="67"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Молодежная начальная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Жастар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...127 lines deleted...]
-Сарытомар ауылы</w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z207" w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="68"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 225</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z208" w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Сарытомар,улица Клубная, 2,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание Сарытомарского Дома культуры коммунального государственного учреждения "Аппарат акима сельского округа Мағжан района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Сарытомар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
-[...127 lines deleted...]
-Молодогвардейское ауылы</w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z209" w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="70"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 226</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z210" w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Молодогвардейское,улица Школьная, 2,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Молодогвардейская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Молодогвардейское</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...127 lines deleted...]
-Надежка ауылы</w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z211" w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="72"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z212" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Надежка,улица Ново-Лесная, 41,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание Надеждинского Дома культуры коммунального государственного учреждения "Аппарат акима сельского округа Ноғайбай би района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Надежка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...127 lines deleted...]
-Дүйсеке ауылы</w:t>
+28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z213" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 229</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z214" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Еремеевка,1 улица, 13,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Еремеевская начальная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z215" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Еремеевка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Дюсеке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-[...127 lines deleted...]
-Еремеевка ауылы</w:t>
+29.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z216" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z217" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бинаш,2 улица, 27,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Беняшская неполная средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бинаш</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...127 lines deleted...]
-Бинаш ауылы</w:t>
+30.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z218" w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="79"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 231</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z219" w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Гаврино,улица Центральная, 14,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="80"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бывшее здание коммунального государственного учреждения "Гавринская начальная школа" района Магжана Жумабаева Северо-Казахстанской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Гаврино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...127 lines deleted...]
-Гаврин ауылы</w:t>
+31.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z220" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 232</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z221" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Октябрьское,2 улица, 4,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Октябрьская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z222" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Октябрьское,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>село Суворовка,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Зарослое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...155 lines deleted...]
-Октябрьское ауылы, Суворовка ауылы, Зарослое ауылы</w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z224" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 233</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z225" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Хлебороб,3 улица, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Хлеборобовская неполная средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Хлебороб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...155 lines deleted...]
-Хлебороб ауылы</w:t>
+33.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z226" w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 234</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z227" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Писаревка,4 улица, 29,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Писаревская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Писаревка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
-[...155 lines deleted...]
-Писаревка ауылы</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z228" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z229" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Веселовка,3 улица, 10,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание медицинского пункта коммунального государственного предприятия на праве хозяйственного ведения "Районная больница района Магжана Жумабаева"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Веселовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
-[...155 lines deleted...]
-Веселовка ауылы</w:t>
+35.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z230" w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Полудино, улица Абай Құнанбаев, 59, здание Полудинского Дома культуры коммунального государственного учреждения "Аппарат акима Полудинского сельского округа района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Полудино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...107 lines deleted...]
-Полудин ауылы</w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z231" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 238</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ганькино, улица Тәуелсіздік, 6, здание коммунального государственного учреждения "Ганькинская неполная средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z232" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ганькино,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+станция Ганькино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...107 lines deleted...]
-Ганькино ауылы, Ганькино станциясы</w:t>
+37.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z233" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Советское,улица Дубинина, 2,здание Дома культуры коммунального государственного учреждения "Аппарат акима сельского округа Алтын дән района Магжана ЖумабаеваСеверо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Советское</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...155 lines deleted...]
-Советское ауылы</w:t>
+38.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z234" w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z235" w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Придорожное, улица Школьная, 33,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Придорожная неполная средняя школа коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Придорожное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...155 lines deleted...]
-Придорожное ауылы</w:t>
+39.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z236" w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 242</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z237" w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Майбалык, улица Степная, 10А,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Майбалыкская основная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Майбалык</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...155 lines deleted...]
-Майбалық ауылы</w:t>
+40.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z238" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 243</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z239" w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Таманское, улица Школьная, 21,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Таманский комплекс школа-ясли-сад" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Таманское</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...155 lines deleted...]
-Таман ауылы</w:t>
+41.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z240" w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 244</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z241" w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Пулеметовка, улица Центральная, 28,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Пулеметовская начальная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Пулеметовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...107 lines deleted...]
-Пулеметовка ауылы</w:t>
+42.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z242" w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 245</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z243" w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Узынколь,10 улица, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание Узынкольского Дома культуры коммунального государственного учреждения "Аппарат акима Узынкольского сельского округа района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Узынколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
-[...155 lines deleted...]
-Ұзынкөл ауылы</w:t>
+43.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z244" w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z245" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шандак,3 улица, 6,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание медицинского пункта коммунального государственного предприятия на праве хозяйственного ведения "Районная больница района Магжана Жумабаева"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шандак</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="61"/>
+44.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z246" w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 247</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z247" w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Косколь,2 улица, 8,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 көшесі, 6,</w:t>
-[...53 lines deleted...]
-Шандақ ауылы</w:t>
+              <w:t>здание товарищества с ограниченной ответственностью "Рика KZ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(по согласованию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Косколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
-[...155 lines deleted...]
-Қоскөл ауылы</w:t>
+45.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z249" w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 248</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z250" w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Успенка, улица Садовая, 26,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание Успенского Дома культуры коммунального государственного учреждения "Аппарат акима Успенского сельского округа района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Успенка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
-[...75 lines deleted...]
-          <w:bookmarkEnd w:id="63"/>
+46.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z251" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z252" w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Сулышок,1 улица, 23,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="111"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Енбекши-казахская неполная средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z253" w:id="112"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Сулышок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="112"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Садовая көшесі, 26,</w:t>
-[...53 lines deleted...]
-Успенка ауылы</w:t>
+              <w:t>село Уваковское,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Косколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
-[...203 lines deleted...]
-Қоскөл ауылы</w:t>
+47.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z255" w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="113"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 252</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z256" w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Байтерек, улица Молодежная, 16,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="114"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Фурмановская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z257" w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Байтерек,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="115"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Рявкино</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...127 lines deleted...]
-Бәйтерек ауылы, Рявкино ауылы</w:t>
+48.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z258" w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="116"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 253</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z259" w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Береке,1 улица, 14,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="117"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание медицинского пункта коммунального государственного предприятия на праве хозяйственного ведения "Районная больница района Магжана Жумабаева"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Береке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
-[...155 lines deleted...]
-Береке ауылы</w:t>
+49.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z260" w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 254</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z261" w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Новотроицкое, улица Центральная, 34,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="119"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Колосовская неполная средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Новотроицкое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
-[...107 lines deleted...]
-Новотроицкое ауылы</w:t>
+50.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z262" w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="120"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 255</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z263" w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Пролетарка,2 улица, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="121"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Пролетарская начальная школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Пролетарка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
-[...155 lines deleted...]
-Пролетарка ауылы</w:t>
+51.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z264" w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="122"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z265" w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Чистовское, улица Школьная, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="123"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание коммунального государственного учреждения "Чистовская средняя школа" коммунального государственного учреждения "Отдел образования района Магжана Жумабаева" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z266" w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Чистовское,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Урожайное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...879 lines deleted...]
-</w:t>
+52.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z267" w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="125"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 257</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z268" w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Тищенко,2 улица, 1,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="126"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+здание Центра досуга коммунального государственного учреждения "Аппарат акима Чистовского сельского округа района Магжана Жумабаева Северо-Казахстанской области"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z269" w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Тищенко,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="127"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Украинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -15148,55 +15103,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>