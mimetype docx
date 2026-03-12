--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="784b6e3" w14:textId="784b6e3">
+    <w:p w14:paraId="3adfc83" w14:textId="3adfc83">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -328,62 +328,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -401,51 +402,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аким Костанайского района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -628,50 +629,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 – в редакции решения акима Костанайского района Костанайской области от 13.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными решением акима Костанайского района Костанайской области от 13.01.2026  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Избирательный участок № 524</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1909,2532 +1930,2582 @@
         <w:t>
       Местонахождение избирательного участка: Костанайская область, Костанайский район, село Заречное, улица Ленина, 1, здание коммунального государственного учреждения "Заречная школа - лицей отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z86" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Избирательный участок № 549</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах села Заречное: улицы Ленина, Юбилейная, Спортивная, Луговая, Студенческая, 50 лет Октября, Речная, Степная, Молодежная, Набережная, Садовая, Северная.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Заречное, улица Ленина, 6, здание Дома культуры "Современник".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 550</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Заречное, улица Юбилейная, 12, здание товарищества с ограниченной ответственностью "Сельскохозяйственная опытная станция "Заречное".</w:t>
+    <w:bookmarkStart w:name="z90" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Новоселовка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
-[...15 lines deleted...]
-      Избирательный участок № 550</w:t>
+    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Новоселовка, улица Пионерская, 16, здание Новоселовской сельской библиотеки государственного учреждения "Костанайская районная централизованная библиотечная система" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
-[...15 lines deleted...]
-      В границах: села Новоселовка.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 551</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Новоселовка, улица Пионерская, 16, здание Новоселовской сельской библиотеки государственного учреждения "Костанайская районная централизованная библиотечная система" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Осиновка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
-[...15 lines deleted...]
-      Избирательный участок № 551</w:t>
+    <w:bookmarkStart w:name="z94" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес места нахождения избирательного участка: Костанайская область, Костанайский район, село Осиновка, улица Школьная, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
-[...15 lines deleted...]
-      В границах: села Осиновка.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 552</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
-[...15 lines deleted...]
-      Адрес места нахождения избирательного участка: Костанайская область, Костанайский район, село Осиновка, улица Школьная, 1.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Рыспай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
-[...15 lines deleted...]
-      Избирательный участок № 552</w:t>
+    <w:bookmarkStart w:name="z97" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Рыспай, улица Школьная, 3, здание коммунального государственного учреждения "Рыспайская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
-[...15 lines deleted...]
-      В границах: села Рыспай.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 553</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Рыспай, улица Школьная, 3, здание коммунального государственного учреждения "Рыспайская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Талапкер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
-[...15 lines deleted...]
-      Избирательный участок № 553</w:t>
+    <w:bookmarkStart w:name="z100" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Талапкер, улица Школьная, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
-[...15 lines deleted...]
-      В границах: села Талапкер.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 554</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Талапкер, улица Школьная, 1.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Поповича нечетная сторона 1, 3, 5, 7, 9, 11, 13, четная сторона 2, 4, 6, 8, 10, 12, 14, улица Чапаева нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 35 А, 37, 39, 41, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20/1, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, улица Красноармейская нечетная сторона 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 31/1, четная сторона 2, 2 А, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 30/1, 30/2, 30/3, 30/4, 30/5, 30/6, 30 А, улица Терешковой нечетная сторона 15/1, 15/2, 15/3, улица Дорожная нечетная сторона 15, 17, 19, 21, 23, 25, 27, 29, 31, четная сторона 6, 8, 10, 12, 14, 16, 18, улица Джамбула нечетная сторона 17, 19, 19 А, 21, четная 14, 16, 18, 20, 22, 24, улица 40 лет Октября нечетная сторона 21, 23, 25, 27, 29, четная 24, 26, 26/1, 26/2, 26 А, улица Павлова нечетная сторона 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, четная сторона 2, 4, 6, 8, 10, 12, 12А, 14, 14/1, 16, 18, 20, 22, 24, 24 А, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, улица Ленина нечетная сторона 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, четная 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, улица Озерная нечетная сторона 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, четная сторона 2, 4, 6, 8, 10, 10 А, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, переулки Куйбышевский, Ленина, Озерный.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
-[...15 lines deleted...]
-      Избирательный участок № 554</w:t>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Терешковой, 15/4, здание коммунального государственного казенного предприятия "Костанайский сельскохозяйственный колледж" Управления образования акимата Костанайской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Поповича нечетная сторона 1, 3, 5, 7, 9, 11, 13, четная сторона 2, 4, 6, 8, 10, 12, 14, улица Чапаева нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 35 А, 37, 39, 41, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20/1, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, улица Красноармейская нечетная сторона 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 31/1, четная сторона 2, 2 А, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 30/1, 30/2, 30/3, 30/4, 30/5, 30/6, 30 А, улица Терешковой нечетная сторона 15/1, 15/2, 15/3, улица Дорожная нечетная сторона 15, 17, 19, 21, 23, 25, 27, 29, 31, четная сторона 6, 8, 10, 12, 14, 16, 18, улица Джамбула нечетная сторона 17, 19, 19 А, 21, четная 14, 16, 18, 20, 22, 24, улица 40 лет Октября нечетная сторона 21, 23, 25, 27, 29, четная 24, 26, 26/1, 26/2, 26 А, улица Павлова нечетная сторона 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, четная сторона 2, 4, 6, 8, 10, 12, 12А, 14, 14/1, 16, 18, 20, 22, 24, 24 А, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, улица Ленина нечетная сторона 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, четная 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, улица Озерная нечетная сторона 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, четная сторона 2, 4, 6, 8, 10, 10 А, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, переулки Куйбышевский, Ленина, Озерный.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 555</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Космонавтов 1, 1/1, 2, 2 Б, 2 В, 3, 3 В, 4, 5/1, 5/2, 6, 8, 10, улица Дружбы нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 15/1, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, улица Строительная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 13/1, 15, 21, четная сторона 2, 2 А, 4, 6, 8, 14, 14/1, 16, 18, улица Леонова нечетная сторона 1, 3, 5, 7, 9, 17, четная сторона 2, 2/1, 2 А, 2 В, 4, 4/1, 4/3, 4/4, 4 А, 6, 6 А, 6 В, 8, 10, 12, 14, 16, 16 А, 18, 20, 22, 24, 26, улица Обручева 1, 3, 5, 7, 9, 11, 12, 13, 14, 15, 16, улица Механизаторов нечетная сторона 1/1, 1/2, 1/3, 1/4, 3, 3/1, 3/4, 5, 7, 9, 15, 27, улица Целинная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, улица Терешковой нечетная сторона 1, 1 А, 3, 5, 7, 9, 13, 15, четная сторона 2, 4, 6, 8, 10, 12, 12 А, 14, 16, 18, 18/1, 20/11, 20/12, 20/13, улица Савицкой нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, четная сторона 4, 6, 8, 12, 12 Б, 12 В, 14, 16, 18, улица СПТУ 9 1, 2, 3, 4, 6, улица 40 лет Октября нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 15/1, 17, 19, 19/1, четная сторона 2, 4, 6, 8, 10, 12, 14, 14/1, 14 А, 16, 18, 20, 22, улица Джамбула нечетная сторона 1, 1/1, 3, 5, 7, 9, 11, 13, 13 А, 15, четная сторона 2, 4, 4/1, 6, 8, 10, 12, улица Дорожная нечетная сторона 1, 1 А, 1 Б, 3, 3 А, 5, 7, 9, 11, 13, переулок Строительный.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z106" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Терешковой, 15/4, здание коммунального государственного казенного предприятия "Костанайский сельскохозяйственный колледж" Управления образования акимата Костанайской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Космонавтов 1, 1/1, 2, 2 Б, 2 В, 3, 3 В, 4, 5/1, 5/2, 6, 8, 10, улица Дружбы нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 15/1, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, улица Строительная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 13/1, 15, 21, четная сторона 2, 2 А, 4, 6, 8, 14, 14/1, 16, 18, улица Леонова нечетная сторона 1, 3, 5, 7, 9, 17, четная сторона 2, 2/1, 2 А, 2 В, 4, 4/1, 4/3, 4/4, 4 А, 6, 6 А, 6 В, 8, 10, 12, 14, 16, 16 А, 18, 20, 22, 24, 26, улица Обручева 1, 3, 5, 7, 9, 11, 12, 13, 14, 15, 16, улица Механизаторов нечетная сторона 1/1, 1/2, 1/3, 1/4, 3, 3/1, 3/4, 5, 7, 9, 15, 27, улица Целинная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, улица Терешковой нечетная сторона 1, 1 А, 3, 5, 7, 9, 13, 15, четная сторона 2, 4, 6, 8, 10, 12, 12 А, 14, 16, 18, 18/1, 20/11, 20/12, 20/13, улица Савицкой нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, четная сторона 4, 6, 8, 12, 12 Б, 12 В, 14, 16, 18, улица СПТУ 9 1, 2, 3, 4, 6, улица 40 лет Октября нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 15/1, 17, 19, 19/1, четная сторона 2, 4, 6, 8, 10, 12, 14, 14/1, 14 А, 16, 18, 20, 22, улица Джамбула нечетная сторона 1, 1/1, 3, 5, 7, 9, 11, 13, 13 А, 15, четная сторона 2, 4, 4/1, 6, 8, 10, 12, улица Дорожная нечетная сторона 1, 1 А, 1 Б, 3, 3 А, 5, 7, 9, 11, 13, переулок Строительный.</w:t>
+    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 556</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z106" w:id="91"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Терешковой, 15/4, здание коммунального государственного казенного предприятия "Костанайский сельскохозяйственный колледж" Управления образования акимата Костанайской области".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Поповича нечетная сторона 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 131 А, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, четная сторона 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, улица Молодежная 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, улица Новая 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, улица Терешковой нечетная сторона 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 57/1, 57 А, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, четная сторона 44, 46, 48, 48/1, 50, 52, 54, 56, 58, 60, 60/1, 60/4, 62, 64, 66, 68, 70, 72, 74, 76, 78, 78/1, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, улица Волынова, нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, улица Тәуелсіздік 59, 61, 63, 67, 69, 69 Б, улица Геологическая нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 55, здание государственного учреждения "Аппарат акима города Тобыл Костанайского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 557</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z107" w:id="92"/>
-[...15 lines deleted...]
-      Избирательный участок № 556</w:t>
+    <w:bookmarkStart w:name="z111" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Калабаева нечетная сторона 13, 13/1, 13/2, 15, 15/1, 17, 19, 21, 21/1, улица Герцена нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 47 А, 49, четная сторона 2, 4, 6, 12, 14, 14 А, 16, 18, 20, 20 А, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 70, улица Горького нечетная сторона 1, 1/1, 1/4, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, четная сторона 2, 2/6, 4, 4 А, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 24/1, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 80, улица Л. Беды нечетная сторона 1, 1/1, 1 А, 1 Б, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23 А, 25, 27, 29, 29 А, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, четная сторона 2, 2/9, 4, 6, 8, 10, 12/1, 14, 18, 18/1, 24 А, 24 Б, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, улица Восточная нечетная сторона 1, 1/7, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, четная сторона 2, 4, 6, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 48, 50, 52, 54, 56, 58, 60, улица Фрунзе 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52/1, улица Ауэзова нечетная сторона 1, 1/1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, микрорайон Восточный.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z108" w:id="93"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Поповича нечетная сторона 109, 111, 113, 115, 117, 117 А, 119, 121, 123, 125, 127, 129, 131, 131 А, 133, 133 А, 135, 137, 139, 141, 143, 143 А,145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, четная сторона 80, 80/1, 80/2, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, улица Молодежная 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17 А, 18, 18/1, 19, 20, 20 А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, улица Новая 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19 А, 20, 20/1, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53/1, 54, 55, 56, 57, 58, 59, 60, 61, 62, улица Терешковой нечетная сторона 21, 23, 25, 27, 29, 31, 33, 33 А, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 57/1, 57 А, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, четная сторона 44, 46, 48, 48/1, 50, 52, 54, 56, 58, 60, 60/1, 60/4, 62, 64, 66, 68, 70, 72, 74, 76, 78, 78/1, 80, 82, 84, 86, 86/1, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, улица Волынова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, четная сторона 2, 2/1, 2/2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, улица Тәуелсіздік 59, 61, 63, 67, 69, 69/1, 69 Б, 71/1, улица Геологическая нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Калабаева, 3 А, здание коммунального государственного учреждения "Школа - гимназия города Тобыл отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 63 А, здание коммунального государственного предприятия "Затобольская теплоэнергетическая компания" государственного учреждения "Отдел жилищно - коммунального хозяйства, пассажирского транспорта и автомобильных дорог" акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 558</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
-[...15 lines deleted...]
-      Избирательный участок № 557</w:t>
+    <w:bookmarkStart w:name="z114" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Ленина нечетная сторона 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 279/1, 281, 283, 285, 287, 289, 291, 293, 295, 297, 299, 301, 301/1, 303, 305, 305/1, 307, 309, 311, 313, 315, 317, 319, 321, 323, 325, четная сторона 242, 244, 246, 248, 250, 252, 256, 258, 260, 260/1, 262, 264, 264/1, 266, 268, 270, 272, 274, 276, 278, 280, 282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306, 308, 310, 312, 314, 316, улица Казахская нечетная сторона 1, 3, 5, 5/1, 5 А, 7, 7/1, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33 ,35, 37, 39, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, улица Павлова нечетная сторона 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, четная сторона 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 148/1, 150, 152, 154, 156, 158, 160, 162, 164, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, улица 40 лет Октября нечетная сторона 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 127 А, 129, 131, 133, 135, 137, 139, 139/1, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 167, 171, 173, четная сторона 76, 76/2, 78, 80, 82, 84, 86, 88, 90, 92, 92/1, 94, 96, 96/1, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, улица Кирова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, улица Гагарина 1, 1/1, 1/2, 1/3, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10/1, 10/2, 10/3, 10/4, 10/5, 10/6, 10/7, 10 А, 11, 11 А, 11 Б, 12, 13, 14, 15, 15/1, 16, 17, 18, 19, 20, 20/1, 20/2, 20/4, 20/5, 20/6, 21, 22, 23, 24, 24/1, 24/2, 24/5, 24/6, 25, 25/1, 25/3, 25/4, 25/5, 25/6, 25/7, 25/9, 26, 27, 28, 29, улица Пушкина нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, улица Набережная нечетная сторона 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 97 А, 97 Б, 99, 101, 101 А, 103, 103 А, 105, 105 А,107, 107 А, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 137 А, 139, 141, 143, 145, 147, 149, 151, 151/1, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, четная сторона 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 62, 64, 66, 68,70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, улица Титова нечетная сторона 1, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 1/7, 1/8, 1/9, 1/10, 1/11, 1/12, 1 Б, 1 Г, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, четная сторона 2, 2 А, 2 Б, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, переулок Титова, улица Матросова четная сторона 2, 2/1, 4, 6, 8, 10, 12, 14, улица Северная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, четная 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, улица Морозова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, 29, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, улица 1 Мая нечетная сторона 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, четная сторона 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, улица Комсомольская нечетная сторона 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, четная сторона 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, улица Шевченко 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, улица Тәуелсіздік нечетная сторона 23, 25, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 49/2, 49/3, 51 Д, 53 Б, улица Ворошилова нечетная сторона 1, 3, 5, 7, 9, 11, 11 А, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, переулок Комсомольский 22, 24, 26, 28, 30, 32, 32 А, переулок Набережный нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, переулок Кирова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z111" w:id="96"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Калабаева нечетная сторона 13, 13/1, 13/2, 15, 15/1, 17, 19, 21, 21/1, улица Герцена нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 47 А, 49, четная сторона 2, 4, 6, 12, 14, 14 А, 16, 18, 20, 20 А, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 70, улица Горького нечетная сторона 1, 1/1, 1/4, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, четная сторона 2, 2/6, 4, 4 А, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 24/1, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 80, улица Л. Беды нечетная сторона 1, 1/1, 1 А, 1 Б, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23 А, 25, 27, 29, 29 А, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, четная сторона 2, 2/9, 4, 6, 8, 10, 12/1, 14, 18, 18/1, 24 А, 24 Б, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, улица Восточная нечетная сторона 1, 1/7, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, четная сторона 2, 4, 6, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 48, 50, 52, 54, 56, 58, 60, улица Фрунзе 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52/1, улица Ауэзова нечетная сторона 1, 1/1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, микрорайон Восточный.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 53/5, здание коммунального государственного учреждения "Костанайская районная детско -юношеская спортивная школа" Отдела физической культуры и спорта акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z112" w:id="97"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Калабаева, 3 А, здание коммунального государственного учреждения "Школа - гимназия города Тобыл отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z116" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 560</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z113" w:id="98"/>
-[...15 lines deleted...]
-      Избирательный участок № 558</w:t>
+    <w:bookmarkStart w:name="z117" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Тәуелсіздік 53 А, 53/1, 53/2, 53/3, 53/4, улица Чехова нечетная сторона 1, 1 А, 1 Б, 1 В, 1/1, 1/2, 1/3, 3, 5, 5/1, 5/2, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 41/1, 43, 45, 47, 49, 51, 53, 55, 57, 59, 59 А, 61, четная сторона 2, 4, 6, 6/1, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 38 А, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, улица Поповича нечетная сторона 69, 69/1, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 105/1, 107, 107 А, 109 А, четная сторона 66, 68, 70, 72, 74, 76, 78, 78/1, улица Комарова 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, улица Островского, переулок Поповича, микрорайон Нурай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z114" w:id="99"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Ленина нечетная сторона 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 279/1, 281, 283, 285, 287, 289, 291, 293, 295, 297, 299, 301, 301/1, 303, 305, 305/1, 307, 309, 311, 313, 315, 317, 319, 321, 323, 325, четная сторона 242, 244, 246, 248, 250, 252, 256, 258, 260, 260/1, 262, 264, 264/1, 266, 268, 270, 272, 274, 276, 278, 280, 282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306, 308, 310, 312, 314, 316, улица Казахская нечетная сторона 1, 3, 5, 5/1, 5 А, 7, 7/1, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33 ,35, 37, 39, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, улица Павлова нечетная сторона 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, четная сторона 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 148/1, 150, 152, 154, 156, 158, 160, 162, 164, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, улица 40 лет Октября нечетная сторона 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 127 А, 129, 131, 133, 135, 137, 139, 139/1, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 167, 171, 173, четная сторона 76, 76/2, 78, 80, 82, 84, 86, 88, 90, 92, 92/1, 94, 96, 96/1, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, улица Кирова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, улица Гагарина 1, 1/1, 1/2, 1/3, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10/1, 10/2, 10/3, 10/4, 10/5, 10/6, 10/7, 10 А, 11, 11 А, 11 Б, 12, 13, 14, 15, 15/1, 16, 17, 18, 19, 20, 20/1, 20/2, 20/4, 20/5, 20/6, 21, 22, 23, 24, 24/1, 24/2, 24/5, 24/6, 25, 25/1, 25/3, 25/4, 25/5, 25/6, 25/7, 25/9, 26, 27, 28, 29, улица Пушкина нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, улица Набережная нечетная сторона 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 97 А, 97 Б, 99, 101, 101 А, 103, 103 А, 105, 105 А,107, 107 А, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 137 А, 139, 141, 143, 145, 147, 149, 151, 151/1, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, четная сторона 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 62, 64, 66, 68,70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, улица Титова нечетная сторона 1, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 1/7, 1/8, 1/9, 1/10, 1/11, 1/12, 1 Б, 1 Г, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, четная сторона 2, 2 А, 2 Б, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, переулок Титова, улица Матросова четная сторона 2, 2/1, 4, 6, 8, 10, 12, 14, улица Северная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, четная 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, улица Морозова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, 29, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, улица 1 Мая нечетная сторона 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, четная сторона 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, улица Комсомольская нечетная сторона 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, четная сторона 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, улица Шевченко 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, улица Тәуелсіздік нечетная сторона 23, 25, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 49/2, 49/3, 51 Д, 53 Б, улица Ворошилова нечетная сторона 1, 3, 5, 7, 9, 11, 11 А, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, переулок Комсомольский 22, 24, 26, 28, 30, 32, 32 А, переулок Набережный нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, переулок Кирова.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, здание 65/2, здание коммунального государственного учреждения "Костанайская районная детско -юношеская спортивная школа" Отдела физической культуры и спорта акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z115" w:id="100"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 53/5, здание коммунального государственного учреждения "Костанайская районная детско -юношеская спортивная школа" Отдела физической культуры и спорта акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 561</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z116" w:id="101"/>
-[...15 lines deleted...]
-      Избирательный участок № 560</w:t>
+    <w:bookmarkStart w:name="z120" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Тәуелсіздік четная сторона 24, 26, 28, 28/1, 30, 32, 34, 36, 38, 40, 44, 46, 48, 50, 52, 54, 56, 56 А, 58, 60, 62, 64, 66, 68, 72, улица Озерная нечетная сторона 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 85 А, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, четная сторона 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, улица Советская нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 А, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, улица Ленина нечетная сторона 163, 163 А, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 245 А, 247, 249, 251, 251/1, 253, 255, 511/1, четная сторона 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, площадь Победы нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, четная сторона 2, 4, 6, 8, улица Павлова нечетная сторона 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, четная сторона 52, 54, 56, 58, 58 А, 60, 62, 64, 66, 68, 70, 72, 72 А, 74, 74 Б, 74/1, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 102 А, 104, 106, 108, 110, 112, 114, 116, 118, 118 А, 120, 122, 124, 126, улица 40 лет Октября нечетная сторона 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 59, 61, 63, 65, 67, 69, 71, 73, 73/1, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, четная сторона 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 50/1, 52, 54, 58, 60, 62, 64, 66, 68, 70, 72, улица Джамбула нечетная сторона 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 63, четная сторона 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, улица Дорожная нечетная сторона 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, четная сторона 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, улица Поповича нечетная сторона 15, 17, 19, 19 Б, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, четная сторона 16, 18, 20, 22, 24, 26, 28, 28 А, 30, 32, 34, 34 А, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, улица Школьная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 13 А, 15, 17, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53/1, 53/2, 53/3, 53/4, 55, 55/1, 57, 59, четная сторона 2, 4, 8, 10, 12, 14, 16, 18, 20, 22, 22/1, 24, 24/1, 26, 26/1, 28, 30, 32, 34, 36, переулки Школьный, Почтовый, Павловский, Пионерский.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z117" w:id="102"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Тәуелсіздік 53 А, 53/1, 53/2, 53/3, 53/4, улица Чехова нечетная сторона 1, 1 А, 1 Б, 1 В, 1/1, 1/2, 1/3, 3, 5, 5/1, 5/2, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 41/1, 43, 45, 47, 49, 51, 53, 55, 57, 59, 59 А, 61, четная сторона 2, 4, 6, 6/1, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 38 А, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, улица Поповича нечетная сторона 69, 69/1, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 105/1, 107, 107 А, 109 А, четная сторона 66, 68, 70, 72, 74, 76, 78, 78/1, улица Комарова 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, улица Островского, переулок Поповича, микрорайон Нурай.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Школьная, 40, здание коммунального государственного учреждения "Общеобразовательная школа № 2 города Тобыл отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z118" w:id="103"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, здание 65/2, здание коммунального государственного учреждения "Костанайская районная детско -юношеская спортивная школа" Отдела физической культуры и спорта акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 562</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z119" w:id="104"/>
-[...15 lines deleted...]
-      Избирательный участок № 561</w:t>
+    <w:bookmarkStart w:name="z123" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Кирпичная 1, 2, 4, 5, 5 А, 12, 50, 51, 53, 55, 57, 59, 59 А, 61, 61/1, 61 А, 62, 66, 66/2, 66 А, 67, 69, 81, 87, 89, улица Лесная нечетная сторона 1, 1 А, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 21, 21 А, 23, 25, 27, 29, 31, 33, 33/1, 35, 37, 41, 43, 45, 49, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 38, улица Комсомольская нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, четная сторона 2, 4, 6, 8, 10, 12, улица Афанасьева нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53 А, 55, 57, 59, 61, 63, 65, 67, четная 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, улица Тәуелсіздік 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 16 Б, 16 В, 17, 18, 19, 20, 21, 22, улица 8 Марта нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, улица Крестьянская нечетная сторона 1, 3, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, четная сторона 2, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, улица Набережная нечетная сторона 1, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, улица Маяковского нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, улица 1 Мая 1, 2, 3, 4, 5, 6, 7, 8, переулки Первомайский, Комсомольский 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, потребительский кооператив "Садоводческое товарищество "Тимирязева".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z120" w:id="105"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Тәуелсіздік четная сторона 24, 26, 28, 28/1, 30, 32, 34, 36, 38, 40, 44, 46, 48, 50, 52, 54, 56, 56 А, 58, 60, 62, 64, 66, 68, 72, улица Озерная нечетная сторона 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 85 А, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, четная сторона 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, улица Советская нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 А, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, улица Ленина нечетная сторона 163, 163 А, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 245 А, 247, 249, 251, 251/1, 253, 255, 511/1, четная сторона 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, площадь Победы нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, четная сторона 2, 4, 6, 8, улица Павлова нечетная сторона 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, четная сторона 52, 54, 56, 58, 58 А, 60, 62, 64, 66, 68, 70, 72, 72 А, 74, 74 Б, 74/1, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 102 А, 104, 106, 108, 110, 112, 114, 116, 118, 118 А, 120, 122, 124, 126, улица 40 лет Октября нечетная сторона 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 59, 61, 63, 65, 67, 69, 71, 73, 73/1, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, четная сторона 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 50/1, 52, 54, 58, 60, 62, 64, 66, 68, 70, 72, улица Джамбула нечетная сторона 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 63, четная сторона 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, улица Дорожная нечетная сторона 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, четная сторона 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, улица Поповича нечетная сторона 15, 17, 19, 19 Б, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, четная сторона 16, 18, 20, 22, 24, 26, 28, 28 А, 30, 32, 34, 34 А, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, улица Школьная нечетная сторона 1, 3, 5, 7, 9, 11, 13, 13 А, 15, 17, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53/1, 53/2, 53/3, 53/4, 55, 55/1, 57, 59, четная сторона 2, 4, 8, 10, 12, 14, 16, 18, 20, 22, 22/1, 24, 24/1, 26, 26/1, 28, 30, 32, 34, 36, переулки Школьный, Почтовый, Павловский, Пионерский.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Школьная, 1, здание коммунального государственного учреждения "Общеобразовательная школа № 1 города Тобыл отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z121" w:id="106"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Школьная, 40, здание коммунального государственного учреждения "Общеобразовательная школа № 2 города Тобыл отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 563</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z122" w:id="107"/>
-[...15 lines deleted...]
-      Избирательный участок № 562</w:t>
+    <w:bookmarkStart w:name="z126" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Ленина нечетная сторона 1, 1 А, 1 Б, 3, 3 А, 5, 5 А, 7, 7 А, 9, 11, 13, 13 А, 15, 15 А, 17, 17 А, 19, 19 А, 21, 21 А, 23, 23 А, 25, 25 А, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, улица Павлова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 17 А, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, улица Семина 3, 6, 13, 15, 21, улица Заречная 2, 3, 4, 5, 6, 7, 8, 9/1, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, улица Урожайная 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22/1, 23, 24, 25, 26, 27, 28, улица Чайковского 1, 2, 3, 4, улица Мичурина 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, улица Спортивная 1, 2, 2 А, 3, 4, 5, 5/1, 5 А, 6, 7, 7 А, 8, 9, 9/1, 10, 11, 12, 13, 14, 15, 15/1, микрорайон Алтынсарина нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 27/1, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, улица Механизаторов четная сторона 10, 16, 18, 20, 26, 28, 30, 34, 44, 46, 48, 58, 66, 86, 90, 94, 110, 120, 136, 142, 144.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z123" w:id="108"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Кирпичная 1, 2, 4, 5, 5 А, 12, 50, 51, 53, 55, 57, 59, 59 А, 61, 61/1, 61 А, 62, 66, 66/2, 66 А, 67, 69, 81, 87, 89, улица Лесная нечетная сторона 1, 1 А, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 21, 21 А, 23, 25, 27, 29, 31, 33, 33/1, 35, 37, 41, 43, 45, 49, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 38, улица Комсомольская нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, четная сторона 2, 4, 6, 8, 10, 12, улица Афанасьева нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53 А, 55, 57, 59, 61, 63, 65, 67, четная 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, улица Тәуелсіздік 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 16 Б, 16 В, 17, 18, 19, 20, 21, 22, улица 8 Марта нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, улица Крестьянская нечетная сторона 1, 3, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, четная сторона 2, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, улица Набережная нечетная сторона 1, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, улица Маяковского нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, улица 1 Мая 1, 2, 3, 4, 5, 6, 7, 8, переулки Первомайский, Комсомольский 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, потребительский кооператив "Садоводческое товарищество "Тимирязева".</w:t>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Механизаторов, 2 А, здание индивидуального предпринимателя "Хакимов Марат Жанайдарович".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z124" w:id="109"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Школьная, 1, здание коммунального государственного учреждения "Общеобразовательная школа № 1 города Тобыл отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z128" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 564</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z125" w:id="110"/>
-[...15 lines deleted...]
-      Избирательный участок № 563</w:t>
+    <w:bookmarkStart w:name="z129" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица Семина четная сторона 42, 44, 46, потребительский кооператив "Садоводческое товарищество "АВТОМОБИЛИСТ", потребительский кооператив "Садоводческое товарищество "Мелиоратор".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z126" w:id="111"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Ленина нечетная сторона 1, 1 А, 1 Б, 3, 3 А, 5, 5 А, 7, 7 А, 9, 11, 13, 13 А, 15, 15 А, 17, 17 А, 19, 19 А, 21, 21 А, 23, 23 А, 25, 25 А, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, улица Павлова нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 17 А, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, улица Семина 3, 6, 13, 15, 21, улица Заречная 2, 3, 4, 5, 6, 7, 8, 9/1, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, улица Урожайная 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22/1, 23, 24, 25, 26, 27, 28, улица Чайковского 1, 2, 3, 4, улица Мичурина 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, улица Спортивная 1, 2, 2 А, 3, 4, 5, 5/1, 5 А, 6, 7, 7 А, 8, 9, 9/1, 10, 11, 12, 13, 14, 15, 15/1, микрорайон Алтынсарина нечетная сторона 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 27/1, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, четная сторона 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, улица Механизаторов четная сторона 10, 16, 18, 20, 26, 28, 30, 34, 44, 46, 48, 58, 66, 86, 90, 94, 110, 120, 136, 142, 144.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Семина, 48/1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z127" w:id="112"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Механизаторов, 2 А, здание индивидуального предпринимателя "Хакимов Марат Жанайдарович".</w:t>
+    <w:bookmarkStart w:name="z131" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 565</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z128" w:id="113"/>
-[...15 lines deleted...]
-      Избирательный участок № 564</w:t>
+    <w:bookmarkStart w:name="z17" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: микрорайон Водник 1, 2, 3, 4, 5, 6, 7, 11, 12, 14, 15, 17, 19, 20, 21, 22, 26, 26/2, 27, 32, 33, 37, 38, 39, 40, 41, 42, 43, 45, микрорайон Дорожник нечетная сторона 1, 3, 5, 7, 9, 11, 13, 17, 25, 27, 29, 31, 33, 37, 39, 41, 43, 45, 45/1, четная сторона 4, 6, 8, 10, 10 А, 12, 14, 16, 20, 22, 24, 26, 28, 30, 32, 38, 40, 42, 44, микрорайон Строитель 15, 17, 19, 20/1, 20/2, 20/3, 20/4, 20/5, 20/6, 20/9, 21, 21/1, 40, 40/3, 40/4, улица Школьная 40/3, 48, 50, 52, 52/2, 52/3, 63, 65, 65/1, улица Тәуелсіздік 75, 77, 77/1, улица Терешковой четная сторона 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 40/1, 40/2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z129" w:id="114"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица Семина четная сторона 42, 44, 46, потребительский кооператив "Садоводческое товарищество "АВТОМОБИЛИСТ", потребительский кооператив "Садоводческое товарищество "Мелиоратор".</w:t>
+    <w:bookmarkStart w:name="z18" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, микрорайон Водник, 27/2, здание коммунального государственного учреждения "Школа - гимназия имени Нуржана Наушабаева отдела образования Костанайского района" Управления образования акимата Костанайской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z130" w:id="115"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Семина, 48/1.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 566</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z131" w:id="116"/>
-[...15 lines deleted...]
-      Избирательный участок № 565</w:t>
+    <w:bookmarkStart w:name="z135" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах города Тобыл: улица 25 лет Целины нечетная сторона 1, 1/1, 3, 3/1, 5, 5/1, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 35, 37, улица Олимпийская 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14/1, 14/2, 14/3, 14/4, 15, 16, 16/1, 16/2, 16/3, 16/4, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25/1, 25/2, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47, улица Парковая нечетная сторона 1, 3, 5, 7, 9, 11, 13, 13/1, 13/2, 13/3, 13/5, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, четная сторона 2, 4, 6, 8, 10, 12, 12/1, 12/2, 14, 14/1, 14/2, 14/3, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, улица Зеленая нечетная сторона 1, 3, 5, 7, 9, 11, 13, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, четная сторона 2, 4, 6, 8, 10, 12, 14, 24, 24/1, 24/2, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 68/1, 70, улица Тимирязева 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12 А,13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, мс м 124 A, улица Шипина 1, 2, 3, 4, 5, 6, 7, 8, 9, улица Тәуелсіздік 74, 76, 78, 78 А, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 124/1, 124/2, улица Терешковой 17, 19, 19/1, 42, 42/1, 73/1, 97, улица Калабаева 1, 2, 2/2, 2/8, 2/9, 2/10, 2/11, 2/12, 2/13, 2/15, 2/16, 2/17, 2 А, 2 Б, 2 В, 2 Г, 2 Д, 4, 5, 5/1, 6, 7, 7 А, 9, 11, 23, 25, 27, 27/1, 29, 31, 32, 33, 34, 35, 35/1, 35/2, 35/3, 36, 37, 37/1, 38, 39, 39/2, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 49/2, 49/3, 49/4, 49 Б, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z132" w:id="117"/>
-[...15 lines deleted...]
-      В границах города Тобыл: микрорайон Водник 1, 1 А, 2, 3, 4, 5, 6, 7, 11, 12, 14, 15, 17, 19, 20, 21, 22, 26, 26/1, 26/2, 27, 32, 33, 37, 38, 39, 40, 41, 42, 43, 45, 47, микрорайон Дорожник нечетная сторона 1, 3, 5, 7, 9, 11, 13, 17, 25, 27, 29, 31, 33, 37, 39, 41, 43, 45, 45/1, четная сторона 2, 4, 6, 8, 10, 10 А, 12, 14, 16, 20, 22, 24, 26, 28, 30, 32, 38, 40, 42, 44, микрорайон Строитель 13/1, 15, 17, 19, 20/1, 20/2, 20/3, 20/4, 20/5, 20/6, 20/9, 20/11, 20/13, 21, 21/1, 22, 40, 40/3, 40/4, улица Школьная 40/3, 48, 50, 50/1, 50/2, 50/3, 52, 52/2, 52/3, 63, 63/1, 63/2, 65, 65/1, улица Тәуелсіздік 75, 77, 77/1, улица Терешковой четная сторона 20, 20/1, 20/2, 20/3, 20/4, 20/5, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 40/1, 40/2.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 61 А, здание коммунального государственного казенного предприятия "Культурно -досуговый центр" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z133" w:id="118"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, микрорайон Дорожник, 11/1, здание коммунального государственного предприятия "Костанайская районная больница" Управления здравоохранения акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 567</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z134" w:id="119"/>
-[...15 lines deleted...]
-      Избирательный участок № 566</w:t>
+    <w:bookmarkStart w:name="z138" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Арман.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z135" w:id="120"/>
-[...15 lines deleted...]
-      В границах города Тобыл: улица 25 лет Целины нечетная сторона 1, 1/1, 3, 3/1, 5, 5/1, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 35, 37, улица Олимпийская 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14/1, 14/2, 14/3, 14/4, 15, 16, 16/1, 16/2, 16/3, 16/4, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25/1, 25/2, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47, улица Парковая нечетная сторона 1, 3, 5, 7, 9, 11, 13, 13/1, 13/2, 13/3, 13/5, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, четная сторона 2, 4, 6, 8, 10, 12, 12/1, 12/2, 14, 14/1, 14/2, 14/3, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, улица Зеленая нечетная сторона 1, 3, 5, 7, 9, 11, 13, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, четная сторона 2, 4, 6, 8, 10, 12, 14, 24, 24/1, 24/2, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 68/1, 70, улица Тимирязева 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12 А,13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, мс м 124 A, улица Шипина 1, 2, 3, 4, 5, 6, 7, 8, 9, улица Тәуелсіздік 74, 76, 78, 78 А, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 124/1, 124/2, улица Терешковой 17, 19, 19/1, 42, 42/1, 73/1, 97, улица Калабаева 1, 2, 2/2, 2/8, 2/9, 2/10, 2/11, 2/12, 2/13, 2/15, 2/16, 2/17, 2 А, 2 Б, 2 В, 2 Г, 2 Д, 4, 5, 5/1, 6, 7, 7 А, 9, 11, 23, 25, 27, 27/1, 29, 31, 32, 33, 34, 35, 35/1, 35/2, 35/3, 36, 37, 37/1, 38, 39, 39/2, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 49/2, 49/3, 49/4, 49 Б, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Арман, улица Педагогическая, 7, здание коммунального государственного учреждения "Красно - Передовикская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z136" w:id="121"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, город Тобыл, улица Тәуелсіздік, 61 А, здание коммунального государственного казенного предприятия "Культурно -досуговый центр" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 568</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z137" w:id="122"/>
-[...15 lines deleted...]
-      Избирательный участок № 567</w:t>
+    <w:bookmarkStart w:name="z141" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Майколь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z138" w:id="123"/>
-[...15 lines deleted...]
-      В границах: села Арман.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Майколь, микрорайон 2, дом 20, здание коммунального государственного учреждения "Майкольская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z139" w:id="124"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Арман, улица Педагогическая, 7, здание коммунального государственного учреждения "Красно - Передовикская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 569</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z140" w:id="125"/>
-[...15 lines deleted...]
-      Избирательный участок № 568</w:t>
+    <w:bookmarkStart w:name="z144" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Рязановка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z141" w:id="126"/>
-[...15 lines deleted...]
-      В границах: села Майколь.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Рязановка, улица Школьная, 22, здание коммунального государственного учреждения "Рязановская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z142" w:id="127"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Майколь, микрорайон 2, дом 20, здание коммунального государственного учреждения "Майкольская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 570</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z143" w:id="128"/>
-[...15 lines deleted...]
-      Избирательный участок № 569</w:t>
+    <w:bookmarkStart w:name="z147" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Шеминовское.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z144" w:id="129"/>
-[...15 lines deleted...]
-      В границах: села Рязановка.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Шеминовское, переулок Центральный, 10, здание Шеминовского сельского клуба.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z145" w:id="130"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Рязановка, улица Школьная, 22, здание коммунального государственного учреждения "Рязановская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 571</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z146" w:id="131"/>
-[...15 lines deleted...]
-      Избирательный участок № 570</w:t>
+    <w:bookmarkStart w:name="z150" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Алтынсарино.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z147" w:id="132"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z151" w:id="136"/>
+    <w:bookmarkStart w:name="z151" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Местонахождение избирательного участка: Костанайская область, Костанайский район, село Алтынсарино, улица Школьная, 1/1, здание коммунального государственного учреждения "Алтынсаринская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z152" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 572</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z153" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Мичуринское.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z154" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Мичуринское, улица Школьная, 1 А, здание коммунального государственного учреждения "Мичуринская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z155" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 573</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z152" w:id="137"/>
-[...15 lines deleted...]
-      Избирательный участок № 572</w:t>
+    <w:bookmarkStart w:name="z156" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Садовое.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z153" w:id="138"/>
-[...15 lines deleted...]
-      В границах: села Мичуринское.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Садовое, улица Ленина, 15, здание коммунального государственного учреждения "Садовая общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z154" w:id="139"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Мичуринское, улица Школьная, 1 А, здание коммунального государственного учреждения "Мичуринская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 574</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z155" w:id="140"/>
-[...15 lines deleted...]
-      Избирательный участок № 573</w:t>
+    <w:bookmarkStart w:name="z159" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах села Московское: улицы 9 Мая, Октябрьская, Садовая, Фестивальная, Луговая, Большая Целинная, Урожайная, Дорожная, Пролетарская, Степная, 30 лет Целины, Московская, Титова, Гагарина, Олимпийская, Ленина, Юбилейная.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z156" w:id="141"/>
-[...15 lines deleted...]
-      В границах: села Садовое.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Московское, улица Ленина, 1, здание коммунального государственного учреждения "Московская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z157" w:id="142"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Садовое, улица Ленина, 15, здание коммунального государственного учреждения "Садовая общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 575</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z158" w:id="143"/>
-[...15 lines deleted...]
-      Избирательный участок № 574</w:t>
+    <w:bookmarkStart w:name="z162" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах села Московское: улицы 70 лет Октября, Приозерная, Первомайская, Целинная, Павлова, 8 Марта, Мельничная, Привокзальная, Почтовая, Советская, Комсомольская, Спортивная, Молодежная.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z159" w:id="144"/>
-[...15 lines deleted...]
-      В границах села Московское: улицы 9 Мая, Октябрьская, Садовая, Фестивальная, Луговая, Большая Целинная, Урожайная, Дорожная, Пролетарская, Степная, 30 лет Целины, Московская, Титова, Гагарина, Олимпийская, Ленина, Юбилейная.</w:t>
+    <w:bookmarkStart w:name="z163" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Московское, улица Первомайская, 1, здание коммунального государственного учреждения "Озерная основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z160" w:id="145"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Московское, улица Ленина, 1, здание коммунального государственного учреждения "Московская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 576</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z161" w:id="146"/>
-[...15 lines deleted...]
-      Избирательный участок № 575</w:t>
+    <w:bookmarkStart w:name="z165" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Светлый Жарколь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z162" w:id="147"/>
-[...15 lines deleted...]
-      В границах села Московское: улицы 70 лет Октября, Приозерная, Первомайская, Целинная, Павлова, 8 Марта, Мельничная, Привокзальная, Почтовая, Советская, Комсомольская, Спортивная, Молодежная.</w:t>
+    <w:bookmarkStart w:name="z166" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Светлый Жарколь, улица Пионерская, 9, здание медицинского пункта села Светлый Жарколь коммунального государственного предприятия "Костанайская районная больница" Управления здравоохранения акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z163" w:id="148"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Московское, улица Первомайская, 1, здание коммунального государственного учреждения "Озерная основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z167" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 578</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z164" w:id="149"/>
-[...15 lines deleted...]
-      Избирательный участок № 576</w:t>
+    <w:bookmarkStart w:name="z168" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Надеждинка, села Майалап.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z165" w:id="150"/>
-[...15 lines deleted...]
-      В границах: села Светлый Жарколь.</w:t>
+    <w:bookmarkStart w:name="z169" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Надеждинка, улица Школьная, 1, здание коммунального государственного учреждения "Надеждинская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z166" w:id="151"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Светлый Жарколь, улица Пионерская, 9, здание медицинского пункта села Светлый Жарколь коммунального государственного предприятия "Костанайская районная больница" Управления здравоохранения акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z170" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 579</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z167" w:id="152"/>
-[...15 lines deleted...]
-      Избирательный участок № 578</w:t>
+    <w:bookmarkStart w:name="z171" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Озерное.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z168" w:id="153"/>
-[...15 lines deleted...]
-      В границах: села Надеждинка, села Майалап.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Озерное, улица Ленина, 2, здание Озерного сельского дома культуры коммунального государственного казенного предприятия "Культурно - досуговый центр" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z169" w:id="154"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Надеждинка, улица Школьная, 1, здание коммунального государственного учреждения "Надеждинская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z173" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 580</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z170" w:id="155"/>
-[...15 lines deleted...]
-      Избирательный участок № 579</w:t>
+    <w:bookmarkStart w:name="z174" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Молокановка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z171" w:id="156"/>
-[...15 lines deleted...]
-      В границах: села Озерное.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Молокановка, улица Школьная, 6, здание коммунального государственного учреждения "Молокановская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z172" w:id="157"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Озерное, улица Ленина, 2, здание Озерного сельского дома культуры коммунального государственного казенного предприятия "Культурно - досуговый центр" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z176" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 581</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z173" w:id="158"/>
-[...15 lines deleted...]
-      Избирательный участок № 580</w:t>
+    <w:bookmarkStart w:name="z177" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Нечаевка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z174" w:id="159"/>
-[...15 lines deleted...]
-      В границах: села Молокановка.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Нечаевка, улица Абая, 46 А, здание коммунального государственного учреждения "Нечаевская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z175" w:id="160"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Молокановка, улица Школьная, 6, здание коммунального государственного учреждения "Молокановская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 582</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z176" w:id="161"/>
-[...15 lines deleted...]
-      Избирательный участок № 581</w:t>
+    <w:bookmarkStart w:name="z180" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Октябрьское, села Лиманное.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z177" w:id="162"/>
-[...15 lines deleted...]
-      В границах: села Нечаевка.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Октябрьское, улица Ленинградская, 2 А, здание Октябрьского сельского дома культуры коммунального государственного казенного предприятия "Культурно - досуговый центр" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z178" w:id="163"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Нечаевка, улица Абая, 46 А, здание коммунального государственного учреждения "Нечаевская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z182" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 583</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z179" w:id="164"/>
-[...15 lines deleted...]
-      Избирательный участок № 582</w:t>
+    <w:bookmarkStart w:name="z183" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Рыбное.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z180" w:id="165"/>
-[...15 lines deleted...]
-      В границах: села Октябрьское, села Лиманное.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Рыбное, улица Школьная, 1, здание коммунального государственного учреждения "Рыбинская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z181" w:id="166"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Октябрьское, улица Ленинградская, 2 А, здание Октябрьского сельского дома культуры коммунального государственного казенного предприятия "Культурно - досуговый центр" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 584</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z182" w:id="167"/>
-[...15 lines deleted...]
-      Избирательный участок № 583</w:t>
+    <w:bookmarkStart w:name="z186" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Шоккарагай.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z183" w:id="168"/>
-[...15 lines deleted...]
-      В границах: села Рыбное.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Шоккарагай, улица Школьная, 6, здание Шоккарагайского медицинского пункта коммунального государственного предприятия "Костанайская районная больница" Управления здравоохранения акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z184" w:id="169"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Рыбное, улица Школьная, 1, здание коммунального государственного учреждения "Рыбинская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z188" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 586</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z185" w:id="170"/>
-[...15 lines deleted...]
-      Избирательный участок № 584</w:t>
+    <w:bookmarkStart w:name="z189" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Половниковка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z186" w:id="171"/>
-[...15 lines deleted...]
-      В границах: села Шоккарагай.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Половниковка, улица Гагарина, 24, здание коммунального государственного учреждения "Половниковская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z187" w:id="172"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Шоккарагай, улица Школьная, 6, здание Шоккарагайского медицинского пункта коммунального государственного предприятия "Костанайская районная больница" Управления здравоохранения акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 587</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z188" w:id="173"/>
-[...15 lines deleted...]
-      Избирательный участок № 586</w:t>
+    <w:bookmarkStart w:name="z192" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Константиновка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z189" w:id="174"/>
-[...15 lines deleted...]
-      В границах: села Половниковка.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Константиновка, улица Терешковой, 35, здание коммунального государственного учреждения "Константиновская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z190" w:id="175"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Половниковка, улица Гагарина, 24, здание коммунального государственного учреждения "Половниковская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z194" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 588</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z191" w:id="176"/>
-[...15 lines deleted...]
-      Избирательный участок № 587</w:t>
+    <w:bookmarkStart w:name="z195" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Садчиковка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z192" w:id="177"/>
-[...15 lines deleted...]
-      В границах: села Константиновка.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Садчиковка, улица Ленина, 187, здание коммунального государственного учреждения "Садчиковская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z193" w:id="178"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Константиновка, улица Терешковой, 35, здание коммунального государственного учреждения "Константиновская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z197" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 589</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z194" w:id="179"/>
-[...15 lines deleted...]
-      Избирательный участок № 588</w:t>
+    <w:bookmarkStart w:name="z198" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Бегежан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z195" w:id="180"/>
-[...15 lines deleted...]
-      В границах: села Садчиковка.</w:t>
+    <w:bookmarkStart w:name="z199" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Бегежан, улица Школьная, 1, здание коммунального государственного учреждения "Бегежанская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z196" w:id="181"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Садчиковка, улица Ленина, 187, здание коммунального государственного учреждения "Садчиковская общеобразовательная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z200" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 590</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z197" w:id="182"/>
-[...15 lines deleted...]
-      Избирательный участок № 589</w:t>
+    <w:bookmarkStart w:name="z201" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Ульяновское.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z198" w:id="183"/>
-[...15 lines deleted...]
-      В границах: села Бегежан.</w:t>
+    <w:bookmarkStart w:name="z202" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Ульяновское, улица Ленина, 1, здание коммунального государственного учреждения "Ульяновская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z199" w:id="184"/>
-[...15 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Бегежан, улица Школьная, 1, здание коммунального государственного учреждения "Бегежанская начальная школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:bookmarkStart w:name="z203" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 591</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z200" w:id="185"/>
-[...15 lines deleted...]
-      Избирательный участок № 590</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Суриковка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Суриковка, улица Комсомольская, 3, здание Суриковской сельской библиотеки государственного учреждения "Костанайская районная централизованная библиотечная система" государственного учреждения "Отдел культуры и развития языков" акимата Костанайского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 592</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах: села Шишкинское.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Шишкинское, улица Гагарина, 2, здание коммунального государственного учреждения "Шишкинская основная средняя школа отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 593</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах села Заречное: улицы Ипподромная, Майлина, Южная, Наметова, Бр. Родионовых, микрорайон Северный четная сторона 2А, 4А, 6А, 8, 10А, 10, 12А, 14А, 14, 16, 18, 22, 26, 30, 32, 34, 36, 38, 42, 44, 50, 52, 54, 56, 60, 64, 68, 70, 72, 74, 76, 78, 82, 84, 86, 88, 90, 92, 94, 96, 98, 106/1, 108, 112, 118, 120, 122, 124, 126, 128, 130, 136, 480А, 482, 488, 490, 492, 494, 496, 498, 500, 502, 504, 506, 508, 510, 512, 516, 518, 520, 522, 524, 526, 528, 530, 532, 534, 536, 538, 540, 542, 544, 546, 548, 550, 552, 554, 558, 560, 562, 564, 566, 568, 570, 572, 574, 576, 232, 232/1, 234, 236, 1472, 1466, 1468/1, 1490, 1532, 1512, 1522, 1518, нечетная сторона 3А.5А, 7, 9Б, 11А, 13А, 9/1, 9Г, 9/2Б, 11, 13, 15/1, 17, 25, 27, 29, 31, 33, 35, 37, 39, 47, 51, 55, 57, 59, 61, 63, 67, 69, 71, 79, 81, 83, 85, 87, 89, 93, 95, 97, 99, 101/1, 103/2, 105, 107, 109, 111, 113, 117, 119, 121, 125, 127, 131, 133, 135, 139, 479, 481, 483А, 485, 487, 489, 491, 493, 495, 497, 499, 501, 503, 505, 507, 509, 511, 513, 515, 517, 519, 521, 523, 525, 527, 529, 531, 533, 535, 537, 539, 541, 543, 545, 547, 549, 551, 553, 561, 563, 565, 567, 569, 571, 573, 575, 577, 233, 235, 5, 5/1, 5/2, 5/3, 5/4, 5/5, 5/6, 5/7, 5/8, 5/9, 5/10, 1243, 1479, 1475, 1493, 1463, 1461, 1457, 1541, 1543, 1515/1, 1525, 1499.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z201" w:id="186"/>
-[...15 lines deleted...]
-      В границах: села Ульяновское.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Заречное, микрорайон Северный, 1, здание коммунального государственного учреждения "Общеобразовательная школа с государственным языком обучения имени А.Байтурсынұлы отдела образования Костанайского района" Управления образования акимата Костанайской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z202" w:id="187"/>
-[...180 lines deleted...]
-      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Заречное, микрорайон Северный, 1, здание коммунального государственного учреждения "Заречная общеобразовательная школа с государственным языком обучения отдела образования Костанайского района" Управления образования акимата Костанайской области.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 881</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В границах села Заречное: микрорайон Северный четная сторона 140, 142, 144, 150, 152, 154, 160, 162, 170, 172, 174, 176, 180, 184, 188, 192А, 192, 194, 196, 198, 202, 204, 208, 210, 212, 220, 222, 224, 226, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 272, 274, 276, 278, 280, 282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306, 308, 310, 312, 314, 318, 320, 322, 324, 326, 328, 330, 332, 334, 336, 338, 340, 342, 344, 346, 348, 350, 352, 354, 356, 358, 360, 362, 364, 366, 368, 370, 374, 376, 378, 380, 382, 384, 386, 388, 390, 392, 394, 396, 398, 400, 402, 404, 408, 410, 412, 414, 416, 418, 420, 422, 424, 456, 458, 460, 462, 464, 466, 468, 578, 582, 584, 588, 590, 756, нечетная сторона 140/1, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 163/1, 165, 167, 167/1, 169, 171/173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255, 257, 259, 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 281, 283,285, 287, 289, 301, 303, 305, 307, 309, 311, 313, 315, 317, 319, 321, 323, 325, 327, 329, 331, 333, 335, 337, 339, 341, 343, 345, 347, 349, 351, 353, 355, 357, 359, 361, 363, 365, 367, 369, 371, 373, 375, 377, 379, 381, 383, 385, 387, 389, 391, 393, 395, 397, 399, 401, 403, 405, 407, 409, 411, 413, 415, 417, 419, 421, 423, 425, 427, 457, 459, 461, 463, 465, 467, 581, 583, 585, 587.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: Костанайская область, Костанайский район, село Заречное, улица Ипподромная, 40, здание коммунального государственного учреждения "Заречная общеобразовательная школа № 1 отдела образования Костанайского района" Управления образования акимата Костанайской области".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4515,402 +4586,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 13 марта 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="189"/>
+    <w:bookmarkStart w:name="z205" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений акима Костанайского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z206" w:id="190"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z206" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Решение акима Костанайского района "Об образовании избирательных участков в Костанайском районе" от 12 марта 2014 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 28 марта 2014 года в газете "Арна", зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 4525);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z207" w:id="191"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z207" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение акима Костанайского района "О внесении изменений в решение акима от 12 марта 2014 года № 1 "Об образовании избирательных участков в Костанайском районе" от 21 сентября 2015 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 8 октября 2015 года в газете "Арна", зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5917);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z208" w:id="192"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z208" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Решение акима Костанайского района "О внесении изменений в решение акима от 12 марта 2014 года № 1 "Об образовании избирательных участков в Костанайском районе" от 7 июля 2016 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 18 августа 2016 года в газете "Арна", зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6576);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z209" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Решение акима Костанайского района "О внесении изменений в решение акима Костанайского района от 12 марта 2014 года № 1 "Об образовании избирательных участков в Костанайском районе" от 16 мая 2017 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 22 июня 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7107);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z210" w:id="194"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z210" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Решение акима Костанайского района "О внесении изменений в решение акима Костанайского района от 12 марта 2014 года № 1 "Об образовании избирательных участков в Костанайском районе" от 6 декабря 2017 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 28 декабря 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7402);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z211" w:id="195"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z211" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Решение акима Костанайского района "О внесении изменений в решение акима Костанайского района от 12 марта 2014 года № 1 "Об образовании избирательных участков в Костанайском районе" от 28 июня 2018 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 24 июля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7950);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z212" w:id="196"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z212" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Решение акима Костанайского района "О внесении изменений в решение акима Костанайского района от 12 марта 2014 года № 1 "Об образовании избирательных участков в Костанайском районе" 30 мая 2019 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (опубликовано 10 июня 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8494).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>