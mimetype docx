--- v0 (2025-11-10)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5cc6068" w14:textId="5cc6068">
+    <w:p w14:paraId="d8743bd" w14:textId="d8743bd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,54 +132,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 1 статьи 12 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения", маслихат города Шымкент РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 12 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения", маслихат города Шымкент </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения маслихата города Шымкент от 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/280-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Дополнительно предоставить гарантированный объем бесплатной медицинской помощи, в том числе лекарственные средства, специализированные лечебные продукты, медицинские изделия, отдельным категориям граждан города Шымкент при амбулаторном лечении бесплатно согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -733,164 +805,111 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>маслихата города</w:t>
+              <w:t>маслихата города Шымкент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шымкент от 15 декабря</w:t>
-[...12 lines deleted...]
-              <w:t>2020 года № 72/675-6с</w:t>
+              <w:t>от 15 декабря 2020 года № 72/675-6с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дополнительно предоставляемый гарантированный объем бесплатной медицинской помощи, в том числе лекарственные средства, специализированные лечебные продукты, медицинские изделия, отдельным категориям граждан города Шымкент при амбулаторном лечении бесплатно</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения маслихата города Шымкент от 14.06.2023 </w:t>
+      Сноска. Приложение 1 - в редакции решения маслихата города Шымкент от 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/36-VIII</w:t>
-[...39 lines deleted...]
-        <w:t>№ 23/201-VIII</w:t>
+        <w:t>№ 31/280-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -916,51 +935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+ № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1174,70 +1193,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1282,52 +1283,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Будесонид, суспензия для ингаляций дозированная 0,5 мг/мл </w:t>
+              <w:t>
+Будесонид, суспензия для ингаляций дозированная 0,5 мг/мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -1444,70 +1445,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2316,468 +2299,354 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смесь на основе гидролизованного белка молочной сыворотки для диетического лечебного питания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-1.</w:t>
-[...33 lines deleted...]
-          </w:p>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиамфеникола глицинат ацетилцистеинат, лиофилизат для приготовления раствора для инъекций и ингаляций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-2.</w:t>
-[...33 lines deleted...]
-          </w:p>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Раствор натрия хлорида 7%, гиалуроната натрия 0,1 %, раствор стерильный для ингаляционного введения, 4 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...27 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
+13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2884,51 +2753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
+14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -2987,51 +2856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
+15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3090,51 +2959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
+16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3193,51 +3062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
+17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3296,51 +3165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
+18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3399,51 +3268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
+19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3502,51 +3371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17-1.</w:t>
+20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3605,51 +3474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
+21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3712,111 +3581,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
+22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3879,111 +3730,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
+23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4046,111 +3879,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21.</w:t>
+24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4257,51 +4072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
+25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4360,51 +4175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
+26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4463,51 +4278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
+27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4566,51 +4381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
+28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4669,51 +4484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
+29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4818,51 +4633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
+30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4890,52 +4705,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Этеплирсен, инъекция для внутривенной инфузии после разбавления 500 мг/10 мл (50 мг/мл) </w:t>
+              <w:t>
+Этеплирсен, инъекция для внутривенной инфузии после разбавления 500 мг/10 мл (50 мг/мл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4969,51 +4784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
+31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5072,100 +4887,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...48 lines deleted...]
- Голодирсен, порошок для приготовления концентрата для приготовления раствора для инфузий 100 мг/2 мл </w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Голодирсен, порошок для приготовления концентрата для приготовления раствора для инфузий 100 мг/2 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -5175,51 +4990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
+33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5278,105 +5093,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
-[...53 lines deleted...]
-неспецифический язвенный колит</w:t>
+34.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болезнь Крона, неспецифический язвенный колит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5445,51 +5242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5596,51 +5393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
+36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5699,51 +5496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
+37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5802,51 +5599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
+38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5905,51 +5702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
+39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6008,51 +5805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
+40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6111,51 +5908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
+41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6214,51 +6011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.</w:t>
+42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6317,51 +6114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40.</w:t>
+43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6420,51 +6217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.</w:t>
+44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6523,51 +6320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42.</w:t>
+45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6626,51 +6423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43.</w:t>
+46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6729,51 +6526,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44.</w:t>
+47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6832,51 +6629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45.</w:t>
+48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6935,51 +6732,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46.</w:t>
+49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7038,51 +6835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47.</w:t>
+50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7141,51 +6938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48.</w:t>
+51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7292,51 +7089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49.</w:t>
+52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7395,51 +7192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.</w:t>
+53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7498,51 +7295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51.</w:t>
+54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7601,51 +7398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.</w:t>
+55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7704,51 +7501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53.</w:t>
+56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7807,51 +7604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54.</w:t>
+57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7910,51 +7707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.</w:t>
+58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8013,51 +7810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56.</w:t>
+59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8116,51 +7913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57.</w:t>
+60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8219,51 +8016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58.</w:t>
+61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8322,51 +8119,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59.</w:t>
+62.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8425,51 +8222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60.</w:t>
+63.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8528,51 +8325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61.</w:t>
+64.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8631,51 +8428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62.</w:t>
+65.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8734,51 +8531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63.</w:t>
+66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8837,51 +8634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64.</w:t>
+67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8940,51 +8737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65.</w:t>
+68.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9043,51 +8840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66.</w:t>
+69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9146,51 +8943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67.</w:t>
+70.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9297,51 +9094,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67-1.</w:t>
+71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9400,51 +9197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68.</w:t>
+72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9509,111 +9306,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68-1.</w:t>
+73.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9672,51 +9451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.</w:t>
+74.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9782,110 +9561,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лица в возрасте восемнадцати лет и старше,</w:t>
-[...17 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70.</w:t>
+75.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9944,51 +9705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71.</w:t>
+76.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10051,111 +9812,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72.</w:t>
+77.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10218,111 +9961,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73.</w:t>
+78.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10385,111 +10110,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74.</w:t>
+79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10554,111 +10261,93 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-находящиеся под динамическим наблюдением</w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75.</w:t>
+80.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -10717,51 +10406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76.</w:t>
+81.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10866,124 +10555,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77.</w:t>
+82.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-Глюкоза, раствор для инфузий 10% 500 мл </w:t>
+              <w:t>
+Другие нарушения всасывания в кишечнике</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глюкоза, раствор для инфузий 10% 500 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11017,100 +10706,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78.</w:t>
-[...48 lines deleted...]
-Комбинированные препараты для парентерального питания (10 % раствор аминокислот с электролитами, 42 % раствор глюкозы, 20 % липидная эмульсия), эмульсия для инфузий 986 мл </w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комбинированные препараты для парентерального питания (10 % раствор аминокислот с электролитами, 42 % раствор глюкозы, 20 % липидная эмульсия), эмульсия для инфузий 986 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -11120,51 +10809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79.</w:t>
+84.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11223,51 +10912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80.</w:t>
+85.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11326,51 +11015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.</w:t>
+86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11429,51 +11118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82.</w:t>
+87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11532,51 +11221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83.</w:t>
+88.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11635,100 +11324,118 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84.</w:t>
-[...48 lines deleted...]
-Раствор для закрытия катетера, ампула 5 мл (Тауролидин, Цитрат (4 %), Урокиназа (25 000 единиц)</w:t>
+89.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Раствор для закрытия катетера, ампула 5 мл (Тауролидин, Цитрат (4 %), Урокиназа</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(25 000 единиц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -11738,51 +11445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85.</w:t>
+90.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11841,51 +11548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86.</w:t>
+91.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11944,51 +11651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87.</w:t>
+92.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12047,51 +11754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88.</w:t>
+93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12150,51 +11857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89.</w:t>
+94.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12253,51 +11960,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90.</w:t>
+95.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12356,51 +12063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91.</w:t>
+96.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12459,100 +12166,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92.</w:t>
-[...48 lines deleted...]
-Салфетки стерильные 10 см х 10 см </w:t>
+97.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салфетки стерильные 10 см х 10 см</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -12562,51 +12269,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93.</w:t>
+98.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12665,51 +12372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94.</w:t>
+99.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12768,51 +12475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95.</w:t>
+100.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12871,51 +12578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96.</w:t>
+101.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12974,51 +12681,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97.</w:t>
+102.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13077,51 +12784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98.</w:t>
+103.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13180,51 +12887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99.</w:t>
+104.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13329,51 +13036,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100.</w:t>
+105.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13478,51 +13185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101.</w:t>
+106.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13629,51 +13336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101-1.</w:t>
+107.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13732,51 +13439,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102.</w:t>
+108.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13881,51 +13588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103.</w:t>
+109.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14030,105 +13737,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104.</w:t>
-[...53 lines deleted...]
-1 типа</w:t>
+110.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нейрофиброматоз 1 типа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14197,51 +13886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105.</w:t>
+111.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14346,51 +14035,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106.</w:t>
+112.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14453,52 +14142,517 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением </w:t>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Злокачественное новообразование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+верхне-наружного квадранта молочной железы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трастузумаб дерукстекан, лиофилизат для приготовления концентрата для приготовления раствора для инфузий 100 мг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Системная красная волчанка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ритуксимаб концентрат для приготовления раствора для инфузий 10 мг/мл, 50 мл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Миастения гравис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Равулизумаб, концентрат для приготовления раствора для инфузий, 300 мг, 3 мл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лица в возрасте восемнадцати лет и старше, находящиеся под динамическим наблюдением</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>