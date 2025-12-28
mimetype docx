--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b6ee72f" w14:textId="b6ee72f">
+    <w:p w14:paraId="3808fed" w14:textId="3808fed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,126 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении коэффициентов зонирования, учитывающих месторасположение объекта налогообложения в населенных пунктах Ерейментауского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Ерейментауского района Акмолинской области от 30 ноября 2020 года № а-11/424. Зарегистрировано Департаментом юстиции Акмолинской области 10 декабря 2020 года № 8212</w:t>
+        <w:t>Постановление акимата Ерейментауского района Акмолинской области от 30 ноября 2020 года № а-11/424. Зарегистрировано Департаментом юстиции Акмолинской области 10 декабря 2020 года № 8212. Утратило силу постановлением акимата Ерейментауского района Акмолинской области от 28 ноября 2025 года № а-12/307</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Утратило силу постановлением акимата Ерейментауского района Акмолинской области от 28.11.2025 № а-12/307 (вводится в действие с 01.01.2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с Кодексом Республики Казахстан от 25 декабря 2017 года "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О налогах и других</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -248,62 +306,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее постановление вступает в силу со дня государственной регистрации в Департаменте юстиции Акмолинской области и вводится в действие с 1 января 2021 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -311,51 +370,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Аким Ерейментауского района</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -393,191 +452,231 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Республиканское государственное</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>учреждение "Управление</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных доходов по</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ерейментаускому району</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Департамента государственных</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>доходов по Акмолинской области</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Комитета государственных</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>доходов Министерства финансов</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -757,1039 +856,1040 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение объекта налогооблажения в городе Ерейментау Ерейментауского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="575"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Месторасположение объекта налогообложения в городе Ерейментау Ерейментауского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициенты зонирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Абылайхана – 93-159 (нечетная сторона), улица Абылайхана – 94-162 (четная сторона), улица Абая Кунанбаева – 99-141 (нечетная сторона), улица Абая Кунанбаева – 110-168 (четная сторона), улица Богенбая – 80-98 (четная сторона), улица Богенбая – 81-135 (нечетная сторона), улица Шокана Уалиханова – 35-65 (нечетная сторона), улица Шокана Уалиханова – 40-90 (четная сторона), улица Жантай батыра – 58-96 (четная сторона), улица Жантай батыра – 63-101 (нечетная сторона), улица Кенесары Касымова – 61-127 (нечетная сторона), улица Атан батыра, Первомайский переулок, улица Мира (нечетная сторона), улица Талгата Мусабаева, улица Аманжола Альжанова (четная сторона), улица Мухтара Ауезова, улица Женис, улица имени Умбетей жырау, улица Аль-Фараби, Октябрьский переулок.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Абылайхана – 161-225 (нечетная сторона), улица Абылайхана – 164-246 (четная сторона), улица Абая Кунанбаева – 143-201 (нечетная сторона), улица Абая Кунанбаева – 170-242 (четная сторона), улица Богенбая – 100-150 (четная сторона), улица Богенбая – 137-183 (нечетная сторона), улица Шокана Уалиханова – 67-77 (нечетная сторона), улица Шокана Уалиханова – 92-152 (четная сторона), улица Жантай батыра – 98-108 (четная сторона), улица Жантай батыра – 103-111 (нечетная сторона), улица Свобода, улица Железнодорожная, улица Юрия Гагарина, улица Заводская, улица Западная, улица Строительная, улица Алихана Барлыбаева, улица Мира (четная сторона), улица Аманжола Альжанова (нечетная сторона), улица Якова Киселева, улица Кенесары Касымова – 131-155 (нечетная сторона).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Абылайхана – 1-92, улица Абая Кунанбаева – 1-97 (нечетная сторона), улица Абая Кунанбаева – 2-108 (четная сторона), улица Богенбая – 1-78, улица Шокана Уалиханова – 1-38, улица Жантай батыра – 2-56 (четная сторона), улица Жантай батыра – 1-61 (нечетная сторона), улица Саккулак би, улица Автомобилистов, улица Валерия Чкалова, Школьный переулок, улица Желтоксан, улица Зеленый хутор, улица Приречная – 1-22, улица Кенесары Касымова – 1-59 (нечетная сторона).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Приречная – 23-26, улица Заречная, улица Болата Бектемирова, улица Степная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Казахская, улица Галымжана Мукатова, улица Жанайдара Ыбыраева, улица Интернациональная, улица Северная, улица Линейная, улица Жамбыла Жабаева.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Сакена Сейфуллина, улица Карасу, улица Амангельды Иманова, улица имени Молдажана Жадайулы, улица Бекболат акына.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Каменный карьер, улица Горнолесная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11158" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улица Деповская, улица Кенесары Касымова (четная сторона).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1968,249 +2068,250 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коэффициенты зонирования, учитывающие месторасположение объекта налогооблажения в сельских населенных пунктах Ерейментауского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2680"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3963"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № зоны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Месторасположение объекта налогообложения в сельских населенных пунктах Ерейментауского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициенты зонирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Еркиншилик (Еркиншиликский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2220,87 +2321,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Тайбай (Тайбайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2310,87 +2411,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Тургай (Тургайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2400,87 +2501,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Новомарковка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2490,87 +2591,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Акмырза (Акмырзинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2580,87 +2681,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Малтабар (Тайбайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2670,201 +2771,201 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Уленты (Улентинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село имени Олжабай батыра (сельский округ имени Олжабай батыра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2874,87 +2975,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Аксуат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2964,87 +3065,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бозтал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3054,87 +3155,87 @@
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ельтай (Тайбайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3144,87 +3245,87 @@
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Карагайлы (Тургайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3234,87 +3335,87 @@
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Балыкты (Тургайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3324,87 +3425,87 @@
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Нижний Тургай (Тургайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3414,87 +3515,87 @@
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бестогай (Бестогайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3504,87 +3605,87 @@
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Енбек (Еркиншиликский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3594,87 +3695,87 @@
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Койтас (Койтасский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3684,87 +3785,87 @@
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жарык (Тайбайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3774,201 +3875,201 @@
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 станция Коржинколь (Улентинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ажы (Койтасский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3978,87 +4079,87 @@
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Куншалган (Куншалганский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4068,87 +4169,87 @@
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Селетинское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4158,87 +4259,87 @@
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 станция Уленты (Улентинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4248,87 +4349,87 @@
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Байсары (Бестогайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4338,87 +4439,87 @@
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кызылту (Бестогайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4428,87 +4529,87 @@
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жанажол (Тургайский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4518,87 +4619,87 @@
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жолбасшы (Акмырзинский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4608,201 +4709,201 @@
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ынтымак (сельский округ имени Олжабай батыра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2680" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Каратал (Куншалганский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4812,87 +4913,87 @@
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шакей (Куншалганский сельский округ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4902,87 +5003,87 @@
               <w:t>
 1,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5657" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Алгабас (сельский округ имени Олжабай батыра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3963" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5036,63 +5137,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5414,35 +5537,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>