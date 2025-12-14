--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1a7a973" w14:textId="1a7a973">
+    <w:p w14:paraId="40713c3" w14:textId="40713c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -734,249 +734,353 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-333/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматриваются в редакции приказа Министра здравоохранения РК от 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 111</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила ведения учета потребителей и предоставления права на получение медицинской помощи в системе обязательного социального медицинского страхования</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила ведения учета потребителей и предоставления права на получение медицинской помощи в системе обязательного социального медицинского страхования (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 66)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" и определяют порядок ведение учета потребителей в рамках системы обязательного медицинского страхования (далее – ОСМС).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...77 lines deleted...]
-      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информационный обмен – процесс приема и передачи данных от одной информационной системы к другой;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) плательщики отчислений и (или) взносов (далее – плательщики) – лица, осуществляющие исчисление, удержание, перечисление, уплату </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -991,111 +1095,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) взносов в Фонд в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан от 16 ноября 2015 года "Об обязательном социальном медицинском страховании" (далее – Закон);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) фонд социального медицинского страхования (далее – Фонд) – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, которые предусмотрены договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      4) фонд социального медицинского страхования (далее – Фонд) – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, которые предусмотрены договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) информационная система Фонда (далее – ИС Фонда) – информационная система, обеспечивающая ведение процессов Фонда в электронном формате;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      5) информационная система Фонда (далее – ИС Фонда) – информационная система, обеспечивающая ведение процессов Фонда в электронном формате;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) потребитель медицинских услуг в системе обязательного медицинского страхования (далее – потребитель) – физическое лицо, имеющее в соответствии с Законом право на получение медицинской помощи в системе ОСМС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1114,51 +1218,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1173,516 +1277,516 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона право на медицинскую помощь в системе ОСМС имеют лица, за которых осуществлялась уплата отчислений и (или) взносов в Фонд, а также освобожденные от уплаты взносов в Фонд в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 28 Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ведение учета потребителей в рамках системы ОСМС осуществляется Фондом в ИС Фонда на основании данных или сведений Государственной корпорации, поступающих из информационных систем государственных органов Республики Казахстан, данных о военнослужащих, за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудниках специальных государственных и правоохранительных органов, представляемых в электронном формате.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      4. Ведение учета потребителей в рамках системы ОСМС осуществляется Фондом в ИС Фонда на основании данных или сведений Государственной корпорации, поступающих из информационных систем государственных органов Республики Казахстан, данных о военнослужащих, за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудниках специальных государственных и правоохранительных органов, представляемых в электронном формате.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 54 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Обмен данными между информационными системами государственных органов Республики Казахстан, ИС Фонда осуществляется в электронном виде по выделенным или открытым каналам связи, включая сеть Интернет, в соответствии с требованиями, установленными законодательством Республики Казахстан об информатизации, о государственных секретах и защите персональных данных. Информационному обмену не подлежат сведения, составляющие государственные секреты Республики Казахстан, а также служебная информация ограниченного распространения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Данные по категории потребителей, за исключением данных, предусмотренных главой 3 настоящих Правил, обновляются ежедневно в автоматизированном режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Источниками формирования данных лиц, указанных в главе 2 настоящих Правил, в том числе иностранцев и лиц без гражданства, постоянно проживающих на территории Республики Казахстан, иностранцев и членов их семей, временно пребывающих на территории Республики Казахстан в соответствии с условиями международного договора, ратифицированного Республикой Казахстан, если иное не предусмотрено законами или международными договорами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z238" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения из информационной системы Министерства просвещения Республики Казахстан (далее – МП РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z239" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения из информационной системы Министерства науки и высшего образования (далее – МНВО РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z240" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения государственной базы данных Министерства юстиции Республики Казахстан (далее – МЮ РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z241" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сведения из информационной системы Министерства труда и социальной защиты населения Республики Казахстан (далее – МТСЗН РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z242" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сведения из информационной системы Министерства здравоохранения Республики Казахстан (далее – МЗ РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z243" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сведения из централизованной автоматизированной базы данных Министерства внутренних дел Республики Казахстан (далее – МВД РК);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z244" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведения из информационной системы Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – КПСиСУ ГП РК).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
-[...19 lines deleted...]
-        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...261 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Ведение учета потребителей в ИС Фонда осуществляется в автоматическом режиме на основании данных, поступающих из Государственной корпорации, за исключением категорий потребителей, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главе 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Лица, указанные в главе 2 настоящих Правил, учитываются в ИС Фонда в качестве потребителей с даты присвоения соответствующей категории источниками формирования данных, указанных в пункте 6 настоящих Правил. В случае поступления в ИС Фонд сведений об исключении лица из категорий лиц, за которых уплачивает государство, право на получение медицинской помощи в системе ОСМС сохраняется в течение трех месяцев со дня его исключения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае не поступления взносов от государства за лиц, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Закона, право на получение медицинской помощи в системе ОСМС сохраняется на период не более трех месяцев с момента прекращения уплаты взносов в соответствии с пунктом 2 статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Лица, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1697,71 +1801,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14 Закона, за исключением лиц, указанных в подпунктах 1), 9) и 10) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, учитываются в ИС Фонда в качестве потребителя с первого числа месяца при наличии сведений об уплате отчислений и (или) взносов в ИС Фонда в течение двенадцати месяцев, предшествующих дате оплаты, за каждый месяц.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неуплаты отчислений и (или) взносов право на получение медицинской помощи в системе ОСМС сохраняется на период не более трех месяцев с момента прекращения уплаты таких отчислений и (или) взносов в соответствии с пунктом 2 статьи 5 Закона.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1780,51 +1884,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z245" w:id="35"/>
+    <w:bookmarkStart w:name="z245" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-1. Лица, предусмотренные подпунктом 9) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1839,51 +1943,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, учитываются в ИС Фонда в качестве потребителя со дня уплаты взносов в ИС Фонда в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1902,968 +2006,968 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Лица, указанные в подпунктах 2), 3) и 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 28 Закона, учитываются в ИС Фонда в качестве потребителя с даты поступления информации о них.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Лица, указанные в подпункте 10) пункта 2 статьи 14 Закона, учитываются в ИС Фонда в качестве потребителя с даты уплаты единого совокупного платежа и действует до конца календарного месяца, при наличии взносов в Фонд не менее чем за три месяца подряд, предшествующих дате получения медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
-[...15 lines deleted...]
-      12. Лица, указанные в подпункте 10) пункта 2 статьи 14 Закона, учитываются в ИС Фонда в качестве потребителя с даты уплаты единого совокупного платежа и действует до конца календарного месяца, при наличии взносов в Фонд не менее чем за три месяца подряд, предшествующих дате получения медицинской помощи.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае возникновения технических сбоев работы ИС Фонда, ИС государственных органов право на получение медицинской помощи в системе ОСМС физического лица сохраняется до исправления ИС.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
-[...15 lines deleted...]
-      13. В случае возникновения технических сбоев работы ИС Фонда, ИС государственных органов право на получение медицинской помощи в системе ОСМС физического лица сохраняется до исправления ИС.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Информация о потребителе предоставляется из ИС Фонда по запросу в медицинские информационные системы и иные информационные системы для дальнейшего определения источника финансирования оказания медицинской помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Учет потребителей, являющихся плательщиками в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, в ИС Фонда ведется в автоматическом режиме с занесением следующих сведений:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) индивидуальный идентификационный номер Потребителя;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
-[...15 lines deleted...]
-      1) индивидуальный идентификационный номер Потребителя;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фамилия имя отчество потребителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
-[...15 lines deleted...]
-      2) фамилия имя отчество потребителя;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бизнес-идентификационный номер Плательщика (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
-[...15 lines deleted...]
-      3) бизнес-идентификационный номер Плательщика (при наличии);</w:t>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование Плательщика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
-[...15 lines deleted...]
-      4) наименование Плательщика;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) период платежа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
-[...15 lines deleted...]
-      5) период платежа;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дата поступления платежа в Фонд;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
-[...15 lines deleted...]
-      6) дата поступления платежа в Фонд;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) референс платежа, поступившего в Фонд;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
-[...15 lines deleted...]
-      7) референс платежа, поступившего в Фонд;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сумма платежа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
-[...15 lines deleted...]
-      8) сумма платежа;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) код назначения платежа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
-[...15 lines deleted...]
-      9) код назначения платежа.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок ведения учета потребителей, относящихся к категории лиц, взносы за которых уплачивается государством</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Взносы государства на ОСМС уплачиваются, за лиц, установленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 26 Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Актуализация базы данных категории лиц, взносы за которых уплачиваютcя государством осуществляется Государственной корпорацией ежемесячно.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
-[...15 lines deleted...]
-      17. Актуализация базы данных категории лиц, взносы за которых уплачиваютcя государством осуществляется Государственной корпорацией ежемесячно.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для ведения учета потребителей, относящихся к категории лиц, взносы за которых уплачиваются государством, в ИС Фонда в автоматическом режиме заносятся следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
-[...15 lines deleted...]
-      18. Для ведения учета потребителей, относящихся к категории лиц, взносы за которых уплачиваются государством, в ИС Фонда в автоматическом режиме заносятся следующие сведения:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
-[...15 lines deleted...]
-      1) индивидуальный идентификационный номер;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дата присвоения категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
-[...15 lines deleted...]
-      2) дата присвоения категории;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) источник присвоения категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
-[...15 lines deleted...]
-      3) источник присвоения категории;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дата исключения из категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
-[...15 lines deleted...]
-      4) дата исключения из категории;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) источник исключения из категории;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
-[...15 lines deleted...]
-      5) источник исключения из категории;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) причина исключения из категории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
-[...15 lines deleted...]
-      6) причина исключения из категории.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Данные из Государственной корпорации для ведения учета и исключения по категориям лиц, взносы за которых уплачиваются государством поступают в ИС Фонда на ежедневной основе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
-[...15 lines deleted...]
-      19. Данные из Государственной корпорации для ведения учета и исключения по категориям лиц, взносы за которых уплачиваются государством поступают в ИС Фонда на ежедневной основе.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Ведение учета потребителей, относящихся к категории лиц, взносы за которых уплачиваются государством, при наличии у них статуса по нескольким категориям лиц, осуществляется по следующей приоритетности категорий:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
-[...15 lines deleted...]
-      20. Ведение учета потребителей, относящихся к категории лиц, взносы за которых уплачиваются государством, при наличии у них статуса по нескольким категориям лиц, осуществляется по следующей приоритетности категорий:</w:t>
+    <w:bookmarkStart w:name="z178" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дети;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z178" w:id="62"/>
-[...15 lines deleted...]
-      1) дети;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лица, зарегистрированные в качестве безработных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z179" w:id="63"/>
-[...15 lines deleted...]
-      2) лица, зарегистрированные в качестве безработных;</w:t>
+    <w:bookmarkStart w:name="z180" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) неработающие беременные женщины;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z180" w:id="64"/>
-[...15 lines deleted...]
-      3) неработающие беременные женщины;</w:t>
+    <w:bookmarkStart w:name="z181" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неработающее лицо (один из законных представителей ребенка), воспитывающее ребенка (детей) до достижения им (ими) возраста трех лет, за исключением лиц, предусмотренных подпунктом 5) настоящего пункта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z181" w:id="65"/>
-[...15 lines deleted...]
-      4) неработающее лицо (один из законных представителей ребенка), воспитывающее ребенка (детей) до достижения им (ими) возраста трех лет, за исключением лиц, предусмотренных подпунктом 5) настоящего пункта;</w:t>
+    <w:bookmarkStart w:name="z182" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лица, находящиеся в отпусках в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей), по уходу за ребенком (детьми) до достижения им (ими) возраста трех лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z182" w:id="66"/>
-[...15 lines deleted...]
-      5) лица, находящиеся в отпусках в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей), по уходу за ребенком (детьми) до достижения им (ими) возраста трех лет;</w:t>
+    <w:bookmarkStart w:name="z183" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) неработающие лица, осуществляющие уход за ребенком с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z183" w:id="67"/>
-[...15 lines deleted...]
-      6) неработающие лица, осуществляющие уход за ребенком с инвалидностью;</w:t>
+    <w:bookmarkStart w:name="z184" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) неработающее лицо, осуществляющее уход за лицом с инвалидностью первой группы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z184" w:id="68"/>
-[...15 lines deleted...]
-      7) неработающее лицо, осуществляющее уход за лицом с инвалидностью первой группы;</w:t>
+    <w:bookmarkStart w:name="z185" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) получатели пенсионных выплат, в том числе ветераны Великой Отечественной войны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z185" w:id="69"/>
-[...15 lines deleted...]
-      8) получатели пенсионных выплат, в том числе ветераны Великой Отечественной войны;</w:t>
+    <w:bookmarkStart w:name="z186" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) лица, отбывающие наказание по приговору суда в учреждениях уголовно-исполнительной (пенитенциарной) системы (за исключением учреждений минимальной безопасности);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z186" w:id="70"/>
-[...15 lines deleted...]
-      9) лица, отбывающие наказание по приговору суда в учреждениях уголовно-исполнительной (пенитенциарной) системы (за исключением учреждений минимальной безопасности);</w:t>
+    <w:bookmarkStart w:name="z187" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) лица, содержащиеся в следственных изоляторах, а также неработающие лица, к которым применена мера пресечения в виде домашнего ареста;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z187" w:id="71"/>
-[...15 lines deleted...]
-      10) лица, содержащиеся в следственных изоляторах, а также неработающие лица, к которым применена мера пресечения в виде домашнего ареста;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) неработающие кандасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z188" w:id="72"/>
-[...15 lines deleted...]
-      11) неработающие кандасы;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получившие ранее звание "Мать-героиня", а также награжденные орденами "Материнская слава" I и II степени;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z189" w:id="73"/>
-[...15 lines deleted...]
-      12) многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получившие ранее звание "Мать-героиня", а также награжденные орденами "Материнская слава" I и II степени;</w:t>
+    <w:bookmarkStart w:name="z190" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) лица с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z190" w:id="74"/>
-[...15 lines deleted...]
-      13) лица с инвалидностью;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) лица, обучающиеся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего образования, а также послевузовского образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z191" w:id="75"/>
-[...15 lines deleted...]
-      14) лица, обучающиеся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего образования, а также послевузовского образования;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) неработающие получатели государственной адресной социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z192" w:id="76"/>
-[...15 lines deleted...]
-      15) неработающие получатели государственной адресной социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      До исключения из числа потребителей по причине выбытия из одной из категорий лиц, указанных в части первой настоящего пункта, осуществляется проверка на наличие статуса по категориям лиц, нижестоящим по приоритетности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z193" w:id="77"/>
-[...15 lines deleted...]
-      До исключения из числа потребителей по причине выбытия из одной из категорий лиц, указанных в части первой настоящего пункта, осуществляется проверка на наличие статуса по категориям лиц, нижестоящим по приоритетности.</w:t>
+    <w:bookmarkStart w:name="z194" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае положительного результата проверки право на получение медицинской помощи в системе ОСМС сохраняется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z194" w:id="78"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2902,231 +3006,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="79"/>
+    <w:bookmarkStart w:name="z148" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20-1. В случае отсутствия в ИС Фонда данных по категориям лиц, указанных в части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, Фонд вносит их в качестве потребителя в ИС Фонда на один месяц со дня обращения в Фонд c предоставлением следующих подтверждающих документов:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z196" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по детям - свидетельство (свидетельств) о рождении ребенка (детей) (либо справку (справки), содержащую (содержащие) сведения из записей актов гражданского состояния о рождении);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z196" w:id="80"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z197" w:id="81"/>
+    <w:bookmarkStart w:name="z197" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) неработающие беременные женщины – справка по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>форме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 027/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z198" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z198" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) зарегистрированные в качестве безработных – информация о регистрации в качестве безработного по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 9 июня 2023 года № 214 "Об утверждении Правил регистрации лиц, ищущих работу, безработных и осуществления трудового посредничества, оказываемого карьерными центрами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 32850) (далее – приказ № 214);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z199" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неработающие лица (один из законных представителей ребенка), воспитывающие ребенка (детей) до достижения им (ими) возраста трех лет -свидетельство (свидетельств) о рождении ребенка (детей) (либо справку (справки), содержащую (содержащие) сведения из записей актов гражданского состояния о рождении);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z199" w:id="83"/>
-[...15 lines deleted...]
-      4) неработающие лица (один из законных представителей ребенка), воспитывающие ребенка (детей) до достижения им (ими) возраста трех лет -свидетельство (свидетельств) о рождении ребенка (детей) (либо справку (справки), содержащую (содержащие) сведения из записей актов гражданского состояния о рождении);</w:t>
+    <w:bookmarkStart w:name="z200" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лица, находящиеся в отпусках в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей), по уходу за ребенком - свидетельство (свидетельств) о рождении ребенка (детей) (либо справку (справки), содержащую (содержащие) сведения из записей актов гражданского состояния о рождении);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z200" w:id="84"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z201" w:id="85"/>
+    <w:bookmarkStart w:name="z201" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) неработающие лица, осуществляющие уход за ребенком с инвалидностью – справка об инвалидности ребенка по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3141,252 +3245,252 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан 29 июня 2023 года № 260 "Об утверждении Правил проведения медико-социальной экспертизы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32922) (далее – приказ № 260), свидетельство (свидетельств) о рождении ребенка (детей) (либо справку (справки), содержащую (содержащие) сведения из записей актов гражданского состояния о рождении), информацию о регистрации в качестве безработного по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом № 214</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z202" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z202" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) неработающие лица, осуществляющие уход за лицом с инвалидностью первой группы – справку об инвалидности по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом № 260</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z203" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) получатели пенсионных выплат, в том числе ветераны Великой Отечественной войны:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z203" w:id="87"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z204" w:id="88"/>
+    <w:bookmarkStart w:name="z204" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для участников Великой Отечественной войны - удостоверение ветерана Великой Отечественной войны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О ветеранах" (далее - Закон о ветеранах) или копии страницы с отметкой в удостоверении получателя пенсионных выплат по возрасту (пособий);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z205" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z205" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для лиц с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а именно военнослужащие действующей армии и флота, партизаны и подпольщики Великой Отечественной войны, а также рабочие и служащие, которым инвалидность установлена вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны на фронте, в районе военных действий, на прифронтовых участках железных дорог, сооружениях оборонительных рубежей, военно-морских баз и аэродромов – удостоверение ветерана Великой Отечественной войны в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о ветеранах или копии страницы с отметкой в удостоверении получателя пенсионных выплат по возрасту (пособий);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z206" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для ветеранов - копии страницы с отметкой в удостоверении получателя пенсионных выплат по возрасту (пособий);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z206" w:id="90"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z207" w:id="91"/>
+    <w:bookmarkStart w:name="z207" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для получателей пенсионных выплат – удостоверение получателя пенсионных выплат по возрасту/пособий по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 232 "Об утверждении Правил исчисления (определения) размеров, назначения, осуществления, приостановления, перерасчета, возобновления, прекращения и пересмотра решения о назначении (отказе в назначении) государственной базовой пенсионной выплаты, пенсионных выплат по возрасту" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32890);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z208" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z208" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) неработающие кандасы – удостоверение кандаса по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3401,172 +3505,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 22 июля 2013 года № 329-Ө-М "Об утверждении Правил присвоения или продления статуса кандаса" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8624) и информацию о регистрации в качестве безработного по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом № 214</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z209" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получивших ранее звание "Мать-героиня", а также награжденных орденами "Материнская слава" I и II степени - документ, подтверждающий награждение или получение звания многодетной матери, награждение подвеской "Алтын алқа", "Күміс алқа" или получение ранее звания "Мать-героиня", награжденные орденами "Материнская слава" I и II степени;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z209" w:id="93"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z210" w:id="94"/>
+    <w:bookmarkStart w:name="z210" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) лица с инвалидностью – справка об инвалидности по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом № 260</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z211" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) лица, обучающиеся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего образования, а также послевузовского образования - справку из организации среднего, технического и профессионального, послесреднего, высшего и (или) послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z211" w:id="95"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z212" w:id="96"/>
+    <w:bookmarkStart w:name="z212" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13) неработающие получатели государственной адресной социальной помощи – информация, подтверждающая принадлежность заявителя (семьи) к получателям адресной социальной помощи, выданное в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 21 июня 2023 года № 227 "Об утверждении Правил назначения и выплаты государственной адресной социальной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32885);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z213" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z213" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) лицо, освобожденное от уплаты отчислений и (или) взносов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3581,1367 +3685,1367 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 апреля 2020 года № 224 "О дальнейших мерах по реализации Указа Президента Республики Казахстан от 16 марта 2020 года № 287 "О дальнейших мерах по стабилизации экономики" по вопросам налогообложения" или в котором работодатель не исчислял и (или) не уплачивал отчисления и (или) взносы на ОСМС, в соответствии с положениями правовых актов, принятых для обеспечения экономической безопасности страны в период кризисных ситуаций, создающих или могущих создать угрозу жизни и здоровью населения, в соответствии с актами Правительства Республики Казахстан или Налоговым кодексом - один из следующих документов, подтверждающих трудовую деятельность, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z214" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трудовая книжка;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z214" w:id="98"/>
-[...15 lines deleted...]
-      трудовая книжка;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трудовой договор с отметкой работодателя о дате и основании его прекращения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z215" w:id="99"/>
-[...15 lines deleted...]
-      трудовой договор с отметкой работодателя о дате и основании его прекращения;</w:t>
+    <w:bookmarkStart w:name="z216" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выписки из актов работодателя, подтверждающих возникновение и (или) прекращение трудовых отношений на основе заключения и (или) прекращения трудового договора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z216" w:id="100"/>
-[...15 lines deleted...]
-      выписки из актов работодателя, подтверждающих возникновение и (или) прекращение трудовых отношений на основе заключения и (или) прекращения трудового договора;</w:t>
+    <w:bookmarkStart w:name="z217" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выписки из ведомости выдачи заработной платы работникам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z217" w:id="101"/>
-[...15 lines deleted...]
-      выписки из ведомости выдачи заработной платы работникам;</w:t>
+    <w:bookmarkStart w:name="z218" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      послужной список (перечень сведений о работе, трудовой деятельности работника), подписанный и заверенный печатью работодателя (при ее наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z218" w:id="102"/>
-[...15 lines deleted...]
-      послужной список (перечень сведений о работе, трудовой деятельности работника), подписанный и заверенный печатью работодателя (при ее наличии);</w:t>
+    <w:bookmarkStart w:name="z219" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выписки из единого накопительного пенсионного фонда о перечисленных обязательных пенсионных взносах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z219" w:id="103"/>
-[...15 lines deleted...]
-      выписки из единого накопительного пенсионного фонда о перечисленных обязательных пенсионных взносах;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сведения из Государственного фонда социального страхования о произведенных социальных отчислениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z220" w:id="104"/>
-[...15 lines deleted...]
-      сведения из Государственного фонда социального страхования о произведенных социальных отчислениях;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      договор о дуальном обучении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z221" w:id="105"/>
-[...15 lines deleted...]
-      договор о дуальном обучении;</w:t>
+    <w:bookmarkStart w:name="z222" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      архивная справка, содержащая сведения о трудовой деятельности работника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z222" w:id="106"/>
-[...15 lines deleted...]
-      архивная справка, содержащая сведения о трудовой деятельности работника;</w:t>
+    <w:bookmarkStart w:name="z223" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вступившее в законную силу решение суда об установлении юридического факта, подтверждающего наличие трудовых отношений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z223" w:id="107"/>
-[...15 lines deleted...]
-      вступившее в законную силу решение суда об установлении юридического факта, подтверждающего наличие трудовых отношений.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 20-1, в соответствии с приказом Министра здравоохранения РК от 18.10.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ- 106</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 25.02.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок ведения учета потребителей, относящихся к категории "дети"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z83" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Государственной корпорацией список "дети" формируется на основании данных из информационной системы (далее – ИС) МТСЗН РК, полученных из ИС МП РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 20-1, в соответствии с приказом Министра здравоохранения РК от 18.10.2021 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.02.2024 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="108"/>
+    <w:bookmarkStart w:name="z84" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В ИС МП РК данные о детях передаются из государственной базы данных физических лиц МЮ РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Порядок ведения учета потребителей, относящихся к категории "дети"</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="109"/>
+        <w:t xml:space="preserve"> Параграф 2. Порядок ведения учета потребителей, относящихся к категории "лица, зарегистрированные в качестве безработных"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z86" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственной корпорацией список "лица, зарегистрированные в качестве безработных" формируется на основании данных из ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z87" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждение категории осуществляется по дате постановки на учет и (или) снятии из учета в качестве безработного.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z88" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Порядок ведения учета потребителей, относящихся к категории "неработающие беременные женщины"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z89" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Государственной корпорацией список "неработающие беременные женщины" формируется на основании данных из ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z90" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. В ИС МТСЗН РК данные по беременным женщинам передаются из ИС "Регистр беременных и женщин фертильного возраста" МЗ РК (далее – ИС РБиЖФВ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z91" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО, статус неработающим беременным женщинам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z92" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z93" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z94" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Порядок ведения учета потребителей, относящихся к категории "неработающее лицо (один из законных представителей ребенка), воспитывающее ребенка (детей) до достижения им (ими) возраста трех лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z95" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Государственной корпорацией список "неработающее лицо (один из законных представителей ребенка), воспитывающее ребенка (детей) до достижения им (ими) возраста трех лет" формируется на основании данных из ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z96" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. В ИС МТСЗН РК данные о лицах (оба родителя), состоящих в браке и у которых есть дети до трех лет с привязкой индивидуального идентификационного номера (далее – ИИН) родителей к друг другу и к ИНН ребенка передаются из ИС "Регистрация актов гражданского состояния" МЮ РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z97" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. В ИС МТСЗН РК данные о лицах, установленных опекунами (попечителями) над детьми до трех лет с привязкой ИИН опекунов и (или) попечителей к друг другу и к ИИН ребенка передаются из ИС МП РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="110"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z98" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО у обоих родителей, категория "неработающее лицо (один из законных представителей ребенка), воспитывающее ребенка (детей) до достижения им (ими) возраста трех лет":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z99" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается родителю, у которого отсутствуют ОПВ и (или) СО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z100" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) присваивается матери при отсутствии у обоих родителей платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки в случае отсутствия заявления от отца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z101" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z102" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="111"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Порядок ведения учета потребителей, относящихся к категории "лица, находящиеся в отпусках в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей), по уходу за ребенком (детьми) до достижения им (ими) возраста трех лет"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z103" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Государственной корпорацией список "лица, находящиеся в отпусках в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей), по уходу за ребенком (детьми) до достижения им (ими) возраста трех лет" формируется на основании данных из ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z104" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. В ИС МТСЗН РК данные о лицах, находящихся в отпусках в связи с беременностью и родами на основании листка нетрудоспособности передаются из ИС РБиЖФВ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z105" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО у обоих родителей, состоящих в браке, категория "лица, находящиеся в отпусках в связи с беременностью и родами, усыновлением (удочерением) новорожденного ребенка (детей), по уходу за ребенком (детьми) до достижения им (ими) возраста трех лет":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z106" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается родителю, у которого отсутствуют ОПВ и (или) СО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z107" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) присваивается матери при отсутствии у обоих родителей платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки в случае отсутствия заявления от отца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z108" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z109" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Порядок ведения учета потребителей, относящихся к категории "лица, зарегистрированные в качестве безработных"</w:t>
-[...515 lines deleted...]
-      3) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+        <w:t xml:space="preserve"> Параграф 6. Порядок ведения учета потребителей, относящихся к категории "неработающие лица, осуществляющие уход за ребенком с инвалидностью"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z109" w:id="135"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок параграфа 6 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="136"/>
+    <w:bookmarkStart w:name="z110" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Государственной корпорацией список "неработающие лица, осуществляющие уход за ребенком с инвалидностью" формируется на основании данных из ИС МТСЗН РК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z111" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО, категория "неработающие лица, осуществляющие уход за ребенком с инвалидностью":</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z247" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z248" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 34 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 35 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="137"/>
-[...55 lines deleted...]
-      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 7. Порядок ведения учета потребителей, относящихся к категории "неработающее лицо, осуществляющее уход за лицом с инвалидностью первой группы"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок параграфа 7 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4974,1598 +5078,1598 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Параграф 7 - в редакции приказа Министра здравоохранения РК от 25.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="141"/>
+    <w:bookmarkStart w:name="z225" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Государственной корпорацией список "неработающее лицо, осуществляющее уход за лицом с инвалидностью первой группы" формируется на основании данных из ИС МТСЗН РК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО, категория "неработающее лицо, осуществляющее уход за лицом с инвалидностью первой группы":</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z250" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z251" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="142"/>
-[...55 lines deleted...]
-      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 8. Порядок ведения учета потребителей, относящихся к категории "получатели пенсионных выплат, в том числе ветераны Великой Отечественной войны"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z120" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Государственной корпорацией список "получатели пенсионных выплат, в том числе ветераны Великой Отечественной войны" формируется на основании данных из ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z121" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...52 lines deleted...]
-    <w:bookmarkStart w:name="z119" w:id="145"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 9. Порядок ведения учета потребителей, относящихся к категории "лица, отбывающие наказание по приговору суда в учреждениях уголовно-исполнительной (пенитенциарной) системы (за исключением учреждений минимальной безопасности)"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z122" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Государственной корпорацией список "лица, отбывающие наказание по приговору суда в учреждениях уголовно-исполнительной (пенитенциарной) системы (за исключением учреждений минимальной безопасности)" формируется на основании данных из ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z123" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. В ИС МТСЗН РК данные о лицах, отбывающих наказание по приговору суда в учреждениях уголовно-исполнительной (пенитенциарной) системы (за исключением учреждений минимальной безопасности), за исключением иностранцев или лиц без гражданства, временно пребывающих в Республике Казахстан передаются из централизованной автоматизированной базы данных Уголовно-исполнительной системы МВД РК (далее – ЦАБД УИС).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z124" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 8. Порядок ведения учета потребителей, относящихся к категории "получатели пенсионных выплат, в том числе ветераны Великой Отечественной войны"</w:t>
-[...77 lines deleted...]
-      40. В ИС МТСЗН РК данные о лицах, отбывающих наказание по приговору суда в учреждениях уголовно-исполнительной (пенитенциарной) системы (за исключением учреждений минимальной безопасности), за исключением иностранцев или лиц без гражданства, временно пребывающих в Республике Казахстан передаются из централизованной автоматизированной базы данных Уголовно-исполнительной системы МВД РК (далее – ЦАБД УИС).</w:t>
+        <w:t xml:space="preserve"> Параграф 10. Порядок ведения учета потребителей, относящихся к категории "лица, содержащиеся в следственных изоляторах, а также неработающие лица, к которым применена мера пресечения в виде домашнего ареста"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z124" w:id="150"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Параграф 10 - в редакции приказа Министра здравоохранения РК от 25.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="151"/>
+    <w:bookmarkStart w:name="z230" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Государственной корпорацией список "лица, содержащиеся в следственных изоляторах, а также неработающие лица, к которым применена мера пресечения в виде домашнего ареста" формируется на основании данных из ИС МТСЗН РК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. В ИС МТСЗН РК данные о лицах, содержащиеся в следственных изоляторах, а также неработающие лица, к которым применена мера пресечения в виде домашнего ареста, за исключением иностранцев или лиц без гражданства, временно пребывающих в Республике Казахстан передаются из КПСиСУ ГП РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42-1. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО, категория "неработающее лицо, к которому применена мера пресечения в виде домашнего ареста":</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z253" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z254" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 42 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 42-1 в соответствии с приказом и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="152"/>
-[...55 lines deleted...]
-      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 11. Порядок ведения учета потребителей, относящихся к категории "неработающие кандасы"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Параграф 11 - в редакции приказа Министра здравоохранения РК от 25.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="156"/>
+    <w:bookmarkStart w:name="z233" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Государственной корпорацией список "неработающие кандасы" формируется на основании данных из ИС МТСЗН РК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z234" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО категория "неработающие кандасы":</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z234" w:id="157"/>
-[...15 lines deleted...]
-      44. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО категория "неработающие кандасы":</w:t>
+    <w:bookmarkStart w:name="z235" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z235" w:id="158"/>
-[...15 lines deleted...]
-      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
+    <w:bookmarkStart w:name="z236" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z236" w:id="159"/>
-[...15 lines deleted...]
-      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 12. Порядок ведения учета потребителей, относящихся к категории "многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получившие ранее звание "Мать-героиня", а также награжденные орденами "Материнская слава" I и II степени"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z132" w:id="160"/>
+    <w:bookmarkStart w:name="z133" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Государственной корпорацией список "многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получившие ранее звание "Мать-героиня", а также награжденные орденами "Материнская слава" I и II степени" формируется на основании данных ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z134" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 12. Порядок ведения учета потребителей, относящихся к категории "многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получившие ранее звание "Мать-героиня", а также награжденные орденами "Материнская слава" I и II степени"</w:t>
-[...19 lines deleted...]
-      45. Государственной корпорацией список "многодетные матери, награжденные подвесками "Алтын алқа", "Күміс алқа" или получившие ранее звание "Мать-героиня", а также награжденные орденами "Материнская слава" I и II степени" формируется на основании данных ИС МТСЗН РК.</w:t>
+        <w:t xml:space="preserve"> Параграф 13. Порядок ведения учета потребителей, относящихся к категории "лица с инвалидностью"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z134" w:id="162"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок параграфа 13 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="163"/>
+    <w:bookmarkStart w:name="z135" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Государственной корпорацией список "лица с инвалидностью" формируется на основании данных ИС МТСЗН РК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 46 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z136" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 14. Порядок ведения учета потребителей, относящихся к категории "лица, обучающиеся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего образования, а также послевузовского образования"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z137" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Государственной корпорацией список "лица, обучающиеся по очной форме обучения в организациях, в том числе зарубежных, среднего, технического и профессионального, послесреднего образования, высшего образования, а также послевузовского образования" формируется на основании данных ИС МТСЗН, полученных из ИС МНВО РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 46 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 47 - в редакции приказа и.о. Министра здравоохранения РК от 31.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="164"/>
+    <w:bookmarkStart w:name="z138" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 14. Порядок ведения учета потребителей, относящихся к категории "лица, обучающиеся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего образования, а также послевузовского образования"</w:t>
-[...19 lines deleted...]
-      47. Государственной корпорацией список "лица, обучающиеся по очной форме обучения в организациях, в том числе зарубежных, среднего, технического и профессионального, послесреднего образования, высшего образования, а также послевузовского образования" формируется на основании данных ИС МТСЗН, полученных из ИС МНВО РК.</w:t>
+        <w:t xml:space="preserve"> Параграф 15. Порядок ведения учета потребителей, относящихся к категории "неработающие получатели государственной адресной социальной помощи"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z139" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Государственной корпорацией список "неработающие получатели государственной адресной социальной помощи" формируется на основании данных ИС МТСЗН РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z140" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. После сверки данных в ИС МТСЗН РК на наличие ОПВ и (или) СО категория "неработающие получатели государственной адресной социальной помощи":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z141" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) присваивается при отсутствии платежа по ОПВ и (или) СО за один месяц, предшествующий дате сверки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z142" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z255" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 15. Порядок ведения учета потребителей, относящихся к категории "неработающие получатели государственной адресной социальной помощи"</w:t>
-[...79 lines deleted...]
-      2) снимается при наличии платежей по ОПВ и (или) СО за два месяца, предшествующих дате сверки.</w:t>
+        <w:t xml:space="preserve"> Глава 2-1. Порядок ведения учета потребителей, относящихся к категории "иностранцы, и члены их семей, временно пребывающие на территории Республики Казахстан в соответствии с условиями международного договора, ратифицированного Республикой Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z255" w:id="171"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 2-1 в соответствии с приказом Министра здравоохранения РК от 15.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="172"/>
+    <w:bookmarkStart w:name="z256" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49-1. Государственной корпорацией список "иностранцы, и члены их семей, временно пребывающие на территории Республики Казахстан в соответствии с условиями международного договора, ратифицированного Республикой Казахстан" формируется на основании данных из автоматизированной ИС "Иностранная рабочая сила" МТСЗН РК, ИС миграционной полиции МВД РК.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 49-1 в соответствии с приказом Министра здравоохранения РК от 15.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок ведения учета потребителей, относящихся к категории "военнослужащие за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудники специальных государственных органов, сотрудники правоохранительных органов"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:p>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 54 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="174"/>
+    <w:bookmarkStart w:name="z144" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Данные по категории "военнослужащие за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудники специальных государственных органов, сотрудники правоохранительных органов" в ИС Фонда поступают из министерств обороны, внутренних дел, по чрезвычайным ситуациям, финансов, Комитета национальной безопасности, Генеральной прокуратуры, Службы государственной охраны, Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы), Агентства Республики Казахстан по финансовому мониторингу (далее – уполномоченные органы) в рамках предоставленных полномочий, определенных действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 54 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Уполномоченными органами сведения о военнослужащих, за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудниках специальных государственных органов, правоохранительных органов передаются в Фонд один раз в четырнадцать календарных дней.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 50 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 51 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 54 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="175"/>
-[...15 lines deleted...]
-      51. Уполномоченными органами сведения о военнослужащих, за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудниках специальных государственных органов, правоохранительных органов передаются в Фонд один раз в четырнадцать календарных дней.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Ведение учета потребителей в ИС Фонда по категории "военнослужащие за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудники специальных государственных органов, сотрудники правоохранительных органов" осуществляется с момента поступления сведений от уполномоченных органов до следующей передачи сведений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 51 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 52 – в редакции приказа и.о. Министра здравоохранения РК от 04.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">№ 54 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="176"/>
-[...15 lines deleted...]
-      52. Ведение учета потребителей в ИС Фонда по категории "военнослужащие за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудники специальных государственных органов, сотрудники правоохранительных органов" осуществляется с момента поступления сведений от уполномоченных органов до следующей передачи сведений.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Уполномоченные органы не позднее семи календарных дней после изменения сведений о составе военнослужащих, за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудников правоохранительных, специальных государственных органов (прием, увольнение, изменение штатной численности) вносят сведения о военнослужащих, за исключением военнослужащих, проходящих воинскую службу в резерве, в отношении которых издан приказ командира (начальника) военной части (учреждения) о прибытии на занятия по боевой подготовке, сотрудниках правоохранительных, специальных государственных органов в Фонд.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:p>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6633,55 +6737,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7007,31 +7111,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>