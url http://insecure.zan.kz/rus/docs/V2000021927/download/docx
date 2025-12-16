--- v0 (2025-11-10)
+++ v1 (2025-12-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b512ed4" w14:textId="b512ed4">
+    <w:p w14:paraId="64ff3fa" w14:textId="64ff3fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1859,780 +1859,1388 @@
         <w:t>
       2) выдачу биологических материалов исследователям по разработанным ими критериям включения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z93" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) учет хранящихся образцов биологических материалов и ассоциированной с ними медицинской, демографической и лабораторной информации, ведение электронной базы данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z94" w:id="49"/>
-[...15 lines deleted...]
-      4) хранение собранных коллекций образцов биологических материалов с соблюдением температурных режимов, с наличием резервных источников энергообеспечения, гарантирующих полную сохранность накопленного биоматериала;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оказание услуг сбора, обработки, хранения и анализа биологических материалов исследователям и научным коллективам исследовательского центра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z95" w:id="50"/>
-[...15 lines deleted...]
-      5) оказание услуг сбора, обработки, хранения и анализа биологических материалов исследователям и научным коллективам исследовательского центра;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) взаимодействие с другими казахстанскими и зарубежными биобанками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z96" w:id="51"/>
-[...15 lines deleted...]
-      6) взаимодействие с другими казахстанскими и зарубежными биобанками;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обмен образцами биологических материалов между биобанками и медицинскими организациями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z97" w:id="52"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра здравоохранения РК от 17.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования); с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Биобанк руководствуется в своей деятельности действующим законодательством Республики Казахстан в области здравоохранения и науки, персональных данных и их защиты, международными и национальным биоэтическими нормам и надлежащими практикам проведения биомедицинских исследований, настоящими Правилами, внутренними нормативными документами исследовательского центра, приказами и распоряжениями первого руководителя исследовательского центра. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Общее руководство деятельностью биобанка осуществляет заместитель первого руководителя по научной работе (в организации высшего и (или) послевузовского образования и научной организации), заместитель первого руководителя по медицинской части (в организации здравоохранения).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      13. Общее руководство деятельностью биобанка осуществляет заместитель первого руководителя по научной работе (в организации высшего и (или) послевузовского образования и научной организации), заместитель первого руководителя по медицинской части (в организации здравоохранения).</w:t>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Непосредственное руководство деятельностью биобанка осуществляет руководитель биобанка, назначаемый приказом первого руководителя исследовательского центра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      Непосредственное руководство деятельностью биобанка осуществляет руководитель биобанка, назначаемый приказом первого руководителя исследовательского центра.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Структура и штатное расписание биобанка утверждается первым руководителем исследовательского центра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      14. Структура и штатное расписание биобанка утверждается первым руководителем исследовательского центра.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Сбор, учет, хранение, использование и уничтожение биологических материалов и персональных данных в биобанке осуществляется в соответствии со стандартными операционными процедурами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      15. Сбор, учет, хранение, использование и уничтожение биологических материалов и персональных данных в биобанке осуществляется в соответствии со стандартными операционными процедурами.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра здравоохранения РК от 17.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Биобанк при сборе биологических материалов обеспечивает получение информированного согласия донора биологических материалов или его законного представителя. Передача биобанком биологических материалов и персональных данных для дальнейшего их использования в исследовании осуществляется на основании полученного информированного согласия донора биологических материалов или его законного представителя при условии, что исследование одобрено Локальной комиссией по биоэтике (далее – Локальная комиссия).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Получение и документальное оформление информированного согласия донора биологических материалов или его законного представителя обеспечивается в соответствии со Стандартом GCP и биоэтическими принципами. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Письменное информированное согласие донора биологических материалов или его законного представителя получают до сбора биологического материала в исследовательских целях для хранения в биобанке, использования в исследованиях с указанием конкретных задач.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      18. Письменное информированное согласие донора биологических материалов или его законного представителя получают до сбора биологического материала в исследовательских целях для хранения в биобанке, использования в исследованиях с указанием конкретных задач.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Исследователи и лица, управляющие биобанком, обеспечивают защиту неприкосновенности частной жизни и соблюдения конфиденциальности доноров биологических материалов и их персональной информации, включая информации, полученной от доноров касательно других лиц.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      19. Исследователи и лица, управляющие биобанком, обеспечивают защиту неприкосновенности частной жизни и соблюдения конфиденциальности доноров биологических материалов и их персональной информации, включая информации, полученной от доноров касательно других лиц.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Исследователи и лица, управляющие биобанком, при использовании биологических материалов учитывают религиозные и культурные взгляды и традиции людей или групп людей сообществ в отношении клетки человека.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      20. Исследователи и лица, управляющие биобанком, при использовании биологических материалов учитывают религиозные и культурные взгляды и традиции людей или групп людей сообществ в отношении клетки человека.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Донор, который подписал информированное согласие, в любой момент запрещает использование его данных и (или) биологического материала, хранящихся в биобанке, в конкретных исследованиях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...15 lines deleted...]
-      21. Донор, который подписал информированное согласие, в любой момент запрещает использование его данных и (или) биологического материала, хранящихся в биобанке, в конкретных исследованиях.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Локальная комиссия рассматривает и одобряет все соглашения о предоставлении доступа к данным и (или) биологическим образцам, хранящимся в биобанке, чтобы обеспечить наилучшее этическое использование биологических образцов и данных от доноров в соответствии с их согласием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Деятельность биобанка подлежит внутреннему и внешнему мониторингу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исследовательский центр, в котором создается биобанк, обеспечивает процедуру внутреннего мониторинга. Внутренний мониторинг осуществляется ежегодно в порядке, установленном в руководстве системы менеджмента качества. Внешний мониторинг проводится Центральной комиссией один раз в 5 лет. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мониторингу подлежат процедуры сбора, хранения и использования биологических образцов, сбора, регистрации, хранения, защиты и передачи персональных данных.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
-[...15 lines deleted...]
-      Мониторингу подлежат процедуры сбора, хранения и использования биологических образцов, сбора, регистрации, хранения, защиты и передачи персональных данных.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. При принятии исследовательским центром решения о закрытии биобанка или уничтожении биологических образцов, персональных данных, хранящихся в биобанке, исследовательский центр:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z77" w:id="68"/>
-[...15 lines deleted...]
-      24. При принятии исследовательским центром решения о закрытии биобанка или уничтожении биологических образцов, персональных данных, хранящихся в биобанке, исследовательский центр:</w:t>
+    <w:bookmarkStart w:name="z98" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) извещает Центральную комиссию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z98" w:id="69"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z99" w:id="70"/>
+    <w:bookmarkStart w:name="z99" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) обеспечивает уничтожение персональных данных, а также биологических образцов согласно порядку сбора, хранения, транспортировки и утилизации медицинских отходов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра здравоохранения Республики Казахстан от 25 декабря 2020 года № ҚР ДСМ-331/2020 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к сбору, использованию, применению, обезвреживанию, транспортировке, хранению и захоронению отходов производства и потребления;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z100" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает передачу биологических образцов, персональных данных на материальных носителях в другой биобанк, функционирующий на базе исследовательского центра – резидента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z100" w:id="71"/>
-[...15 lines deleted...]
-      3) обеспечивает передачу биологических образцов, персональных данных на материальных носителях в другой биобанк, функционирующий на базе исследовательского центра – резидента Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра здравоохранения РК от 17.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок хранения биологических материалов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...11 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра здравоохранения РК от 17.04.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 74</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 4 приказом Министра здравоохранения РК от 18.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
-[...15 lines deleted...]
-    </w:p>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Общее руководство деятельностью биобанка обеспечивает условия хранения биологических материалов, позволяющих сохранять биологические свойства и предотвращать их инфицирование и загрязнение, посредством создания в помещениях (зонах) для хранения биологических материалов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z103" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) температурно-влажностного режима (поддержание нормативных параметров температуры и влажности посредством систематического контроля и регулирования с помощью систем кондиционирования воздуха или отопительно-вентиляционных средств);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z104" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) санитарно-гигиенического режима (гигиеническая обработка, энтомологический и микологический надзор за состоянием биологических материалов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z105" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) светового режима (поддержание нормативных параметров освещенности биологических материалов посредством использования высокоэффективного светозащитного оборудования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z106" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Исследовательский центр, на базе которого создан биобанк, реализует меры, направленные на соблюдение его работниками настоящих требований и правил при хранении биологических материалов для научных и медицинских целей. Исследовательским центром утверждаются документы, регламентирующие порядок совершения работниками действий при осуществлении хранения биологических материалов, порядок обслуживания и поверки измерительных приборов и оборудования в биобанках, ведение записей, отчетов и их хранение, прием, транспортировка, размещение биологических материалов в биобанках, и организации контроля за соблюдением стандартных операционных процедур в биобанках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z107" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Исследовательский центр обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z108" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) хранение биологических материалов с соблюдением требований, утвержденных документами исследовательского центра;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z109" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определение ответственности работников биобанка за нарушение требований должностных инструкций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z110" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документальное оформление процесса хранения биологических материалов в ходе выполнения или после завершения биомедицинского исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z111" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении каждого нарушения требований внутреннюю проверку и разработку корректирующих действии с целью устранения выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z112" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Помещения (зоны), используемые для хранения биологических материалов в биобанках, должны соответствовать требованиям законодательства Республики Казахстан, в том числе, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 августа 2020 года № ҚР ДСМ-96/2020 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам здравоохранения"" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21080), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра по чрезвычайным ситуациям Республики Казахстан от 21 февраля 2022 года № 55 "Об утверждении Правил пожарной безопасности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 26867).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z113" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Площадь помещений, используемых для хранения биоматериалов в биобанках, может быть разделена на зоны, предназначенные для выполнения следующих функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z114" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приемки биологических материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z115" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) основного хранения биологических материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z116" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экспедиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z117" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) хранения биологических материалов, требующих специальных условий (например, в условиях криохранилища);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z118" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) хранения выявленных фальсифицированных, недоброкачественных, контрафактных биологических материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z119" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) карантинного хранения биологических материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z120" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. В помещения (зоны) для хранения биологических материалов не допускаются лица, не имеющие права доступа, определенного стандартными операционными процедурами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z121" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Стеллажи (шкафы) для хранения биологических материалов должны быть маркированы, иметь стеллажные карты, находящиеся в видимой зоне, обеспечивать идентификацию биологических объектов и биологических материалов в соответствии с применяемой субъектом обращения биологических материалов системой учета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z122" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Допускается применение электронной системы обработки данных вместо стеллажных карт, которая должна быть валидирована. При использовании электронной системы обработки данных допускается идентификация при помощи кодов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z123" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Документы по хранению биологических материалов в биобанках, описывающие действия, включают в том числе стандартные операционные процедуры, инструкции, договоры, отчеты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>