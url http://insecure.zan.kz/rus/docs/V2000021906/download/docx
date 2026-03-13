--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4939f8c" w14:textId="4939f8c">
+    <w:p w14:paraId="9277d33" w14:textId="9277d33">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,126 +132,54 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 259 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
-[...9 lines deleted...]
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 259 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -781,1500 +709,1414 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие правила приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий (далее – Правила) разработаны в соответствии со </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий.</w:t>
+      1. Настоящие правила приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 259 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра здравоохранения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственный орган в сфере обращения лекарственных средств и медицинских изделий (далее – государственный орган) – государственный орган, осуществляющий руководство в сфере обращения лекарственных средств и медицинских изделий, контроль за обращением лекарственных средств и медицинских изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) государственная экспертная организация в сфере обращения лекарственных средств и медицинских изделий (далее – экспертная организация) – субъект государственной монополии, осуществляющий производственно-хозяйственную деятельность в области здравоохранения по обеспечению безопасности, эффективности и качества лекарственных средств и медицинских изделий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z75" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъекты в сфере обращения лекарственных средств и медицинских изделий (далее – субъекты) – физические или юридические лица, осуществляющие фармацевтическую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z76" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра здравоохранения РК от 02.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 96</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции приказа Министра здравоохранения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...55 lines deleted...]
-      2) государственная экспертная организация в сфере обращения лекарственных средств и медицинских изделий (далее – экспертная организация) – субъект государственной монополии, осуществляющий производственно-хозяйственную деятельность в области здравоохранения по обеспечению безопасности, эффективности и качества лекарственных средств и медицинских изделий;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Уполномоченный орган в соответствии с пунктом 1 статьи 259 Кодекса принимает решение о приостановлении или запрете применения, реализации или производства лекарственных средств и медицинских изделий, а также об изъятии из обращения или ограничении применения (далее – решение) в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) несоответствия лекарственных средств и медицинских изделий требованиям законодательства Республики Казахстан в области здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      3) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи).</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявления нежелательных реакций лекарственных средств, опасных для здоровья человека, не указанных в инструкции по медицинскому применению лекарственного средства, или повышения частоты выявления случаев серьезных нежелательных реакций, указанных в инструкции, или низкой терапевтической эффективности (отсутствие терапевтического эффекта), или наличия информации о приостановлении и (или) отзыве его с рынка других стран в связи с выявлением серьезных нежелательных реакций с неблагоприятным соотношением "польза-риск";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обнаружения в процессе применения медицинских изделий дефектов конструкции, принципа действия, производственного исполнения, влияющих на безопасность их применения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нарушения утвержденного процесса производства лекарственных средств и медицинских изделий, влияющего на безопасность, качество и эффективность их применения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличия данных о нанесении вреда здоровью пациента или потребителя в связи с применением лекарственных средств и медицинских изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) получения данных о недостаточности научно-технического уровня технологии производства и контроля качества, обеспечивающих снижение уровня безопасности применения лекарственных средств и медицинских изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обращения держателя регистрационного удостоверения о приостановлении, об отзыве регистрационного удостоверения или изъятии из обращения либо ограничении применения лекарственного средства и медицинского изделия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) несоответствия лекарственных средств требованиям надлежащих фармацевтических практик Республики Казахстан и (или) Евразийского экономического союза, выявленного по результатам фармацевтической инспекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) невыполнения обязательств по фармаконадзору держателем регистрационного удостоверения лекарственного средства и производителем медицинского изделия по мониторингу безопасности, качества и эффективности медицинских изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Министра здравоохранения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При наличии сведений и (или) выявлении обстоятельств, предусмотренных пунктом 3 настоящих Правил, уполномоченный орган в течение трех рабочих дней принимает решение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный орган в течение трех рабочих дней со дня принятия решения, размещает его на интернет-ресурсе государственного органа, извещает об этом в письменной (произвольной) форме территориальные подразделения государственного органа, экспертную организацию, держателя регистрационного удостоверения лекарственных средств, производителя лекарственных средств и медицинских изделий или уполномоченного представителя производителя медицинского изделия и подведомственную организацию уполномоченного органа, в компетенцию которой входят вопросы проведения экспертизы, предусматривающей оценку данных о клинической безопасности и эффективности лекарственного средства, подтвержденных клинических исследованиях, а также в мета-анализах и (или) систематических обзорах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции приказа Министра здравоохранения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Уполномоченный орган в области здравоохранения в соответствии с </w:t>
-[...199 lines deleted...]
-      9) невыполнения обязательств по фармаконадзору держателем регистрационного удостоверения лекарственного средства и производителем медицинского изделия по мониторингу безопасности, качества и эффективности медицинских изделий.</w:t>
+      5. В случаях, указанных в подпунктах 1), 2), 3) и 5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, экспертная организация в течение четырех календарных дней после поступления извещения предоставляет в территориальные подразделения государственного органа расчеты объема образцов лекарственных средств и медицинских изделий, необходимые для проведения лабораторных испытаний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий</w:t>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Территориальные подразделения государственного органа в случаях, указанных в подпунктах 1), 2), 3) и 5) пункта 3 настоящих Правил, в течение пяти календарных дней со дня получения извещения и в соответствии с представленным экспертной организацией расчетом осуществляют изъятие образцов лекарственного средства и медицинского изделия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил, уполномоченный орган в области здравоохранения в течение трех рабочих дней принимает решение.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Образцы лекарственных средств и медицинских изделий изымаются в количествах, достаточных для проведения однократных лабораторных испытаний без компенсации стоимости этой продукции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z73" w:id="28"/>
-[...425 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Изъятие образцов лекарственных средств, медицинских изделий оформляется актом изъятия образцов лекарственных средств и (или) медицинских изделий по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лекарственные средства и медицинские изделия, образцы которых изъяты для проведения лабораторных испытаний, хранятся отдельно с указанием "Изъято до получения результатов лабораторных испытаний, не подлежит реализации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Должностные лица территориального подразделения государственного органа с соблюдением условий хранения и транспортировки в течение пяти рабочих дней направляют изъятые образцы лекарственных средств, медицинских изделий в экспертную организацию для проведения лабораторных испытаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Лабораторные испытания проводятся на соответствие требованиям нормативного документа по всем показателям качества за исключением показателей, требующих специфичных материалов: оборудования, реактивов, стандартных образцов и условий проведения испытаний, отсутствующих в экспертной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лабораторные испытания образцов лекарственных средств, медицинских изделий осуществляются в сроки, предусмотренные нормативным документом по качеству лекарственных средств и нормативным документом на медицинские изделия.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z38" w:id="33"/>
-[...141 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По результатам лабораторных испытаний испытательной лабораторией экспертной организации составляется протокол испытаний по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, который в течение одного рабочего дня направляется в государственный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z43" w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оплата расходов за проведение экспертизы в части лабораторных испытаний образцов лекарственного средства и медицинского изделия осуществляется производителем лекарственного средства и медицинского изделия, держателем регистрационного удостоверения лекарственного средства или уполномоченным представителем производителя медицинского изделия в соответствии с ценами, установленными уполномоченным органом по согласованию с антимонопольным органом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 239 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z44" w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В случаях, указанных в подпунктах 4) и 6) пункта 3 настоящих Правил, государственный орган назначает проверку в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Предпринимательским кодексом</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан от 29 октября 2015 года.</w:t>
+        <w:t>Предпринимательским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 в редакции приказа Министра здравоохранения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае получения положительного результата лабораторных испытаний или положительных результатов проверок и при устранении нарушений в сроки, указанные в актах проверки, государственный орган в течение пяти календарных дней со дня получения протокола испытания и (или) проверок информирует о принятом решении территориальные подразделения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Территориальные подразделения государственного органа в течение одного рабочего дня со дня получения информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) извещают (в письменной произвольной форме) местные органы государственного управления здравоохранением областей, города республиканского значения и столицы, другие государственные органы (по компетенции) о снятии приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещают в средствах массовой информации сведения о снятии приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае отрицательного результата лабораторных испытаний или отрицательных результатов проверок и при не устранении нарушений в сроки, указанные в актах проверки, государственный орган в течение трех календарных дней со дня получения результатов лабораторных испытаний и (или) проверок принимает решение о запрете применения, реализации или производства и изъятию из обращения либо ограничения применения лекарственных средств и медицинских изделий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z45" w:id="40"/>
-[...15 lines deleted...]
-      11. В случае получения положительного результата лабораторных испытаний или положительных результатов проверок и при устранении нарушений в сроки, указанные в актах проверки, государственный орган в течение пяти календарных дней со дня получения протокола испытания и (или) проверок информирует о принятом решении территориальные подразделения.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Государственный орган в течение трех рабочих дней со дня принятия решения о запрете применения, реализации или производства и изъятию из обращения либо ограничения применения лекарственных средств и медицинских изделий, размещает его на интернет-ресурсе государственного органа, извещает об этом в письменной (произвольной) форме территориальные подразделения государственного органа, экспертную организацию, держателя регистрационного удостоверения лекарственных средств, производителя или его уполномоченного представителя медицинских изделий и подведомственную организацию уполномоченного органа, в компетенцию которой входят вопросы проведения экспертизы, предусматривающей оценку данных о клинической безопасности и эффективности лекарственного средства, подтвержденных клинических исследованиях, а также в мета-анализах и (или) систематических обзорах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 13-1 в соответствии с приказом Министра здравоохранения РК от 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В случае принятия решения о приостановлении, запрете применения, реализации или производства и изъятию из обращения либо ограничения применения лекарственных средств и медицинских изделий производитель лекарственного средства и медицинского изделия, держатель регистрационного удостоверения лекарственного средства, уполномоченный представитель производителя медицинского изделия, дистрибьютор (филиалы дистрибьютора) в течение пяти рабочих дней со дня принятия решения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z46" w:id="41"/>
-[...15 lines deleted...]
-      12. Территориальные подразделения государственного органа в течение одного рабочего дня со дня получения информации:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставляет в территориальные подразделения государственного органа информацию о количестве ввезенных на территорию Республики Казахстан, реализованных и об остатках приостановленных, запрещенных или ограниченных к применению лекарственных средств и медицинских изделий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z47" w:id="42"/>
-[...15 lines deleted...]
-      1) извещают (в письменной произвольной форме) местные органы государственного управления здравоохранением областей, города республиканского значения и столицы, другие государственные органы (по компетенции) о снятии приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомляет (в письменной произвольной форме) субъектов, имеющих в наличии приостановленные, запрещенные или ограниченные к применению, реализации или производству, или подлежащие изъятию из обращения лекарственные средства и медицинские изделия, о необходимости возврата лекарственных средств и медицинских изделий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z48" w:id="43"/>
-[...15 lines deleted...]
-      2) размещают в средствах массовой информации сведения о снятии приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Субъект, имеющий в наличии серию (партию) или серии (партии) приостановленных, запрещенных или ограниченных к применению, реализации или производству, или подлежащих изъятию из обращения лекарственных средств и медицинских изделий, в течение пяти календарных дней со дня получения уведомления о необходимости их возврата, направляет территориальному подразделению государственного органа соответствующую информацию о возврате производителю, дистрибьютору с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z49" w:id="44"/>
-[...15 lines deleted...]
-      13. В случае отрицательного результата лабораторных испытаний или отрицательных результатов проверок и при не устранении нарушений в сроки, указанные в актах проверки, государственный орган в течение трех календарных дней со дня получения результатов лабораторных испытаний и (или) проверок принимает решение о запрете применения, реализации или производства и изъятию из обращения либо ограничения применения лекарственных средств и медицинских изделий.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Территориальные подразделения государственного органа в течение десяти календарных дней со дня поступления сведений, предусмотренных пунктами 13 и 14 настоящих Правил, направляют в государственный орган сводную информацию в отношении приостановленных, запрещенных или ограниченных к применению лекарственных средств и медицинских изделий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
-[...160 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2444,88 +2286,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        Акт изъятия образцов лекарственных средств и (или) медицинских изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z58" w:id="46"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Место______________________________________ Дата_______________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Представителем (представителями) ______________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2709,64 +2551,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с целью _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z59" w:id="52"/>
+      <w:bookmarkStart w:name="z59" w:id="47"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом общее количество лекарственных средств, медицинских изделий _____ в серии  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3732,118 +3574,118 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z60" w:id="53"/>
+      <w:bookmarkStart w:name="z60" w:id="48"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Представитель государственного органа и (или) его территориального подразделения:   </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________ ___________ ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (должность)       (подпись)                   Ф.И.О.(при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z61" w:id="54"/>
+      <w:bookmarkStart w:name="z61" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представитель юридического и (или) физического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________ ___________ ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4053,64 +3895,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z64" w:id="55"/>
+      <w:bookmarkStart w:name="z64" w:id="50"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Министерство здравоохранения Республики Казахстан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4954,121 +4796,121 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z65" w:id="56"/>
+      <w:bookmarkStart w:name="z65" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заключение: Представленные образцы соответствуют (не соответствуют)  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>требованиям нормативных документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="53"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Подписи уполномоченных лиц </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> __________________ ___________ ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5262,242 +5104,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-322/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министерства здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 27 февраля 2015 года № 106 "Об утверждении Правил приостановления, запрета или изъятия из обращения либо ограничения применения лекарственных средств и медицинских изделий" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10670, опубликован 17 апреля 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 29 мая 2015 года № 411 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 27 февраля 2015 года № 106 "Об утверждении Правил запрета, приостановления или изъятия из обращения лекарственных средств, изделий медицинского назначения и медицинской техники" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11497, опубликован 14 июля 2015 года в информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 16 апреля 2019 года № ҚР ДСМ-41 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 27 февраля 2015 года № 106 "Об утверждении Правил запрета, приостановления, изъятия или ограничения из обращения лекарственных средств, изделий медицинского назначения и медицинской техники" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18561, опубликован 26 апреля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>