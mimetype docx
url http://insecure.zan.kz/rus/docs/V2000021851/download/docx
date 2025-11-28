--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="31dfc51" w14:textId="31dfc51">
+    <w:p w14:paraId="6a59e81" w14:textId="6a59e81">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,54 +132,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 227 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 227 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -896,350 +968,484 @@
         <w:t>
       2) биомедицинское исследование – исследование, целью которого является получение научными методами новых знаний о жизни, здоровье человека, заболеваниях, их диагностике, лечении или профилактике, а также генетических и экологических факторах, связанных с процессами жизни, болезнями и здоровьем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) биоэтика – междисциплинарное научное направление, объединяющее биомедицинские и гуманитарные науки с целью анализа моральных, социальных, правовых аспектов применения новейших достижений наук о жизни;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z85" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) комиссия по биоэтике – независимый экспертный орган, проводящим биоэтическую экспертизу документов, связанных с проведением биомедицинских исследований, на этапе их планирования, в ходе выполнения и после завершения с целью обеспечения безопасности и защиты прав участников биомедицинских исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) биоэтическая экспертиза – предварительное рассмотрение материалов биомедицинского исследования и выдача обоснованного заключения Комиссии по биоэтики с позиций этической приемлемости, безопасности для участников и целесообразности данного исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) спонсор – физическое или юридическое лицо, являющееся инициатором биомедицинского исследования и осуществляющее его организацию и (или) финансирование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субъект исследования – живой человек или животное, участвующее в медицинском исследовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) неинтервенционное клиническое исследование – исследование, которое проводится после проведения государственной регистрации лекарственного средства или медицинского изделия и назначается в рамках медицинской практики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) интервенционное исследование – исследование с участием человека в качестве субъекта исследования, при котором врач-исследователь на основании протокола интервенционного клинического исследования, соответствующего порядку проведения клинических исследований, назначает субъекту исследования специальное вмешательство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) доклиническое (неклиническое) исследование – химическое, физическое, биологическое, микробиологическое, фармакологическое, токсикологическое и другое экспериментальное исследование или серия исследований по изучению исследуемого вещества (лекарственного средства) путем применения научных методов оценки в целях изучения специфического действия и (или) получения доказательств безопасности для здоровья человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) клиническое исследование – исследование с участием человека в качестве субъекта, проводимое для выявления или подтверждения безопасности и эффективности средств, методов и технологий профилактики, диагностики и лечения заболеваний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) прикладное биомедицинское исследование – биомедицинское исследование, направленное на достижение конкретных целей в сфере диагностики, лечения или профилактики заболеваний, обеспечения здоровья населения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) медико-биологический эксперимент – исследование, основанное на воспроизведении (моделировании) структурно - функционального комплекса изучаемого состояния или болезни в упрощенной форме на лабораторных животных для выяснения причин, условий и механизмов возникновения состояния или развития заболевания, разработки методов лечения и профилактики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) мониторинг – процедура контроля выполнения биомедицинского исследования и обеспечения его проведения, сбора данных и представления результатов исследования согласно протоколу, плану, программе, стандартным операционным процедурам, надлежащей клинической практике – Гуд клиникал практик (Good Clinical Practice);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) аудит клинического исследования испытуемых методов и (или) средств – систематическая, независимая и документированная проверка документации и деятельности сторон, вовлеченных в проведение клинического исследования испытуемых методов и (или) средств, которая осуществляется независимыми от клинического исследования и исследовательского центра экспертами для подтверждения факта осуществления этой деятельности, а также для оценки соответствия процедур сбора, обработки и представления данных, требованиям протокола клинического исследования, стандартных операционных процедур, надлежащей клинической практике – Гуд клиникал практик (Good Clinical Practice) и нормативным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) надлежащая клиническая практика – Гуд клиникал практик (Good Clinical Practice) – стандарт планирования, организации, проведения, мониторинга, аудита, документирования клинических исследований, а также анализа и представления их результатов, служащий гарантией достоверности и точности полученных данных и представленных результатов, а также обеспечивающий защиту прав, здоровья и конфиденциальности субъектов исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) исключен приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) фундаментальное биомедицинское исследование – биомедицинское исследование, проводимое с целью расширения базовых знаний и понимания физических, химических и функциональных механизмов жизненных процессов и заболеваний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения биомедицинских исследований</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1270,574 +1476,1042 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Биомедицинские исследования включают фундаментальные и прикладные биомедицинские исследования. Прикладные биомедицинские исследования включают медико-биологические эксперименты, доклинические (неклинические) исследования, клинические исследования и исследования в области общественного здоровья.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Биомедицинские исследования проводятся при наличии следующих документов:</w:t>
+      5. Биомедицинские исследования проводятся при наличии следующих требований:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      1) положительного заключения Центральной (далее – Центральная комиссия) или локальной (далее – Локальная комиссия) Комиссии по биоэтике, проводящую биоэтическую экспертизу;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) положительного заключения Центральной или локальной комиссии по биоэтике, проводящую биоэтическую экспертизу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkStart w:name="z87" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центральная комиссия по биоэтике проводит биоэтическую экспертизу биомедицинских исследований, проводимых в двух и более организациях здравоохранения (исследовательских центрах), расположенных на территории Республики Казахстан, а также международных исследований. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z88" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Локальные комиссии по биоэтике имеют право на выдачу заключений на проведение биомедицинских исследований при условии наличия сертификата соответствия стандартам деятельности биоэтических комиссий, выдаваемого Центральной комиссией по биоэтике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z89" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) положительного заключения консультативно-совещательного органа, уполномоченного рассматривать вопросы научной и (или) научно-технической деятельности (ученый, научный, научно-клинический, экспертный совет) в исследовательском центре (далее – Совет);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z90" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) регистрация биомедицинского исследования в Национальном регистре биомедицинских исследований в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Исключен приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Спонсор исследования (далее – спонсор) или руководитель исследования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z91" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Центральная комиссия создается при уполномоченном органе в порядке, установленном </w:t>
-[...79 lines deleted...]
-      7. Спонсор исследования (далее – спонсор) или руководитель исследования:</w:t>
+      1) получают заключение биоэтической экспертизы от Центральной или локальной комиссии по биоэтике в порядке, установленном требованиями Стандартов деятельности биоэтических комиссий, утверждаемых Центральной комиссией по биоэтике согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункту 4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 228 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Стандарты);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> пункта 3 статьи 228 Кодекса Республики Казахстан от 7 июля 2020 года № 360-VI ЗРК "О здоровье народа и системе здравоохранения" (далее – Стандарты);</w:t>
+    <w:bookmarkStart w:name="z92" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получают заключение Совета исследовательского центра в порядке, установленном в Положении о Совете исследовательского центра и внутренних нормативных документах исследовательского центра, утверждаемых первым руководителем исследовательского центра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      2) получают заключение Совета исследовательского центра в порядке, установленном в Положении о Совете исследовательского центра и внутренних нормативных документах исследовательского центра, утверждаемых первым руководителем исследовательского центра. </w:t>
+    <w:bookmarkStart w:name="z93" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает внесение актуальных данных по биомедицинским исследованиям в Национальную информационную систему по биомедицинским исследованиям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      8. Биомедицинское исследование проводятся под руководством спонсора или руководителя исследования по одобренному Центральной или Локальной Комиссией и Советом Исследовательского центра плану проведения исследования с составлением протокола исследования и подготовкой отчета, в котором содержатся результаты исследований. Контроль за исполнением плана возлагается на руководителя исследования.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивает соблюдение условий для проведения биомедицинских исследований в соответствии с установленными требованиями, документами исследованиями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...15 lines deleted...]
-      9. Проведение биомедицинского исследования проводится на базе исследовательского центра, имеющего необходимую материально-техническую базу и квалифицированных специалистов в соответствующей области исследования.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Биомедицинское исследование проводятся под руководством спонсора или руководителя исследования по одобренному Центральной или локальной комиссией и Советом исследовательского центра плану проведения исследования с составлением протокола исследования и подготовкой отчета, в котором содержатся результаты исследований. Контроль за исполнением плана возлагается на руководителя исследования или назначенного спонсоров ответственного исполнителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Проведение биомедицинского исследования осуществляется на базе исследовательского центра, соответствующего требованиям пункта 19 настоящего приказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Документы, оформляемые при проведении биомедицинского исследования в соответствии с настоящими Правилами, подлежат учету в электронном и (или) бумажном виде организацией, их оформившей, в журнале (журналах) учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Лица, ответственные за проведение биомедицинского исследования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивают своевременный сбор полученных результатов, регистрацию отклонений от плана исследования с указанием причин и оценкой влияния внесенных изменений на полученные результаты, а также принимают меры по устранению выявленных отклонений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z95" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вносят информацию о начале и актуализируют данные и результаты биомедицинских исследований в Национальный регистр биомедицинских исследований в течение 10 (десяти) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивают интерпретацию и анализ получаемых результатов, подготовку отчета о результатах биомедицинского исследования, конфиденциальность полученных результатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Качество проведения биомедицинского исследования обеспечивают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z62" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) материально-техническое оснащение биомедицинского исследования, обеспечиваемое руководителем исследовательского центра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z63" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие управления (соблюдение протокола биомедицинского исследования на всех этапах биомедицинского исследования; соблюдение стандартных операционных процедур, принятых на уровне исследовательского центра (для клинических исследований));</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z64" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) планирование параметров биомедицинского исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z65" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) система оформления документации (рабочих журналов с первичными данными, заключительного отчета, архивов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z66" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) система гарантий качества для обеспечения надежности исследования и обоснованности полученных результатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
-[...15 lines deleted...]
-      Контроль качества биомедицинского исследования осуществляется путем проведения мониторинга, а для клинических исследований также путем проведения инспекции и аудита.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мониторинг осуществляется на всех этапах проведения биомедицинских исследований в соответствии с требованиями законодательства и настоящих Правил. Ответственный за проведение мониторинга определяется уполномоченным органом в области здравоохранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Руководитель исследовательского центра, обеспечивает выполнение требований, установленных планом исследования, объективность и независимость проведения исследования, достоверность получаемых результатов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1850,362 +2524,540 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Аудит исследования проводится по протокольному решению Совета специалистами, имеющими сертификат о прохождении обучения по надлежащей клинической практике – Гуд клиникал практик (Good Clinical Practice).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Документы, оформляемые при проведении биомедицинского исследования в соответствии с настоящими Правилами, подлежат хранению у руководителя исследования.</w:t>
+      16. Хранение документов, оформляемые при проведении биомедицинского исследования в соответствии с настоящими Правилами, обеспечивается руководителем исследования, и подлежат хранению в электронном виде не менее трех лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
-[...15 lines deleted...]
-      17. Документы, оформляемые исследовательским центром при проведении биомедицинского исследования в соответствии с настоящими Правилами, подлежат хранению в электронной версии в течение трех лет.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Исключен приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Все биомедицинские исследования, проводимые на территории Республики Казахстан, порядок проведения которых определяется настоящими Правилами, а также клинические исследования лекарственных средств и медицинских изделий, клинико-лабораторные испытания медицинских изделий для диагностики вне живого организма (in vitro), доклинические (неклинические) исследования лекарственных средств, исследования (испытания) оценки биологического действия медицинских изделий, подлежат регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      18. Все биомедицинские исследования, проводимые на территории Республики Казахстан, порядок проведения которых определяется настоящими Правилами, а также клинические исследования лекарственных средств и медицинских изделий, клинико-лабораторные испытания медицинских изделий для диагностики вне живого организма (in vitro), доклинические (неклинические) исследования лекарственных средств, исследования (испытания) оценки биологического действия медицинских изделий, подлежат регистрации. </w:t>
+    <w:bookmarkStart w:name="z96" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрация проводится рабочим органом, определенный уполномоченным органом, для учета, мониторинга исполнения биомедицинских исследований и координации процессов исследования между заинтересованными сторонами на основе информации по исполняемому исследованию. Регистрации подлежат все биомедицинские исследования вне зависимости от источника финансирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...15 lines deleted...]
-      Регистрация проводится рабочим органом, определенный уполномоченным органом, для учета, мониторинга исполнения биомедицинских исследований и координации процессов исследования между заинтересованными сторонами на основе информации по исполняемому исследованию.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Требования к исследовательским центрам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Требованием к исследовательским центрам, на базе которых проводятся биомедицинские исследования, является наличие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z104" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие аккредитации в качестве субъекта научной и (или) научно-технической деятельности, подтвержденной соответствующим документом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z105" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие квалифицированных специалистов в соответствующей области исследования, имеющих профильное высшее образование, стаж работы по специальности не менее трех лет, а также подтвержденную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z106" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие стандартных операционных процедур (СОП), утвержденных руководителем исследовательского центра, регламентирующих проведение биомедицинских исследований, включая процедуры по обеспечению качества, безопасности, ведению документации, мониторингу и отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...137 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Исключен приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>