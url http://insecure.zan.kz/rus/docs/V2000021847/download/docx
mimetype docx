--- v0 (2025-11-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d77576e" w14:textId="d77576e">
+    <w:p w14:paraId="b05230b" w14:textId="b05230b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1329,989 +1329,1271 @@
         <w:t>
       12) слушатель – лицо, зачисленное на обучение в организацию, реализующую программы дополнительного образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z196" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) неформальное образование – вид образования, осуществляемый организациями, которые предоставляют образовательные услуги без учета места, сроков и формы обучения с выдачей документа, подтверждающего результаты обучения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z197" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Дополнительное образование осуществляется в организациях образования и науки, реализующих образовательные программы дополнительного образования и прошедших институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 221 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z198" w:id="34"/>
+    <w:bookmarkStart w:name="z198" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Дополнительное образование по медицинским специальностям и неформальное образование медицинских работников осуществляются организациями высшего и (или) послевузовского образования, национальными и научными центрами, научно-исследовательскими институтами, высшими медицинскими колледжами на базе аккредитованных клинических баз, клиник организаций образования в области здравоохранения, университетских больниц согласно части четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 221 Кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z199" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дополнительное образование осуществляется за счет средств бюджета, работодателя и (или) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z199" w:id="35"/>
-[...15 lines deleted...]
-      4. Дополнительное образование осуществляется за счет средств бюджета, работодателя и (или) иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z200" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На дополнительное образование, в том числе в зарубежные организации за счет средств республиканского и местных бюджетов направляются специалисты в области здравоохранения, работающие в государственных организациях здравоохранения, в юридических лицах со стопроцентным участием государства в уставном капитале или его дочерней организации, более пятидесяти процентов голосующих акций (долей участия) которой принадлежит ему на праве собственности и клиниках некоммерческих медицинских организаций образования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z200" w:id="36"/>
-[...15 lines deleted...]
-      На дополнительное образование, в том числе в зарубежные организации за счет средств республиканского и местных бюджетов направляются специалисты в области здравоохранения, работающие в государственных организациях здравоохранения, в юридических лицах со стопроцентным участием государства в уставном капитале или его дочерней организации, более пятидесяти процентов голосующих акций (долей участия) которой принадлежит ему на праве собственности и клиниках некоммерческих медицинских организаций образования.</w:t>
+    <w:bookmarkStart w:name="z201" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Освоение программ дополнительного образования проводится с отрывом или с частичным отрывом от работы слушателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z201" w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z202" w:id="38"/>
+    <w:bookmarkStart w:name="z202" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При частичном отрыве от работы слушатель выполняет работу на условиях неполного рабочего времени и параллельно проходит обучение по одной из форм дополнительного образования, в том числе с применением дистанционного обучения, в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 20 марта 2015 года № 137 "Об утверждении требований к организациям образования по предоставлению дистанционного обучения и правил организации учебного процесса по дистанционному обучению и в форме онлайн-обучения по образовательным программам высшего и (или) послевузовского образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10768).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z203" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок дополнительного и неформального образования специалистов в области здравоохранения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z203" w:id="39"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок дополнительного и неформального образования специалистов в области здравоохранения</w:t>
+    <w:bookmarkStart w:name="z204" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Дополнительное образование специалистов в области здравоохранения осуществляется в соответствии с перечнем образовательных программ, опубликованных в информационной системе каталога образовательных программ дополнительного образования (далее – Каталог).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z204" w:id="40"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z205" w:id="41"/>
+    <w:bookmarkStart w:name="z205" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Каталог формируется, публикуется и актуализируется экспертной организацией в электронном виде по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z206" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z206" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Включение и публикация образовательной программы дополнительного образования (далее – программа) в Каталог проводится в четыре этапа: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z207" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подача заявки от организации образования в области здравоохранения в информационной системе Каталога;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z207" w:id="43"/>
-[...15 lines deleted...]
-      1) подача заявки от организации образования в области здравоохранения в информационной системе Каталога;</w:t>
+    <w:bookmarkStart w:name="z208" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рассмотрение заявки и назначение экспертизы программы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z208" w:id="44"/>
-[...15 lines deleted...]
-      2) рассмотрение заявки и назначение экспертизы программы;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экспертиза программы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z209" w:id="45"/>
-[...15 lines deleted...]
-      3) экспертиза программы;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) публикация и актуализация программы в Каталоге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z210" w:id="46"/>
-[...15 lines deleted...]
-      4) публикация и актуализация программы в Каталоге.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Программы дополнительного образования в зависимости от содержания и направления (назначения) подразделяются на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z211" w:id="47"/>
-[...15 lines deleted...]
-      7. Программы дополнительного образования в зависимости от содержания и направления (назначения) подразделяются на:</w:t>
+    <w:bookmarkStart w:name="z212" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) программы повышения квалификации, направленные на поддержание, углубление и совершенствование профессиональных компетенций в соответствии с квалификационными требованиями отраслевой рамкой квалификаций и профессиональными стандартами в области здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z212" w:id="48"/>
-[...15 lines deleted...]
-      1) программы повышения квалификации, направленные на поддержание, углубление и совершенствование профессиональных компетенций в соответствии с квалификационными требованиями отраслевой рамкой квалификаций и профессиональными стандартами в области здравоохранения;</w:t>
+    <w:bookmarkStart w:name="z213" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сертификационный курс, направленный на расширение и (или) освоение новых профессиональных компетенций по направлению основного профиля специальности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z213" w:id="49"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z214" w:id="50"/>
+    <w:bookmarkStart w:name="z214" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Программы повышения квалификации подразделяются на четыре уровня согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z215" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Продолжительность программ дополнительного образования составляет от 2 кредитов (60 академических часов) до 9 кредитов (270 академических часов) для программ повышения квалификации, от 10 кредитов (300 академических часов) и более кредитов для сертификационных курсов. Один кредит равен 30 академическим часам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z215" w:id="51"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z216" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 пункта 9 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжительность стажировки, семинара, тренинга, мастер-класса, вебинара, онлайн курса определяется организацией образования и науки в области здравоохранения самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z217" w:id="53"/>
+    <w:bookmarkStart w:name="z217" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Организацией образования и науки в области здравоохранения </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z218" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для определения начального (исходного) уровня знаний слушателей программ дополнительного образования проводится базовый, во время обучения – текущий, по окончании обучения – итоговый контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z219" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. По положительному результату итогового контроля (выше порогового балла) слушателям, освоившим программы:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z218" w:id="54"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="56"/>
+    <w:bookmarkStart w:name="z220" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) повышения квалификации – выдается свидетельство о повышении квалификации по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z221" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z221" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) сертификационных курсов – выдается свидетельство о сертификационном курсе с приложением (транскрипт), содержащим перечень освоенных слушателем знаний и навыков по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z222" w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z222" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Свидетельство о сертификационном курсе без приложения (транскрипт), в том числе полученное за рубежом не действительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z223" w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z223" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) слушателям с результатом итогового контроля ниже порогового балла, назначается повторный итоговый контроль. При получении повторного результата итогового контроля ниже порогового балла слушателям выдается справка, выдаваемая лицам, не завершившим прохождении дополнительного образования с указанием объема освоенной программы по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z224" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалистам в области здравоохранения, завершившим неформальное образование, выдается сертификат о прохождении неформального образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z225" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Специалисты в области здравоохранения, прошедшие программы дополнительного образования за рубежом, предоставляют документ о дополнительном образовании с приложением (транскрипт).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z224" w:id="60"/>
-[...15 lines deleted...]
-      Специалистам в области здравоохранения, завершившим неформальное образование, выдается сертификат о прохождении неформального образования.</w:t>
+    <w:bookmarkStart w:name="z226" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К документу, выданному на иностранном языке, дополнительно предоставляется нотариально заверенный перевод на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z225" w:id="61"/>
-[...15 lines deleted...]
-      12. Специалисты в области здравоохранения, прошедшие программы дополнительного образования за рубежом, предоставляют документ о дополнительном образовании с приложением (транскрипт).</w:t>
+    <w:bookmarkStart w:name="z227" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Прием заявлений на выдачу документов о прохождении повышения квалификации осуществляются организациями образования, реализующими программы дополнительного образования, в электронном формате посредством веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – веб-портал) (частично автоматизированная) и (или) в бумажном виде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z226" w:id="62"/>
-[...15 lines deleted...]
-      К документу, выданному на иностранном языке, дополнительно предоставляется нотариально заверенный перевод на казахском и русском языках.</w:t>
+    <w:bookmarkStart w:name="z228" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Государственная услуга "Выдача документов о прохождении повышения квалификации и сертификационных курсов кадров отрасли здравоохранения" (далее – государственная услуга) оказывается организациями образования и науки в области здравоохранения (далее - услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z227" w:id="63"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z229" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть 2 пункта 14 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в перечне основных требований к оказанию государственной услуги (далее - Перечень) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z230" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача результата оказания государственной услуги услугополучателю на бумажном носителе осуществляется путем непосредственного обращения услугополучателя к услугодателю с предоставлением документов, удостоверяющих личность либо электронного документа из сервиса цифровых документов (для идентификации) либо в электронном формате посредством веб-портала на основании электронного запроса услугополучателя к услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z231" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность либо электронный документ из сервиса цифровых документов (для идентификации), услугодатель получает из соответствующих государственных информационных систем через веб-портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z232" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя через веб-портал, уведомление о результате государственной услуги направляется в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z230" w:id="66"/>
-[...15 lines deleted...]
-      Выдача результата оказания государственной услуги услугополучателю на бумажном носителе осуществляется путем непосредственного обращения услугополучателя к услугодателю с предоставлением документов, удостоверяющих личность либо электронного документа из сервиса цифровых документов (для идентификации) либо в электронном формате посредством веб-портала на основании электронного запроса услугополучателя к услугодателю.</w:t>
+    <w:bookmarkStart w:name="z233" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проверка прохождения услугополучателем дополнительного или неформального образования у данного услугодателя, идентификация услугополучателя для оказания государственной услуги и принятие решения об оказании государственной услуги или выдаче справки при не завершении прохождения дополнительного образования осуществляется ответственным лицом, назначенным приказом руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z231" w:id="67"/>
-[...15 lines deleted...]
-      Сведения о документах, удостоверяющих личность либо электронный документ из сервиса цифровых документов (для идентификации), услугодатель получает из соответствующих государственных информационных систем через веб-портала.</w:t>
+    <w:bookmarkStart w:name="z234" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обработка запроса осуществляется услугодателем в течение пятнадцати минут с момента поступления запроса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z232" w:id="68"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z235" w:id="71"/>
+    <w:bookmarkStart w:name="z235" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По итогам обработки услугодатель выдает документ о прохождении повышения квалификации по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2326,589 +2608,685 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо справку о не завершении прохождения дополнительного образования и направляет в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z236" w:id="72"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z236" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок оказания государственной услуги с момента подачи услугополучателем документов в организацию образования, а также при обращении через веб-портал – не более 3 (трех) часов в соответствии с Перечнем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z237" w:id="73"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z237" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугодатель обеспечивает внесение данных об оказании государственной услуги "Выдача документов о прохождении повышения квалификации и сертификационных курсов кадров отрасли здравоохранения" в информационную систему мониторинга, с целью мониторинга оказания государственных услуг в порядке в соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z238" w:id="74"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z238" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство здравоохранения Республики Казахстан, в течение трех рабочих дней с даты утверждения, внесения дополнений и (или) изменения настоящих Правил, актуализирует их и направляет в организации образования и науки в области здравоохранения, оператору веб-портала и Единый контакт-центр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z239" w:id="75"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z239" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Услугодатель отказывает в оказании государственной услуги в случаях и по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z240" w:id="76"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z240" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При сбое информационной системы, содержащей необходимые сведения для оказания государственной услуги услугодатель незамедлительно с момента возникновения ошибки, уведомляет оператора оператору информационно - коммуникационной инфраструктуры "электронного правительства" и Единый контакт – центр" посредством направления запроса в единую службу поддержки по электронной почте sd@nitec.kz с указанием точного времени ошибки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z241" w:id="77"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z241" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг подается на имя руководителя услугодателя и (или) в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z242" w:id="78"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z242" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z243" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z244" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через веб - портал информацию о порядке обжалования можно получить по телефону единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z245" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее - орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z243" w:id="79"/>
-[...15 lines deleted...]
-      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z244" w:id="80"/>
-[...15 lines deleted...]
-      При обращении через веб - портал информацию о порядке обжалования можно получить по телефону единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+    <w:bookmarkStart w:name="z247" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z245" w:id="81"/>
-[...15 lines deleted...]
-      Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее - орган, рассматривающий жалобу).</w:t>
+    <w:bookmarkStart w:name="z248" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, то обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z246" w:id="82"/>
-[...15 lines deleted...]
-      Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z247" w:id="83"/>
-[...15 lines deleted...]
-      При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
+    <w:bookmarkStart w:name="z250" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Документ дополнительного образования выдается на основании положительного результата (выше порогового балла) итогового контроля образовательных программ повышения квалификации и (или) сертификационного курса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z248" w:id="84"/>
-[...15 lines deleted...]
-      Если иное не предусмотрено законом, то обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+    <w:bookmarkStart w:name="z251" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Документ о дополнительном и неформальном образовании, выданный зарубежной организацией дополнительного и неформального образования, признается в Республике Казахстан действительным, при соблюдении следующих требований:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z249" w:id="85"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование</w:t>
+    <w:bookmarkStart w:name="z252" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для дополнительного образования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z250" w:id="86"/>
-[...15 lines deleted...]
-      18. Документ дополнительного образования выдается на основании положительного результата (выше порогового балла) итогового контроля образовательных программ повышения квалификации и (или) сертификационного курса.</w:t>
+    <w:bookmarkStart w:name="z253" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) соответствие наименование дополнительного образования заявляемой специальности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z251" w:id="87"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z254" w:id="90"/>
+    <w:bookmarkStart w:name="z254" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) соответствие продолжительности программ дополнительного образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z255" w:id="91"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z255" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие приложения к свидетельству (транскрипт) дополнительного образования с указанием кредитов (часов) освоенной программы и перечня компетенций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z256" w:id="92"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z256" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для неформального образования – документ о неформальном образовании или отзыв руководителя структурного подразделения на специалиста в области здравоохранения по итогам стажировки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z257" w:id="93"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z257" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Государственные органы Республики Казахстан признают подтвержденные результаты обучения дополнительного и неформального образования согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-283/2020 "Об утверждении правил подтверждения результатов непрерывного профессионального развития работников здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21843).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3000,68 +3378,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специалистов в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z259" w:id="94"/>
+    <w:bookmarkStart w:name="z259" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каталог образовательных программ дополнительного образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -4267,68 +4645,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специалистов в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="95"/>
+    <w:bookmarkStart w:name="z261" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уровни образовательных программ повышения квалификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
@@ -5892,50 +6270,136 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6092,88 +6556,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z264" w:id="96"/>
+    <w:bookmarkStart w:name="z264" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Свидетельство о повышении квалификации № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z265" w:id="97"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z265" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим удостоверяется, что ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6417,50 +6881,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место для печати</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата выдачи "___" _______________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6619,88 +7179,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z268" w:id="98"/>
+    <w:bookmarkStart w:name="z268" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Свидетельство о сертификационном курсе № _</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z269" w:id="99"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z269" w:id="96"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим удостоверяется, что ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6970,110 +7530,110 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к свидетельству о</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сертификационном курсе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="100"/>
+    <w:bookmarkStart w:name="z271" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование организации образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z272" w:id="101"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z272" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Транскрипт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z273" w:id="102"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z273" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия, имя, отчество (при его наличии)___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7901,141 +8461,141 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z274" w:id="103"/>
+      <w:bookmarkStart w:name="z274" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистратор_________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z275" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________ (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z276" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер № ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z277" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи ________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:p>
-[...75 lines deleted...]
-    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8192,88 +8752,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="107"/>
+    <w:bookmarkStart w:name="z280" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Справка, выдаваемая лицам, не завершившим прохождении дополнительного образования № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z281" w:id="108"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z281" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим удостоверяется, что ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8568,50 +9128,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место для печати</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата выдачи "___" _______________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 6 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8705,68 +9361,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специалистов в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z283" w:id="109"/>
+    <w:bookmarkStart w:name="z283" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача документов о прохождении повышения квалификации и сертификационных курсов кадров отрасли здравоохранения"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10327,722 +10983,984 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-303/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="110"/>
+    <w:bookmarkStart w:name="z145" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Квалификационные требования - в редакции приказа Министра здравоохранения РК от 20.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="111"/>
+    <w:bookmarkStart w:name="z284" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z285" w:id="112"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие квалификационные требования к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения (далее – Квалификационные требования) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 221 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют квалификационные требования к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z286" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Квалификационных требованиях используются следующие термины и определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z287" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) образовательная программа – единый комплекс основных характеристик образования, включающий цели, результаты и содержание обучения, организацию образовательного процесса, способы и методы их реализации, критерии оценки результатов обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z288" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дополнительное образование специалистов в области здравоохранения (далее – Дополнительное образование) – процесс обучения, осуществляемый с целью удовлетворения образовательных потребностей кадров здравоохранения для поддержания, расширения, углубления и совершенствования профессиональных знаний, умений и навыков, а также освоения новых (дополнительных) компетенций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z289" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) симуляционные технологии – инновационные технологии (манекены, муляжи, симуляторы, стандартизированные пациенты, виртуальные реальности, компьютерные программы) позволяющие имитировать и воспроизводить статические и динамические процессы клинических ситуаций в искусственной среде для отработки и сдачи навыков;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z286" w:id="113"/>
-[...15 lines deleted...]
-      2. В настоящих Квалификационных требованиях используются следующие термины и определения:</w:t>
+    <w:bookmarkStart w:name="z290" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неформальное образование – вид образования, осуществляемый организациями, которые предоставляют образовательные услуги без учета места, сроков и формы обучения с выдачей документа, подтверждающего результаты обучения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z287" w:id="114"/>
-[...15 lines deleted...]
-      1) образовательная программа – единый комплекс основных характеристик образования, включающий цели, результаты и содержание обучения, организацию образовательного процесса, способы и методы их реализации, критерии оценки результатов обучения;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Квалификационные требования к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z288" w:id="115"/>
-[...77 lines deleted...]
-    <w:bookmarkStart w:name="z292" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. К организациям, реализующим образовательные программы дополнительного образования в области здравоохранения предъявляются следующие квалификационные требования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z293" w:id="120"/>
+    <w:bookmarkStart w:name="z293" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) наличие свидетельства об институциональной аккредитации согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 221 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z294" w:id="121"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z294" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) к кадровому обеспечению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z295" w:id="122"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z295" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       дополнительное образование (в том числе с использованием дистанционного обучения и на выездных циклах) в организациях высшего </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z296" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и (или) послевузовского образования, национальными и научными центрами, научно-исследовательскими институтами (далее – ВУЗ, НИИ, НЦ) проводятся лицами, имеющими ученую степень доктора или кандидата наук, академическую степень доктора философии или магистра, в высших медицинских колледжах проводятся лицами, имеющими педагогическую категорию, прикладной или академический бакалавриат. Количество штатного профессорско-преподавательского состава, реализующего программы дополнительного образования, составляет не менее 40 % от общего штата преподавателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z297" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проведение практических занятий осуществляется преподавателями из числа специалистов практического здравоохранения без ученой степени, но не более 40 % от общего числа профессорско-преподавательского состава;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z298" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преподаватели ВУЗа, НИИ, НЦ дополнительного образования, имеющие опыт работы по профилю специальности не менее 10 лет и научно - педагогический стаж не менее 3 лет, повышение квалификации не менее 4 кредитов (120 академических часов) за последние 5 лет по преподаваемому профилю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z299" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      преподаватели высших медицинских колледжах, имеющие опыт работы по профилю специальности не менее 5 лет и научно – педагогический стаж не менее 3 лет, повышение квалификации не менее 4 кредитов (120 академических часов) за последние 5 лет по преподаваемому профилю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z300" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) к учебно-методическому обеспечению:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z296" w:id="123"/>
-[...15 lines deleted...]
-      и (или) послевузовского образования, национальными и научными центрами, научно-исследовательскими институтами (далее – ВУЗ, НИИ, НЦ) проводятся лицами, имеющими ученую степень доктора или кандидата наук, академическую степень доктора философии или магистра, в высших медицинских колледжах проводятся лицами, имеющими педагогическую категорию, прикладной или академический бакалавриат. Количество штатного профессорско-преподавательского состава, реализующего программы дополнительного образования, составляет не менее 40 % от общего штата преподавателей.</w:t>
+    <w:bookmarkStart w:name="z301" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие утвержденной программы дополнительного образования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z297" w:id="124"/>
-[...15 lines deleted...]
-      Проведение практических занятий осуществляется преподавателями из числа специалистов практического здравоохранения без ученой степени, но не более 40 % от общего числа профессорско-преподавательского состава;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие доступа к профильным международным информационным сетям, электронным базам данных, библиотечным фондам, компьютерным технологиям, учебно-методической и научной литературе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z298" w:id="125"/>
-[...15 lines deleted...]
-      преподаватели ВУЗа, НИИ, НЦ дополнительного образования, имеющие опыт работы по профилю специальности не менее 10 лет и научно - педагогический стаж не менее 3 лет, повышение квалификации не менее 4 кредитов (120 академических часов) за последние 5 лет по преподаваемому профилю;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие инновационных, симуляционных технологий и интерактивных методов обучения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z299" w:id="126"/>
-[...15 lines deleted...]
-      преподаватели высших медицинских колледжах, имеющие опыт работы по профилю специальности не менее 5 лет и научно – педагогический стаж не менее 3 лет, повышение квалификации не менее 4 кредитов (120 академических часов) за последние 5 лет по преподаваемому профилю;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие контрольно-измерительных инструментов оценки базисного, текущего и итогового контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z300" w:id="127"/>
-[...15 lines deleted...]
-      3) к учебно-методическому обеспечению:</w:t>
+    <w:bookmarkStart w:name="z305" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) к материально-техническому обеспечению:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z301" w:id="128"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z306" w:id="133"/>
+    <w:bookmarkStart w:name="z306" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       наличие на праве собственности и (или) по договорам об оперативном (доверительном) управлении, аренды (найма) аудиторного фонда, классов, лабораторий, соответствующих объему контингента слушателей, </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z307" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      санитарно - техническим нормам и правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z308" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие на праве собственности и (или) по договорам об оперативном (доверительном) управлении, аренды (найма) соответствующего объему контингента слушателей по программам дополнительного образования, санитарно-техническим нормам и правилам компьютерного оборудования для демонстрации печатных, аудио, видеоматериалов, с доступом к сети Интернет, библиотечного фонда, симуляционного оборудования (манекенов, муляжей, тренажеров);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z309" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подключение к Единой транспортной среде государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z310" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) к управлению программами дополнительного образования в области здравоохранения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z311" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие административной структуры и штата административно - управленческого персонала, обеспечивающих управление процессом дополнительного образования, в соответствии с контингентом слушателей программ дополнительного образования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z307" w:id="134"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z312" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции приказа Министра здравоохранения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Организациям, осуществляющим неформальное образование в области здравоохранения, требуется наличие свидетельства об институциональной аккредитации в аккредитационных органах, внесенных в реестр признанных аккредитационных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11147,334 +12065,334 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 21 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-303/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z171" w:id="140"/>
+    <w:bookmarkStart w:name="z171" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Министерства здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z172" w:id="141"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z172" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 11 ноября 2009 года № 691 "Об утверждении Правил повышения квалификации и переподготовки медицинских и фармацевтических кадров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 5904, опубликован в Собрании актов центральных исполнительных и иных центральных государственных органов Республики Казахстан № 2, 2010 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z173" w:id="142"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z173" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 29 мая 2015 года № 433 "О внесении изменений в приказ исполняющего обязанности Министра здравоохранения Республики Казахстан от 11 ноября 2009 года № 691 "Об утверждении Правил повышения квалификации и переподготовки медицинских и фармацевтических кадров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11448, опубликован в Информационно-правовой системе "Әділет" от 03.07.2015).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z174" w:id="143"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z174" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 18 марта 2017 года № 76 "О внесении изменений в приказ исполняющего обязанности Министра здравоохранения Республики Казахстан от 11 ноября 2009 года № 691 "Об утверждении Правил повышения квалификации и переподготовки медицинских и фармацевтических кадров и квалификационных требований к организациям, реализующим программы дополнительного медицинского и фармацевтического образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14954, опубликован в Эталонном контрольном банке нормативно-правовых актов Республики Казахстан в электронном виде от 10.04.2017).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z175" w:id="144"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z175" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 25 августа 2018 года № ҚР ДСМ-7 "О внесении изменений и дополнений в приказ исполняющего обязанности Министра здравоохранения Республики Казахстан от 11 ноября 2009 года № 691 "Об утверждении Правил повышения квалификации и переподготовки медицинских и фармацевтических кадров, а также квалификационных требований к организациям, реализующим программы дополнительного медицинского и фармацевтического образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17436, опубликован в Эталонном контрольном банке нормативно-правовых актов Республики Казахстан в электронном виде от 03.10.2018).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z176" w:id="145"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z176" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 26 мая 2020 года № ҚР ДСМ-57/2020 "О внесении дополнений в приказ исполняющего обязанности Министра здравоохранения Республики Казахстан от 11 ноября 2009 года № 691 "Об утверждении Правил повышения квалификации и переподготовки медицинских и фармацевтических кадров, а также квалификационных требований к организациям, реализующим программы дополнительного медицинского и фармацевтического образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20733, опубликован в Эталонном контрольном банке нормативно-правовых актов Республики Казахстан в электронном виде от 27.05.2020).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -11800,31 +12718,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>