--- v0 (2025-11-03)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c191e98" w14:textId="c191e98">
+    <w:p w14:paraId="a3299ae" w14:textId="a3299ae">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,96 +76,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровня квалификации работников здравоохранения</w:t>
+        <w:t>Об утверждении Правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровня квалификации работников системы здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра здравоохранения Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-283/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 декабря 2020 года № 21843.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок – в редакции приказа Министра здравоохранения РК от 28.06.2024 </w:t>
+      Сноска. Заголовок – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -272,100 +272,100 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>правила</w:t>
+        <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровня квалификации работников здравоохранения.</w:t>
+        <w:t xml:space="preserve"> подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровня квалификации работников системы здравоохранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра здравоохранения РК от 28.06.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -960,74 +960,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровня квалификации работникам системы здравоохранения, имеющих техническое и профессиональное, послесреднее, высшее, послевузовское образование по направлению подготовки "Здравоохранение".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z547" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Результаты непрерывного профессионального развития (далее – НПР) работников системы здравоохранения подтверждаются службой управления персоналом и руководителем медицинской организации в соответствии с критериями подтверждения результатов непрерывного профессионального развития работников системы здравоохранения, согласно </w:t>
+      2. Результаты непрерывного профессионального развития (далее – НПР) работников системы здравоохранения подтверждаются службой управления персоналом и руководителем организации здравоохранения или физическим лицом, занимающимся частной медицинской практикой и фармацевтической деятельностью в соответствии с критериями подтверждения результатов непрерывного профессионального развития работников системы здравоохранения, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z548" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z549" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1084,986 +1146,1438 @@
         <w:t>
       3) медицинский работник – физическое лицо, имеющее профессиональное медицинское образование и осуществляющее медицинскую деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z552" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дополнительное образование специалистов в области здравоохранения (далее – дополнительное образование) – процесс обучения, осуществляемый с целью удовлетворения образовательных потребностей кадров здравоохранения для поддержания, расширения, углубления и совершенствования профессиональных знаний, умений и навыков, а также освоения новых (дополнительных) компетенций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z553" w:id="18"/>
+    <w:bookmarkStart w:name="z727" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) профессиональная квалификация – степень профессиональной подготовки, характеризующая владение компетенциями, требуемыми для выполнения трудовых функций по профессии;</w:t>
+      4-1) организация здравоохранения – юридическое лицо, осуществляющее деятельность в области здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z554" w:id="19"/>
+    <w:bookmarkStart w:name="z553" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) профессиональный стандарт – письменный официальный документ, устанавливающий общие требования к знаниям, умениям, навыкам, опыту работы с учетом формального и (или) неформального, и (или) информального образования, уровню квалификации и компетентности, содержанию, качеству и условиям труда в конкретной области профессиональной деятельности;</w:t>
+      5) профессиональная квалификация – степень профессиональной подготовки, характеризующая владение компетенциями, требуемыми для выполнения трудовых функций по профессии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z555" w:id="20"/>
+    <w:bookmarkStart w:name="z554" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) отраслевая рамка квалификаций (далее - ОРК) – документ, разрабатываемый на основе Национального классификатора занятий Республики Казахстан, национальной рамки квалификаций и классифицирующий в отрасли требования к квалификации специалиста по уровням в зависимости от сложности выполняемых работ и характера используемых знаний, умений и компетенций в отрасли;</w:t>
+      6) профессиональный стандарт – письменный официальный документ, устанавливающий общие требования к знаниям, умениям, навыкам, опыту работы с учетом формального и (или) неформального, и (или) информального образования, уровню квалификации и компетентности, содержанию, качеству и условиям труда в конкретной области профессиональной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z556" w:id="21"/>
+    <w:bookmarkStart w:name="z555" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) неформальное образование – вид образования, запланированный, организованный и осуществляемый организациями, которые предоставляют образовательные услуги, оказываемые без учета места, сроков и формы обучения, и сопровождаемый выдачей документа, подтверждающего результаты обучения.</w:t>
+      7) отраслевая рамка квалификаций (далее - ОРК) – документ, разрабатываемый на основе Национального классификатора занятий Республики Казахстан, национальной рамки квалификаций и классифицирующий в отрасли требования к квалификации специалиста по уровням в зависимости от сложности выполняемых работ и характера используемых знаний, умений и компетенций в отрасли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z557" w:id="22"/>
+    <w:bookmarkStart w:name="z556" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 269 Кодекса.</w:t>
+        <w:t>
+      8) неформальное образование – вид образования, запланированный, организованный и осуществляемый организациями, которые предоставляют образовательные услуги, оказываемые без учета места, сроков и формы обучения, и сопровождаемый выдачей документа, подтверждающего результаты обучения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z558" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 c изменением, внесенным приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z557" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Результаты НПР работников системы здравоохранения подтверждаются для сертификации специалистов в области здравоохранения согласно </w:t>
+      4. Результатами НПР работников системы здравоохранения являются документы, удостоверяющие результаты дополнительного, неформального образования, дополнительные компетенции и иные мероприятия по профессиональному развитию с учетом требований согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статье 27</w:t>
+        <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кодекса.</w:t>
+        <w:t xml:space="preserve"> статьи 269 Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z559" w:id="24"/>
+    <w:bookmarkStart w:name="z558" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Присвоение или подтверждение уровня квалификации, согласно ОРК сферы "Здравоохранение", работникам системы здравоохранения осуществляется на основании результата оценки профессиональной подготовленности, выданного аккредитованной организацией по оценке, в порядке согласно </w:t>
+      Результаты НПР работников системы здравоохранения подтверждаются для сертификации специалистов в области здравоохранения согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказу</w:t>
+        <w:t>статье 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763).</w:t>
+        <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z560" w:id="25"/>
+    <w:bookmarkStart w:name="z559" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Медицинские работники при наличии заключения аккредитованной организации по оценке, в рамках государственных услуг "Выдача сертификата специалиста для допуска к клинической практике", "Выдача сертификата иностранного специалиста для допуска к клинической практике", получают или подтверждают сертификат специалиста по специальности (специализации) с учетом присвоенного или подтвержденного уровня квалификации, в порядке, согласно </w:t>
+      5. Присвоение или подтверждение уровня квалификации, согласно ОРК сферы "Здравоохранение", работникам системы здравоохранения, имеющих образование по направлению подготовки "Здравоохранение", осуществляется на основании результата оценки профессиональной подготовленности, выданного аккредитованной организацией по оценке, в порядке согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020 "Об утверждении правил проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818).</w:t>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763), с соблюдением сроков прохождения и принципа последовательности уровней квалификации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z561" w:id="26"/>
+    <w:bookmarkStart w:name="z728" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медицинские и фармацевтические работники, а также специалисты санитарно-эпидемиологической службы при наличии заключения аккредитованной организации по оценке, в рамках государственных услуг "Выдача сертификата специалиста для допуска к клинической практике", "Выдача сертификата иностранного специалиста для допуска к клинической практике", "Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения", "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий" получают или подтверждают сертификат специалиста по специальности (специализации) с учетом присвоенного или подтвержденного уровня квалификации, в порядке, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020 "Об утверждении правил проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z561" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок подтверждения результатов непрерывного профессионального развития работников системы здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z562" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z562" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Результаты НПР работников системы здравоохранения подтверждаются за последние 5 лет руководителем организации здравоохранения.</w:t>
+      6. Результаты НПР работников системы здравоохранения подтверждаются за последние 5 лет руководителем организации здравоохранения или физическим лицом, занимающимся частной медицинской практикой и фармацевтической деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z563" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z563" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. Работник системы здравоохранения при наличии удостоверяющих документов результатов НПР предоставляет в службу управления персоналом по месту основной деятельности подтверждающие документы, предусмотренные критериями, согласно </w:t>
+      7. Работники системы здравоохранения при наличии удостоверяющих документов о результатах НПР, соответствующих критериям подтверждения результатов НПР работников системы здравоохранения, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1</w:t>
+        <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам, предоставляют подтверждающие документы в службу управления персоналом по месту основной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z564" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z729" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Документы, выданные на иностранном языке, предоставляются с нотариально заверенным переводом на казахском или русском языке.</w:t>
+        <w:t xml:space="preserve">
+      Физические лица, занимающиеся частной медицинской практикой и фармацевтической деятельностью при наличии удостоверяющих документов о результатах НПР, соответствующих критериям подтверждения результатов НПР работников системы здравоохранения, установленным в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, предоставляют в аккредитованную организацию по оценке подтверждение результатов НПР работников системы здравоохранения по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z565" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z730" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Документы, выданные на иностранном языке, предоставляются с нотариально заверенным переводом на казахском или русском языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      8. Служба управления персоналом и руководитель медицинской организации начисляют ЗЕ за каждый критерий результата НПР.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z566" w:id="31"/>
+    <w:bookmarkStart w:name="z565" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Итоговый результат НПР рассчитывается путем суммирования ЗЕ за дополнительное образование, неформальное образование и дополнительные компетенции.</w:t>
+      8. Служба управления персоналом и руководитель организации здравоохранения или физическое лицо, занимающееся частной медицинской практикой и фармацевтической деятельностью, начисляют ЗЕ за каждый критерий результата НПР.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z567" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z566" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЗЕ по результатам дополнительного образования (повышение квалификации) рассчитываются за последние 5 лет согласно Главе 1 приложения 1 к настоящим Правилам.</w:t>
+      9. Итоговый результат НПР рассчитывается путем суммирования ЗЕ за дополнительное образование, неформальное образование и дополнительные компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z568" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z567" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЗЕ по результатам неформального образования рассчитываются согласно Главе 2 приложения 1 к настоящим Правилам, по дополнительным компетенциям - согласно Главе 3 приложения 1 к настоящим Правилам.</w:t>
+      ЗЕ по результатам дополнительного образования (повышение квалификации) рассчитываются за последние 5 лет согласно Главе 1 приложения 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z569" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z568" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      ЗЕ по результатам неформального образования рассчитываются согласно Главе 2 приложения 1 к настоящим Правилам, по дополнительным компетенциям - согласно Главе 3 приложения 1 к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z570" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z569" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      10. Подтвержденные результаты НПР оформляются по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z570" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       11. Основанием для отказа в подтверждении результатов НПР является несоответствие документов, удостоверяющих результаты НПР требованиям к критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z571" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z571" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок присвоения и подтверждения уровня квалификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z572" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z572" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Работник системы здравоохранения, претендующий на присвоение или подтверждение уровня квалификации, предоставляет в аккредитованную организацию по оценке результатов НПР согласно пункту 6 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z573" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z573" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для присвоения очередного уровня квалификации работнику системы здравоохранения необходимо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z574" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z574" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие образования в области здравоохранения, соответствующего уровню квалификации, подтвержденного дипломом об образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z575" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z575" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) результат оценки профессиональной подготовленности, выданный аккредитованной организацией по оценке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z576" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z576" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выполнение трудовых функций, соответствующих заявленному уровню квалификации согласно требованиям профессионального стандарта, подтвержденные отчетом из электронного регистра услуг или о профессиональной деятельности, подписанного руководителем структурного подразделения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z577" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z577" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) подтвержденные результаты НПР, заверенные службой управления персоналом и руководителем медицинской организации.</w:t>
+      4) подтвержденные результаты НПР, заверенные службой управления персоналом и руководителем организации здравоохранения или физическим лицом, занимающимся частной медицинской практикой и фармацевтической деятельностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z578" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z578" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работники системы здравоохранения, у которых срок действия свидетельства о присвоении квалификационной категории истек после 1 января 2021 года, претендуют на получение соответствующего (эквивалентного) уровня квалификации без прохождения этапа оценки знаний и кейс-тестинг (решение ситуационных задач).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z579" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 c изменением, внесенным приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z579" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Для достижения соответствующего уровня квалификации необходимы мероприятия НПР, включающие дополнительное, неформальное образование и дополнительные компетенции по критериям подтверждения результатов непрерывного профессионального развития работников системы здравоохранения согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z580" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z580" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Общий объем мероприятий непрерывного профессионального развития для уровней квалификаций составляет не менее 210 ЗЕ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z581" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z581" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Дополнительное и (или) неформальное образование, полученное работниками системы здравоохранения в зарубежных организациях, входящих в три международных академических рейтинга и в число первых 250 (двухсот пятидесяти) позиций двух и более из них (мировой рейтинг лучших университетов мира Квакарелли Саймондс (QS World University Rankings, КьюЭс Ворлд Юниверсити Ранкинг), академический рейтинг университетов мира (Academic Ranking of World Universities, Академик Ранкинг оф Ворлд Юниверситиес), рейтинг лучших университетов мира по версии издания Таймс (Times Higher Education World University Rankings, Таймс Хайер Едукейшн Ворлд Юниверсити Ранкинг), предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> министра науки и высшего образования Республики Казахстан от 12 июня 2023 года № 268 "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800), признаются действительными в Республике Казахстан при предъявлении оригинала документа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z582" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z582" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Работникам системы здравоохранения присваиваются начальный или очередной уровень квалификации на основании результата оценки профессиональной подготовленности, выданном аккредитованной организацией по оценке в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z583" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z583" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Начальные уровни квалификации 4.0, 5.0, 6.0, 7.0 (I), 7.1 (R) присваиваются выпускникам организаций образования и научных организаций в области здравоохранения в соответствии с ОРК в сфере здравоохранения согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z584" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z584" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Уровень квалификации по специализации присваивается в рамках основной специальности, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-218/2020 "Об утверждении перечня специальностей и специализаций, подлежащих сертификации специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21699).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z585" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z585" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. При присвоении очередного уровня квалификации соблюдается последовательность уровней квалификаций, установленная ОРК сферы "Здравоохранение" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z586" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z586" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работники системы здравоохранения, имеющие бессрочные свидетельства о присвоении категории, переоформляют их на сертификат специалиста по специальности с соответствующим уровнем квалификации без прохождения оценки профессиональной подготовленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z587" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z587" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работники системы здравоохранения по специальности "Сестринское дело" при получении послесредного или высшего медицинского образования той же специальности переоформляют сертификат специалиста с сохранением уровня квалификации эквивалентной квалификационной категории с учетом предыдущего стажа работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2181,68 +2695,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>квалификации работников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>системы здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В правый верхний угол приложения 1 вносятся изменения на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критерии подтверждения результатов непрерывного профессионального развития работников системы здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7120,90 +7672,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к правилам</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждения результатов</w:t>
+              <w:t>к Правилам подтверждения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>непрерывного профессионального</w:t>
+              <w:t>результатов непрерывного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>развития, присвоения и подтверждения</w:t>
+              <w:t>профессионального развития,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>присвоения и подтверждения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня квалификации работников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7256,530 +7821,532 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z231" w:id="54"/>
+    <w:bookmarkStart w:name="z231" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Подтверждение результатов непрерывного профессионального развития работников системы здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z588" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      1. Фамилия, имя, отчество (при наличии) ___________________________</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z589" w:id="56"/>
+    <w:bookmarkStart w:name="z731" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Общий стаж работника системы здравоохранения (лет, месяцев, дней) ________</w:t>
+      1. Фамилия, имя, отчество (при наличии) ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z590" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z732" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Стаж работы по заявляемой специальности (лет, месяцев, дней) _______</w:t>
+      2. Заявляемая специальность _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z591" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z733" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Место работы в настоящее время _________________________________</w:t>
+      3. Общий стаж работника системы здравоохранения (лет, месяцев, дней) _</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z592" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z734" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Занимаемая должность _________________________________________</w:t>
+      4. Стаж работы по заявляемой специальности (лет, месяцев, дней) _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z593" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z735" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Трудовая деятельность по заявляемой специальности</w:t>
+      5. Место работы в настоящее время _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z594" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z736" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       (на момент подтверждения результатов непрерывного профессионального</w:t>
+      6. Занимаемая должность __________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z595" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z737" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       развития по заявляемой специальности)</w:t>
+      7. Трудовая деятельность по заявляемой специальности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(на момент подтверждения результатов непрерывного профессионального</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развития по заявляемой специальности)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z596" w:id="63"/>
+          <w:bookmarkStart w:name="z738" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="64"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Дата увольнения</w:t>
+Дата увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Место работы</w:t>
+Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Занимаемая должность</w:t>
+Занимаемая должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Номер приказа</w:t>
+Номер приказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Дата издания приказа</w:t>
+Дата издания приказа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8135,400 +8702,380 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z617" w:id="64"/>
+    <w:bookmarkStart w:name="z759" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уровень отраслевой рамки квалификаций ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z618" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z760" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Квалификационная категория (при наличии) _____________________</w:t>
+      9. Квалификационная категория (при наличии) ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z619" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z761" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Послевузовское образование (при наличии) ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z620" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z762" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Результаты НПР _____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z621" w:id="68"/>
+          <w:bookmarkStart w:name="z763" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="69"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Наименование критерия</w:t>
+Наименование критерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Результат в зачетных единицах</w:t>
+Результат в зачетных единицах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z625" w:id="69"/>
+          <w:bookmarkStart w:name="z767" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Глава 1. Дополнительное образование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="70"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z627" w:id="70"/>
+          <w:bookmarkStart w:name="z769" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="71"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8573,133 +9120,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z631" w:id="71"/>
+          <w:bookmarkStart w:name="z773" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Глава 2. Неформальное образование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="72"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z633" w:id="72"/>
+          <w:bookmarkStart w:name="z775" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="72"/>
+          <w:bookmarkEnd w:id="73"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8743,80 +9290,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z637" w:id="73"/>
+          <w:bookmarkStart w:name="z779" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="74"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8860,80 +9407,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z641" w:id="74"/>
+          <w:bookmarkStart w:name="z783" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="75"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -8977,80 +9524,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z645" w:id="75"/>
+          <w:bookmarkStart w:name="z787" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="76"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9095,133 +9642,133 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z649" w:id="76"/>
+          <w:bookmarkStart w:name="z791" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Глава 3. Дополнительные компетенции</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="77"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z651" w:id="77"/>
+          <w:bookmarkStart w:name="z793" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="78"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9265,80 +9812,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z655" w:id="78"/>
+          <w:bookmarkStart w:name="z797" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="79"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9382,80 +9929,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z659" w:id="79"/>
+          <w:bookmarkStart w:name="z801" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="79"/>
+          <w:bookmarkEnd w:id="80"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9499,80 +10046,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z663" w:id="80"/>
+          <w:bookmarkStart w:name="z805" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="80"/>
+          <w:bookmarkEnd w:id="81"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9616,80 +10163,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z667" w:id="81"/>
+          <w:bookmarkStart w:name="z809" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="81"/>
+          <w:bookmarkEnd w:id="82"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9733,80 +10280,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z671" w:id="82"/>
+          <w:bookmarkStart w:name="z813" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="82"/>
+          <w:bookmarkEnd w:id="83"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9850,80 +10397,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z675" w:id="83"/>
+          <w:bookmarkStart w:name="z817" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="83"/>
+          <w:bookmarkEnd w:id="84"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9967,80 +10514,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z679" w:id="84"/>
+          <w:bookmarkStart w:name="z821" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="85"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10084,80 +10631,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z683" w:id="85"/>
+          <w:bookmarkStart w:name="z825" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="85"/>
+          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10201,80 +10748,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z687" w:id="86"/>
+          <w:bookmarkStart w:name="z829" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="86"/>
+          <w:bookmarkEnd w:id="87"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10318,80 +10865,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z691" w:id="87"/>
+          <w:bookmarkStart w:name="z833" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
+          <w:bookmarkEnd w:id="88"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10435,80 +10982,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z695" w:id="88"/>
+          <w:bookmarkStart w:name="z837" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkEnd w:id="89"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10552,80 +11099,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z699" w:id="89"/>
+          <w:bookmarkStart w:name="z841" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="90"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10669,80 +11216,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z703" w:id="90"/>
+          <w:bookmarkStart w:name="z845" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
+          <w:bookmarkEnd w:id="91"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10786,80 +11333,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z707" w:id="91"/>
+          <w:bookmarkStart w:name="z849" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10903,80 +11450,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z711" w:id="92"/>
+          <w:bookmarkStart w:name="z853" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
+          <w:bookmarkEnd w:id="93"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11105,210 +11652,291 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z719" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z861" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Руководитель службы управления персоналом _____________________________</w:t>
+      Руководитель службы управления персоналом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z720" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                     фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>(заполняется при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z721" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-       __________________________________</w:t>
+        <w:t>_______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z722" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                   (подпись) дата выдачи</w:t>
+        <w:t>фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z723" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Руководитель медицинской организации ________________________________</w:t>
+        <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z724" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-                                     фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>(подпись) дата выдачи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z725" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-       _____________________________</w:t>
+        <w:t>Руководитель организации здравоохранения/</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z726" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-             (подпись) дата выдачи</w:t>
+        <w:t>физическое лицо, занимающееся частной</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинской практикой</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и фармацевтической деятельностью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись) дата выдачи</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11413,68 +12041,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня квалификации работников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>системы здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z364" w:id="101"/>
+    <w:bookmarkStart w:name="z364" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Непрерывное профессиональное развитие работников системы здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -13207,68 +13835,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня квалификации работников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>системы здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z437" w:id="102"/>
+    <w:bookmarkStart w:name="z437" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Начальные уровни квалификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14001,68 +14629,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>уровня квалификации работников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>системы здравоохранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z460" w:id="103"/>
+    <w:bookmarkStart w:name="z460" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Очередные уровни квалификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -16451,55 +17079,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>