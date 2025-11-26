--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5755e72" w14:textId="5755e72">
+    <w:p w14:paraId="5041bac" w14:textId="5041bac">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,62 +107,148 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 декабря 2020 года № 21818.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра здравоохранения РК от 15.11.2022 </w:t>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок приказа предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра здравоохранения РК от 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 24.11.2022).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -265,91 +351,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить Правила проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -368,210 +530,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 24.11.2022).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы Министерства здравоохранения Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Комитету медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      3. Комитету медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -832,125 +994,294 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-274/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок правил предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра здравоохранения РК от 15.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 24.11.2022).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="10"/>
+    <w:bookmarkStart w:name="z242" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z243" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -965,351 +1296,538 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок получения сертификата специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z244" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z427" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и код административного документа (далее – НИКАД) – номер, присваиваемый электронному документу государственной информационной системой разрешений и уведомлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z428" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оценка профессиональной подготовленности выпускников образовательных программ в области здравоохранения (далее – оценка профессиональной подготовленности) – процедура оценки знаний и навыков, проводимая в целях определения соответствия квалификации выпускника образовательных программ в области здравоохранения требованиям профессионального стандарта в области здравоохранения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z244" w:id="12"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z429" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сертификат специалиста в области здравоохранения (далее – сертификат специалиста) – документ установленного образца, подтверждающий квалификацию физического лица и его готовность к профессиональной деятельности в области здравоохранения, включая готовность к клинической или фармацевтической практике, или деятельности в сфере санитарно-эпидемиологического благополучия населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z427" w:id="13"/>
-[...15 lines deleted...]
-      1) номер и код административного документа (далее – НИКАД) – номер, присваиваемый электронному документу государственной информационной системой разрешений и уведомлений;</w:t>
+    <w:bookmarkStart w:name="z430" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сертификация специалиста в области здравоохранения (далее – сертификация) – процедура определения соответствия квалификации физического лица квалификационным требованиям, установленным отраслевой рамкой квалификаций и профессиональными стандартами в области здравоохранения, а также определение готовности к профессиональной деятельности в области здравоохранения, включая готовность к клинической или фармацевтической практике, или деятельности в сфере санитарно-эпидемиологического благополучия населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z428" w:id="14"/>
-[...15 lines deleted...]
-      2) оценка профессиональной подготовленности выпускников образовательных программ в области здравоохранения (далее – оценка профессиональной подготовленности) – процедура оценки знаний и навыков, проводимая в целях определения соответствия квалификации выпускника образовательных программ в области здравоохранения требованиям профессионального стандарта в области здравоохранения;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z429" w:id="15"/>
-[...15 lines deleted...]
-      3) сертификат специалиста в области здравоохранения (далее – сертификат специалиста) – документ установленного образца, подтверждающий квалификацию физического лица и его готовность к профессиональной деятельности в области здравоохранения, включая готовность к клинической или фармацевтической практике, или деятельности в сфере санитарно-эпидемиологического благополучия населения;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В подпункт 6) предусматриваются изменения на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) специалист в сфере санитарно-эпидемиологического благополучия населения – физическое лицо, выполняющее трудовые обязанности, включающие в себя осуществление функции по санитарно-эпидемиологическому мониторингу, санитарно-эпидемиологической экспертизе, гигиеническому обучению, санитарно-эпидемиологическому аудиту, проведению дезинфекции, дезинсекции и дератизации, оценке степени рисков санитарно-эпидемиологического благополучия населения в организации в сфере санитарно-эпидемиологического благополучия населения или претендующий на получение сертификата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра здравоохранения РК от 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сертификат специалиста подлежит подтверждению каждые 5 (пять) лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z430" w:id="16"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра здравоохранения РК от 27.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 18</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок главы 2 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="19"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z250" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z251" w:id="21"/>
+    <w:bookmarkStart w:name="z251" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сертификацию проходят специалисты (далее – услугополучатели), прошедшие оценку профессиональной подготовленности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763) (далее – Правила оценки знаний и навыков) согласно уровня квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z252" w:id="22"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z252" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучателем, не претендующим на присвоение или подтверждение уровня квалификации, результат оценки профессиональной подготовленности не предоставляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1328,51 +1846,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="23"/>
+    <w:bookmarkStart w:name="z253" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Услугополучатели, получившие медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан, допускаются к сертификации, при условии признания их образования и (или) квалификации в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1387,51 +1905,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, послесреднем образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33219) и Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800) (далее – Правила признания).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1450,170 +1968,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z254" w:id="24"/>
+    <w:bookmarkStart w:name="z254" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Услугополучатель для прохождения сертификации и подтверждения действующего сертификата специалиста через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал) направляет территориальному департаменту Комитета медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан (далее – услугодатель) заявление по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z544" w:id="25"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z544" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугополучатель с медицинским образованием предоставляет документы и сведения в соответствии с перечнем, установленным в пункте 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата специалиста для допуска к клинической практике", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень № 1).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z545" w:id="26"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z545" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугополучатель с фармацевтическим образованием предоставляет документы и сведения в соответствии с перечнем, установленным в пункте 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень № 2).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1632,110 +2150,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="27"/>
+    <w:bookmarkStart w:name="z257" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Документы и сведения на подтверждение действующего сертификата специалиста представляются услугополучателем не ранее, чем за 30 (тридцать) календарных дней до окончания срока его действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z258" w:id="28"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z258" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Сертификат специалиста выдается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-218/2020 "Об утверждении перечня специальностей и специализаций, подлежащих сертификации специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21699) (далее – Перечень специальностей и специализаций).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1753,271 +2271,347 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z259" w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 9 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Услугодатель из сервиса цифровых документов через реализованную интеграцию (далее – сервис) при условии согласия услугополучателя (владельца документа), предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства", получает сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z547" w:id="30"/>
+    <w:bookmarkStart w:name="z547" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии высшего и (или) послевузовского образования в области здравоохранения (для услугополучателей, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z548" w:id="31"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z548" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии среднего (технического и профессионального), послесреднего образования в области здравоохранения (для услугополучателей, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z549" w:id="32"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z549" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии действующего сертификата специалиста по заявляемой специальности или специализации в области здравоохранения и уровня квалификации (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z550" w:id="33"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z550" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перемене имени, отчества (при его наличии), фамилии или о заключении брака (супружества), или о расторжении брака (супружества), для услугополучателей, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z551" w:id="34"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z551" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       о результате оценки профессиональной подготовленности, полученном в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки знаний и навыков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z552" w:id="35"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z552" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подтверждающие трудовую деятельность услугополучателя в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (при наличии в сервисе сведений о профилях работников и учета трудовых договоров);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z553" w:id="36"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z553" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из информационного сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о наличии либо отсутствии запрета на осуществление медицинской и (или) фармацевтической деятельности по заявляемой специальности или специализации (при наличии сведений в сервисе).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z554" w:id="37"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z554" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование от услугополучателей документов и сведений, которые получены из информационных систем, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2036,91 +2630,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="38"/>
+    <w:bookmarkStart w:name="z268" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Услугодатель в день поступления документов и сведений осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z269" w:id="39"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z269" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателем после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z270" w:id="40"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 11 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Услугодатель в течение 2 (двух) рабочих дней с момента регистрации документов и сведений услугополучателя, поступивших через портал, проверяет полноту представленных документов и сведений, согласно пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2135,52 +2824,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня № 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z271" w:id="41"/>
+    <w:bookmarkStart w:name="z271" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При установлении факта неполноты представленных документов и сведений согласно пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2195,470 +2883,554 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня № 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, и (или) документов с истекшим сроком действия, услугодатель в течение 2 (двух) рабочих дней направляет мотивированный отказ (в произвольной форме) в дальнейшем рассмотрении заявления, заверенный электронной цифровой подписью уполномоченного лица услугодателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z272" w:id="42"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z272" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. При установлении недостоверности представленных документов и (или) данных (сведений), содержащихся в них, а также несоответствия услугополучателя и (или) представленных документов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами, услугодатель в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК) предоставляет возможность услугополучателю выразить свою позицию к предварительному решению по административному делу, о котором услугополучатель уведомляется заранее, но не позднее чем за три рабочих дня до результата оказания государственной услуги (мотивированного отказа).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z273" w:id="43"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z273" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Услугополучатель предоставляет возражение к предварительному решению в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z274" w:id="44"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z274" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. При устном выражении услугополучателем своего возражения услугодатель ведет протокол заслушивания, который оформляет в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z275" w:id="45"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z275" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Услугодатель, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона предоставляет в доступной форме полную и достоверную информацию о перечне требуемых документов и сведений и оформления таких документов и сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z276" w:id="46"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z276" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии замечаний услугодатель аргументирует каждое замечание со ссылками на структурные элементы нормативных правовых актов, и предоставляет возможность услугополучателю выразить свою позицию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z277" w:id="47"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z277" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Государственная услуга "Выдача сертификата специалиста для допуска к клинической практике" и "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий" оказываются в течении 5 (пяти) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z278" w:id="48"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z278" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Результатом оказания государственных услуг является выдача сертификата специалиста в области здравоохранения по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z279" w:id="49"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z279" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Услугодатель вносит данные о стадии оказания государственных услуг в информационную систему мониторинга оказания государственных услуг в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z280" w:id="50"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z280" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Перечень основных требований к оказанию государственной услуги "Выдача сертификата специалиста для допуска к клинической практике", включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне № 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z281" w:id="51"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z281" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий", включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне № 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z282" w:id="52"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z282" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При внесении изменений и (или) дополнений в настоящие Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 10 (десяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z283" w:id="53"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z283" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок проведения сертификации, подтверждения действия сертификата иностранных специалистов в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z284" w:id="54"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 21 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Иностранец или лицо без гражданства, прибывшее или привлекаемое работодателем для осуществления медицинской и (или) фармацевтической деятельностью на территории Республики Казахстан и не имеющий ранее сертификата специалиста в области здравоохранения (далее - иностранный специалист), прошедший оценку профессиональной подготовленности в соответствии с Правилами оценки знаний и навыков, проходит сертификацию для получения сертификата иностранного специалиста для допуска к клинической практике. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z285" w:id="55"/>
+    <w:bookmarkStart w:name="z285" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Иностранные специалисты, получившие медицинское образование за пределами Республики Казахстан, допускаются к сертификации, при условии признания их образования и (или) квалификации в соответствии с Правилами признания, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в "Назарбаев Университет" или его медицинские организации, в медицинские организации Управления делами Президента Республики Казахстан, а также с целью обучения в организации высшего и (или) послевузовского образования, национальные и научные центры, научно-исследовательские институты и высшие медицинские колледжи, реализующие образовательные учебные программы дополнительного образования и прошедшие институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, на базе аккредитованных университетских больниц, клиник организаций образования в области здравоохранения и базе резидентуры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z286" w:id="56"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z286" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Иностранный специалист по месту осуществления основной трудовой деятельности направляет услугодателю через портал заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2673,231 +3445,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам документы и сведения, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень № 3).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z287" w:id="57"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z287" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подтверждении сертификата специалиста в области здравоохранения иностранный специалист направляет документы и сведения услугодателю не ранее, чем за 30 (тридцать) календарных дней до окончания срока действия сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z288" w:id="58"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z288" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Услугодатель из сервиса при условии согласия иностранного специалиста, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства" получает сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z556" w:id="59"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z556" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии на территории Республики Казахстан высшего и (или) послевузовского образования в области здравоохранения (для иностранных специалистов, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z557" w:id="60"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z557" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии на территории Республики Казахстан среднего (технического и профессионального), после среднего образования в области здравоохранения (для иностранных специалистов, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z558" w:id="61"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z558" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии действующего сертификата в области здравоохранения по заявляемой специальности или специализации, уровня квалификации (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z559" w:id="62"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z559" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о перемене имени, отчества (при его наличии), фамилии или о заключении брака (супружества), или о расторжении брака (супружества) на территории Республики Казахстан, для иностранных специалистов, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z560" w:id="63"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z560" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       о результате оценки профессиональной подготовленности специалиста, полученной в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки знаний и навыков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z561" w:id="64"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z561" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование от иностранного специалиста документов и сведений, которые могут быть получены из информационных систем, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2916,1444 +3688,2104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z295" w:id="65"/>
+    <w:bookmarkStart w:name="z295" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Услугодатель в день поступления документов и сведений осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z296" w:id="66"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z296" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении иностранного специалиста после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z297" w:id="67"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 26 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Услугодатель в течение 2 (двух) рабочих дней с момента регистрации документов и сведений иностранного специалиста, поступивших через портал, проверяет полноту представленных документов и сведений, согласно пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня № 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z298" w:id="68"/>
+    <w:bookmarkStart w:name="z298" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При установлении факта неполноты представленных документов и сведений согласно перечню, предусмотренному пунктом 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике", и (или) документов с истекшим сроком действия услугодатель в течение 2 (двух) рабочих дней направляет мотивированный отказ (в произвольной форме) в дальнейшем рассмотрении заявления, заверенный электронной цифровой подписью уполномоченного лица услугодателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z299" w:id="69"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z299" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. При установлении недостоверности представленных документов и (или) данных (сведений), содержащихся в них, а также несоответствия иностранного специалиста и (или) представленных документов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами, услугодатель в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК предоставляет возможность иностранному специалисту выразить свою позицию к предварительному решению по административному делу, о котором иностранный специалист уведомляется заранее, но не позднее чем за три рабочих дня до результата оказания государственной услуги (мотивированного отказа).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z300" w:id="70"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z300" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Иностранный специалист предоставляет возражение к предварительному решению в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z301" w:id="71"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z301" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. При устном выражении иностранным специалистом своего возражения услугодатель ведет протокол заслушивания, который оформляет в соответствии со статьей 74 АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z302" w:id="72"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z302" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Услугодатель, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона предоставляет в доступной форме полную и достоверную информацию о перечне требуемых документов и сведений и оформления таких документов и сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z303" w:id="73"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z303" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии замечаний услугодатель аргументирует каждое замечание со ссылками на структурные элементы нормативных правовых актов, и предоставляет возможность иностранному специалисту выразить свою позицию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z304" w:id="74"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z304" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Государственная услуга "Выдача сертификата иностранному специалисту для допуска к клинической практике" оказывается в течение 5 (пяти) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z305" w:id="75"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z305" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Результатом оказания государственной услуги является выдача сертификат иностранного специалиста для допуска к клинической практике по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги в произвольной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z306" w:id="76"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z306" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Услугодатель вносит данные о стадии оказания государственных услуг в информационную систему мониторинга оказания государственных услуг в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z307" w:id="77"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z307" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Перечень основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике", включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне № 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z308" w:id="78"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z308" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. При внесении изменений и (или) дополнений в настоящие Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 10 (десяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z309" w:id="79"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z309" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования результатов решений, действий (бездействия) услугодателя по вопросам сертификации специалиста в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z310" w:id="80"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z310" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z311" w:id="81"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z311" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z312" w:id="82"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z312" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z313" w:id="83"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z313" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z314" w:id="84"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z314" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z315" w:id="85"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z315" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z316" w:id="86"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z316" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, то обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z433" w:id="87"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z433" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок выдачи, переоформления, подтверждение действия сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Правила дополнены главой 5 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены главой 5 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 18</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 41 предусматривается исключить приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z434" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Физическое лицо, прошедшее оценку профессиональной подготовленности выпускников образовательных программ в сфере санитарно-эпидемиологического благополучия населения, оценку профессиональной подготовленности специалистов, проводимой организацией по оценке, в соответствии с Правилами оценки знаний и навыков, допускается к сертификации специалиста в сфере санитарно-эпидемиологического благополучия населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z435" w:id="89"/>
+    <w:bookmarkStart w:name="z435" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Сертификация специалистов в сфере санитарно-эпидемиологического благополучия населения проводится согласно Перечню специальностей и специализаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z436" w:id="90"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z436" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Физическое лицо, получившие медицинское образование за пределами Республики Казахстан, допускается к сертификации, при условии признания его образования и (или) квалификации в соответствии с Правилами признания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z437" w:id="91"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 44 предусматривается исключить приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Специалисты, имеющие перерыв трудовой деятельности по специальности более 5 (пяти) лет, для получения сертификата специалиста проходят повышение квалификации по заявляемой специализации в общем объеме не менее 180 часов (6 кредитов) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21847) (далее – Правила дополнительного образования), проходят оценку профессиональной подготовленности специалистов в области здравоохранении в соответствии с Правилами оценки знаний и навыков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z438" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 45 предусматривается исключить приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Для подтверждения действия сертификата, специалисты с высшим, послевузовским, средним (техническим и профессиональным) образованием, проходят повышение квалификации по заявляемой специализации в общем объеме не менее 120 часов (4 кредита) в соответствии с Правилами дополнительного образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z439" w:id="93"/>
+    <w:bookmarkStart w:name="z439" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Государственная услуга "Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения" (далее – государственная услуга) оказывается территориальными департаментами Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан (далее – услугодатель) через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z440" w:id="94"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z440" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в перечне основных требований к оказанию государственной услуги "Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения" (далее – Перечень №3) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z441" w:id="95"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z441" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Для получения сертификата, выдаваемого по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, физическое лицо (далее – услугополучатель) направляет услугодателю через портал документы согласно пункту 8 Перечня №3.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z442" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z443" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 50 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в течение 2 (двух) рабочих дней со дня регистрации представленных документов готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z445" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мотивированный отказ в дальнейшем рассмотрении заявления, подписанный ЭЦП руководителя услугодателя, направляется услугополучателю в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z446" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. При предоставлении услугополучателем полного пакета документов услугодатель в течении 5 (пяти) рабочих дней рассматривает документы, указанные в пункте 8 Перечня №3, на соответствие требованиям настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z447" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При положительном заключении услугодатель оформляет и выдает сертификат специалиста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 52 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. При отрицательном заключении услугодатель в течение 1 (одного) рабочего дня подготавливает и направляет уведомление услугополучателя о мотивированном отказе в оказании государственной услуги, а также о возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z449" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление направляется должностным лицом услугодателя в соответствии со статьей 73 Административного процедурно-процессуального кодекса Республики Казахстан не менее чем за 3 (три) рабочих дня до окончания услуги. Услугополучатель вправе предоставить или высказать возражение к предварительному решению услугодателя в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z450" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам проведения заслушивания услугодатель оформляет и выдает разрешение либо направляет мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z451" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Результатом оказания государственной услуги является сертификат либо мотивированный отказ в оказании государственной услуги, который оформляется в электронной форме, удостоверяется ЭЦП уполномоченного лица услугодателя, направляется на портал и хранится в "личном кабинете" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z452" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Услугодатель из соответствующих государственных информационных систем через шлюз "электронного правительства" получает сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z453" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличии высшего и (или) послевузовского образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z454" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличии среднего (технического и профессионального) образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z455" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) изменении имени, отчества (при его наличии), фамилии или о заключении брака (супружества) или о расторжении брака (супружества), для услогополучателей, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z442" w:id="96"/>
-[...15 lines deleted...]
-      49. Услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+    <w:bookmarkStart w:name="z456" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличии действующего сертификата по заявляемой специальности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z443" w:id="97"/>
-[...15 lines deleted...]
-      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+    <w:bookmarkStart w:name="z457" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Для подтверждения сертификата, направляет услугодателю через портал документы согласно пункту 8 Перечня №3.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z444" w:id="98"/>
-[...15 lines deleted...]
-      50. При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в течение 2 (двух) рабочих дней со дня регистрации представленных документов готовит и направляет мотивированный отказ в дальнейшем рассмотрении заявления.</w:t>
+    <w:bookmarkStart w:name="z458" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель осуществляет аналогичные процедуры, предусмотренные пунктами 48 – 52 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z445" w:id="99"/>
-[...15 lines deleted...]
-      Мотивированный отказ в дальнейшем рассмотрении заявления, подписанный ЭЦП руководителя услугодателя, направляется услугополучателю в форме электронного документа.</w:t>
+    <w:bookmarkStart w:name="z459" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Переоформление сертификата осуществляется, в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z446" w:id="100"/>
-[...15 lines deleted...]
-      51. При предоставлении услугополучателем полного пакета документов услугодатель в течении 5 (пяти) рабочих дней рассматривает документы, указанные в пункте 8 Перечня №3, на соответствие требованиям настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z460" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявления в документе ошибок (опечаток);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z447" w:id="101"/>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z461" w:id="115"/>
+    <w:bookmarkStart w:name="z461" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) изменения фамилии, имени, отчества (при его наличии); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z462" w:id="116"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z462" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличия требования о переоформлении в законах Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z463" w:id="117"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z463" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. По основаниям, предусмотренным пунктом 54 настоящих Правил, при переоформлении сертификата услугополучатель направляет услугодателю через портал заявление по форме, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, и документы согласно пункту 8 Перечня №3. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z464" w:id="118"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z464" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель осуществляет аналогичные процедуры, предусмотренные пунктами 48 – 52 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z465" w:id="119"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z465" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. При предусмотренных в пункте 56 настоящих Правил, переоформление сертификата специалиста проводится с обязательным указанием сведений о ранее выданном сертификате специалиста.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z466" w:id="120"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z466" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Услугодатель отказывает в переоформлении сертификата специалиста, инициированном по основаниям, предусмотренным пунктом 56 настоящих Правил, при непредставлении или ненадлежащего оформления подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 1 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4783,126 +6215,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Место проживания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="121"/>
+    <w:bookmarkStart w:name="z321" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z322" w:id="122"/>
+      <w:bookmarkStart w:name="z322" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас выдать сертификат специалиста в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4993,50 +6425,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Даю согласие на сбор и обработку персональных данных, необходимых</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 2 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5221,80 +6749,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z326" w:id="123"/>
+    <w:bookmarkStart w:name="z326" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата специалиста для допуска к клинической практике"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7770,1229 +9298,1229 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z564" w:id="124"/>
+    <w:bookmarkStart w:name="z564" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z565" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование заявляемой специальности или специализации ________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z566" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Медицинское образование ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z567" w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1. Образование (техническое и профессиональное образование, послесреднее,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>высшее образование) (электронная копия диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z568" w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2. Признание диплома (для лиц получивших медицинское образование за пределами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан) (электронная копия документа о признании)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z569" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страна обучения __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z570" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование организации образования __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z571" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган выдавший удостоверение признания ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z572" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Номер приказа признания _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z573" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер признания ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z574" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи удостоверения признания __________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z575" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3 Уровень квалификации* ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z576" w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о специальности интернатуры (при его наличии), клинической ординатуры,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>резидентуры по заявляемой специальности (для специалистов с высшим медицинским</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образованием) (электронная копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z577" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Специальность интернатуры ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z578" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Специальность клинической ординатуры ___________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z565" w:id="125"/>
-[...15 lines deleted...]
-      1. Наименование заявляемой специальности или специализации ________</w:t>
+    <w:bookmarkStart w:name="z579" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Специальность резидентуры _____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z566" w:id="126"/>
-[...15 lines deleted...]
-      2. Медицинское образование ___________</w:t>
+    <w:bookmarkStart w:name="z580" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Специальность магистратуры ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:p>
-[...15 lines deleted...]
-      2.1. Образование (техническое и профессиональное образование, послесреднее,</w:t>
+    <w:bookmarkStart w:name="z581" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.5. Специальность докторантуры ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:p>
-[...32 lines deleted...]
-      2.2. Признание диплома (для лиц получивших медицинское образование за пределами</w:t>
+    <w:bookmarkStart w:name="z582" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о переподготовке (полученное до 1 января до 2021 года)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      Страна обучения __________________</w:t>
+      <w:bookmarkStart w:name="z583" w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (для лиц подтверждающих сертификат специалиста по заявляемой специальности)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z570" w:id="130"/>
-[...15 lines deleted...]
-      Полное наименование организации образования __________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(электронная копия документа) (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z584" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Номер удостоверения по переподготовке __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z571" w:id="131"/>
-[...15 lines deleted...]
-      Орган выдавший удостоверение признания ______________</w:t>
+    <w:bookmarkStart w:name="z585" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Специальность переподготовки ______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z572" w:id="132"/>
-[...15 lines deleted...]
-      Номер приказа признания _____________</w:t>
+    <w:bookmarkStart w:name="z586" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3. Название обучающей организации _____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z573" w:id="133"/>
-[...15 lines deleted...]
-      Регистрационный номер признания ________________</w:t>
+    <w:bookmarkStart w:name="z587" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.4. Объем обучения в часах _______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z574" w:id="134"/>
-[...15 lines deleted...]
-      Дата выдачи удостоверения признания __________</w:t>
+    <w:bookmarkStart w:name="z588" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5. Начало обучения _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z575" w:id="135"/>
-[...15 lines deleted...]
-      2.3 Уровень квалификации* ______________________________________</w:t>
+    <w:bookmarkStart w:name="z589" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.6. Окончание обучения _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z576" w:id="136"/>
-[...9 lines deleted...]
-      3. Сведения о специальности интернатуры (при его наличии), клинической ординатуры,</w:t>
+      <w:bookmarkStart w:name="z590" w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о сертификационном курсе (электронная копия документа)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>резидентуры по заявляемой специальности (для специалистов с высшим медицинским</w:t>
-[...35 lines deleted...]
-      3.1. Специальность интернатуры ___________</w:t>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z591" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Номер свидетельство о сертификационном курсе ________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z578" w:id="138"/>
-[...15 lines deleted...]
-      3.2. Специальность клинической ординатуры ___________</w:t>
+    <w:bookmarkStart w:name="z592" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Сертификационный курс по специализации __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z579" w:id="139"/>
-[...15 lines deleted...]
-      3.3. Специальность резидентуры _____________</w:t>
+    <w:bookmarkStart w:name="z593" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Название обучающей организации ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z580" w:id="140"/>
-[...15 lines deleted...]
-      3.4. Специальность магистратуры ________________</w:t>
+    <w:bookmarkStart w:name="z594" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.4. Объем обучения в кредитах ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z581" w:id="141"/>
-[...15 lines deleted...]
-      3.5. Специальность докторантуры ________________</w:t>
+    <w:bookmarkStart w:name="z595" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.5. Начало обучения __________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z582" w:id="142"/>
-[...15 lines deleted...]
-      4. Сведения о переподготовке (полученное до 1 января до 2021 года)</w:t>
+    <w:bookmarkStart w:name="z596" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.6. Окончание обучения _____________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z583" w:id="143"/>
-[...9 lines deleted...]
-      (для лиц подтверждающих сертификат специалиста по заявляемой специальности)</w:t>
+      <w:bookmarkStart w:name="z597" w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о действующем сертификате специалиста, для допуска к клинической практике</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(электронная копия документа) (при его наличии)</w:t>
-[...18 lines deleted...]
-      4.1. Номер удостоверения по переподготовке __________</w:t>
+        <w:t>по заявляемой специальности или специализации (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z598" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.1. Дата и номер приказа _______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z585" w:id="145"/>
-[...15 lines deleted...]
-      4.2. Специальность переподготовки ______________</w:t>
+    <w:bookmarkStart w:name="z599" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.2. Номер и код административного документа, регистрационный номер__</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z586" w:id="146"/>
-[...15 lines deleted...]
-      4.3. Название обучающей организации _____________</w:t>
+    <w:bookmarkStart w:name="z600" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.3. Орган выдавший ____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z587" w:id="147"/>
-[...15 lines deleted...]
-      4.4. Объем обучения в часах _______________</w:t>
+    <w:bookmarkStart w:name="z601" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.4. Срок действия сертификата ____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z588" w:id="148"/>
-[...15 lines deleted...]
-      4.5. Начало обучения _________________</w:t>
+    <w:bookmarkStart w:name="z602" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.5. Специальность или специализация ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z589" w:id="149"/>
-[...15 lines deleted...]
-      4.6. Окончание обучения _________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z603" w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Результат оценки профессиональной подготовленности выпускников</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z590" w:id="150"/>
-[...9 lines deleted...]
-      5. Сведения о сертификационном курсе (электронная копия документа)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>образовательных программ в области здравоохранения и (или) оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>профессиональной подготовленности для специалистов в области здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________ (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z604" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сведения о настоящем месте работы _____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      5.1. Номер свидетельство о сертификационном курсе ________</w:t>
+      <w:bookmarkStart w:name="z605" w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.1. Стаж работы по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z592" w:id="152"/>
-[...15 lines deleted...]
-      5.2. Сертификационный курс по специализации __________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(лет, месяцев, дней) ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z606" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.2. Общий медицинский стаж (лет, месяцев, дней) ___________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z593" w:id="153"/>
-[...15 lines deleted...]
-      5.3. Название обучающей организации ________________</w:t>
+    <w:bookmarkStart w:name="z607" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.3. Место работы в настоящее время __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z594" w:id="154"/>
-[...15 lines deleted...]
-      5.4. Объем обучения в кредитах ________________</w:t>
+    <w:bookmarkStart w:name="z608" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.4. Занимаемая должность ______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z595" w:id="155"/>
-[...15 lines deleted...]
-      5.5. Начало обучения __________________</w:t>
+    <w:bookmarkStart w:name="z609" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.5. Трудовая деятельность по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z596" w:id="156"/>
-[...363 lines deleted...]
-    <w:bookmarkEnd w:id="169"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z610" w:id="170"/>
+          <w:bookmarkStart w:name="z610" w:id="156"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="170"/>
+          <w:bookmarkEnd w:id="156"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9329,290 +10857,386 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z624" w:id="171"/>
+    <w:bookmarkStart w:name="z624" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Повышение квалификации за последние 5 лет по заявляемой специальности или специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z625" w:id="172"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z625" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о свидетельстве повышения квалификации по заявляемой специальности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z626" w:id="173"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z626" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       или специализации ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z627" w:id="174"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z627" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер свидетельства о повышении квалификации ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z628" w:id="175"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z628" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование цикла ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z629" w:id="176"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z629" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) название обучающей организации ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z630" w:id="177"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z630" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) начало обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z631" w:id="178"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z631" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) окончание обучения _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z632" w:id="179"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z632" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объем обучения в кредитах (в часах) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z633" w:id="180"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z633" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сведения о наличии либо отсутствии запрета на осуществление медицинской деятельностью по заявляемой специальности или специализации согласно данным из информационного сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан _____.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z634" w:id="181"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z634" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: *Уровень квалификации указывается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> МЗ РК от 20 декабря 2020 года № ҚР ДСМ -283/2020 "Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровней квалификации работников здравоохранения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9847,117 +11471,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z334" w:id="182"/>
+    <w:bookmarkStart w:name="z334" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 в редакции приказа Министра здравоохранения РК от 26.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11603,50 +13234,135 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 4 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11946,112 +13662,112 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="183"/>
+    <w:bookmarkStart w:name="z342" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат специалиста в области здравоохранения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z343" w:id="184"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z343" w:id="170"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       действительно получил (получила) настоящий сертификат специалиста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для осуществления медицинской деятельности и допуска к клинической практике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12176,50 +13892,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата выдачи "____" ___________ 20 ___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12651,126 +14463,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Контактный телефон</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z347" w:id="185"/>
+    <w:bookmarkStart w:name="z347" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о выдаче сертификата иностранному специалисту для допуска к клинической практике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 5 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z635" w:id="186"/>
+      <w:bookmarkStart w:name="z635" w:id="172"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать сертификат специалиста для допуска к клинической практике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12852,64 +14664,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Уровень квалификации ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z636" w:id="187"/>
+      <w:bookmarkStart w:name="z636" w:id="173"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения об организации здравоохранения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Форма собственности _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13000,50 +14812,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Даю согласие на сбор и обработку персональных данных, необходимых</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 6 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13293,80 +15201,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="188"/>
+    <w:bookmarkStart w:name="z352" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата иностранному специалисту для допуска к клинической практике"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15574,1216 +17482,1216 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z639" w:id="189"/>
+    <w:bookmarkStart w:name="z639" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z640" w:id="190"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z640" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование заявляемой специальности или специализации ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z641" w:id="191"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z641" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сведения о разрешении на привлечение иностранной рабочей силы, выданное работодателю (организация здравоохранения), местным исполнительным органом областей, городов республиканского значения и столицы (не предоставляется иностранными специалистами, постоянно проживающими в Республике Казахстан, а также иностранными работниками, являющимися гражданами государств-участников </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Договора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года) __________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z642" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения об организации здравоохранения______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z643" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Наименование организации здравоохранения_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z644" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Форма собственности_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z645" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Адрес организации______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z646" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Данные о филиалах и представительствах___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z647" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Медицинское образование ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z648" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Образование (техническое и профессиональное образование, послесреднее, высшее образование) (электронная копия диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z649" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Признание диплома (для лиц получивших медицинское образование за пределами Республики Казахстан) (электронная копия документа о признании)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z650" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страна обучения __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z651" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование организации образования __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z652" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган выдавший удостоверение признания ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z653" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Номер приказа признания _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z654" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер признания ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z655" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи удостоверения признания __________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z642" w:id="192"/>
-[...15 lines deleted...]
-      3. Сведения об организации здравоохранения______________</w:t>
+    <w:bookmarkStart w:name="z656" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о специальности интернатуры (при его наличии), клинической ординатуры, резидентуры по заявляемой специальности (для специалистов с высшим медицинским образованием) (электронная копия документа);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z643" w:id="193"/>
-[...15 lines deleted...]
-      3.1. Наименование организации здравоохранения_______________</w:t>
+    <w:bookmarkStart w:name="z657" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Специальность интернатуры ___________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z644" w:id="194"/>
-[...15 lines deleted...]
-      3.2. Форма собственности_______________</w:t>
+    <w:bookmarkStart w:name="z658" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Специальность клинической ординатуры ___________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z645" w:id="195"/>
-[...15 lines deleted...]
-      3.3. Адрес организации______________</w:t>
+    <w:bookmarkStart w:name="z659" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Специальность резидентуры _____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z646" w:id="196"/>
-[...15 lines deleted...]
-      3.4. Данные о филиалах и представительствах___________________</w:t>
+    <w:bookmarkStart w:name="z660" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.4. Специальность магистратуры ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z647" w:id="197"/>
-[...15 lines deleted...]
-      4. Медицинское образование ___________</w:t>
+    <w:bookmarkStart w:name="z661" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.5. Специальность докторантуры ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z648" w:id="198"/>
-[...15 lines deleted...]
-      4.1. Образование (техническое и профессиональное образование, послесреднее, высшее образование) (электронная копия диплома)</w:t>
+    <w:bookmarkStart w:name="z662" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.6 Уровень квалификации* ___________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z649" w:id="199"/>
-[...15 lines deleted...]
-      4.2. Признание диплома (для лиц получивших медицинское образование за пределами Республики Казахстан) (электронная копия документа о признании)</w:t>
+    <w:bookmarkStart w:name="z663" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о переподготовке (полученное до 1 января до 2021 года) (для лиц подтверждающих сертификат специалиста по заявляемой специальности) (электронная копия документа) (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z650" w:id="200"/>
-[...15 lines deleted...]
-      Страна обучения __________________</w:t>
+    <w:bookmarkStart w:name="z664" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.1. Номер удостоверения по переподготовке __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z651" w:id="201"/>
-[...15 lines deleted...]
-      Полное наименование организации образования __________________</w:t>
+    <w:bookmarkStart w:name="z665" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.2. Специальность переподготовки ______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z652" w:id="202"/>
-[...15 lines deleted...]
-      Орган выдавший удостоверение признания ______________</w:t>
+    <w:bookmarkStart w:name="z666" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.3. Название обучающей организации _____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z653" w:id="203"/>
-[...15 lines deleted...]
-      Номер приказа признания _____________</w:t>
+    <w:bookmarkStart w:name="z667" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.4. Объем обучения в часах _______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z654" w:id="204"/>
-[...15 lines deleted...]
-      Регистрационный номер признания ________________</w:t>
+    <w:bookmarkStart w:name="z668" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.5. Начало обучения _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z655" w:id="205"/>
-[...15 lines deleted...]
-      Дата выдачи удостоверения признания __________</w:t>
+    <w:bookmarkStart w:name="z669" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.6. Окончание обучения _________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z656" w:id="206"/>
-[...15 lines deleted...]
-      5. Сведения о специальности интернатуры (при его наличии), клинической ординатуры, резидентуры по заявляемой специальности (для специалистов с высшим медицинским образованием) (электронная копия документа);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z670" w:id="206"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Сведения о сертификационном курсе (электронная копия документа)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z657" w:id="207"/>
-[...15 lines deleted...]
-      5.1. Специальность интернатуры ___________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z671" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.1. Номер свидетельство о сертификационном курсе ________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z658" w:id="208"/>
-[...15 lines deleted...]
-      5.2. Специальность клинической ординатуры ___________</w:t>
+    <w:bookmarkStart w:name="z672" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.2. Сертификационный курс по специализации __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z659" w:id="209"/>
-[...15 lines deleted...]
-      5.3. Специальность резидентуры _____________</w:t>
+    <w:bookmarkStart w:name="z673" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.3. Название обучающей организации ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z660" w:id="210"/>
-[...15 lines deleted...]
-      5.4. Специальность магистратуры ________________</w:t>
+    <w:bookmarkStart w:name="z674" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.4. Объем обучения в кредитах ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z661" w:id="211"/>
-[...15 lines deleted...]
-      5.5. Специальность докторантуры ________________</w:t>
+    <w:bookmarkStart w:name="z675" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.5. Начало обучения __________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z662" w:id="212"/>
-[...15 lines deleted...]
-      5.6 Уровень квалификации* ___________________________________</w:t>
+    <w:bookmarkStart w:name="z676" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.6. Окончание обучения _____________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z663" w:id="213"/>
-[...15 lines deleted...]
-      6. Сведения о переподготовке (полученное до 1 января до 2021 года) (для лиц подтверждающих сертификат специалиста по заявляемой специальности) (электронная копия документа) (при его наличии)</w:t>
+    <w:bookmarkStart w:name="z677" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сведения о действующем сертификате специалиста, для допуска к клинической практике по заявляемой специальности или специализации (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z664" w:id="214"/>
-[...15 lines deleted...]
-      6.1. Номер удостоверения по переподготовке __________</w:t>
+    <w:bookmarkStart w:name="z678" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.1. Дата и номер приказа _______________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z665" w:id="215"/>
-[...15 lines deleted...]
-      6.2. Специальность переподготовки ______________</w:t>
+    <w:bookmarkStart w:name="z679" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.2. Номер и код административного документа, регистрационный номер __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z666" w:id="216"/>
-[...15 lines deleted...]
-      6.3. Название обучающей организации _____________</w:t>
+    <w:bookmarkStart w:name="z680" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.3. Орган выдавший ____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z667" w:id="217"/>
-[...15 lines deleted...]
-      6.4. Объем обучения в часах _______________</w:t>
+    <w:bookmarkStart w:name="z681" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.4. Срок действия сертификата ____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z668" w:id="218"/>
-[...15 lines deleted...]
-      6.5. Начало обучения _________________</w:t>
+    <w:bookmarkStart w:name="z682" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.5. Специальность или специализация ________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z669" w:id="219"/>
-[...15 lines deleted...]
-      6.6. Окончание обучения _________________</w:t>
+    <w:bookmarkStart w:name="z683" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Результат оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и (или) оценки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:p>
-[...15 lines deleted...]
-      7. Сведения о сертификационном курсе (электронная копия документа)</w:t>
+    <w:bookmarkStart w:name="z684" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      профессиональной подготовленности для специалистов в области здравоохранения ____________________ (при его наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:p>
-[...32 lines deleted...]
-      7.1. Номер свидетельство о сертификационном курсе ________</w:t>
+    <w:bookmarkStart w:name="z685" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Сведения о настоящем месте работы _____________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z672" w:id="222"/>
-[...15 lines deleted...]
-      7.2. Сертификационный курс по специализации __________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z686" w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.1. Стаж работы по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z673" w:id="223"/>
-[...15 lines deleted...]
-      7.3. Название обучающей организации ________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(лет, месяцев, дней) ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z687" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.2. Общий медицинский стаж (лет, месяцев, дней) ___________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z674" w:id="224"/>
-[...15 lines deleted...]
-      7.4. Объем обучения в кредитах ________________</w:t>
+    <w:bookmarkStart w:name="z688" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.3. Место работы в настоящее время __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z675" w:id="225"/>
-[...15 lines deleted...]
-      7.5. Начало обучения __________________</w:t>
+    <w:bookmarkStart w:name="z689" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.4. Занимаемая должность ______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z676" w:id="226"/>
-[...15 lines deleted...]
-      7.6. Окончание обучения _____________________</w:t>
+    <w:bookmarkStart w:name="z690" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10.5. Трудовая деятельность по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z677" w:id="227"/>
-[...295 lines deleted...]
-    <w:bookmarkEnd w:id="240"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z691" w:id="241"/>
+          <w:bookmarkStart w:name="z691" w:id="227"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="241"/>
+          <w:bookmarkEnd w:id="227"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -17120,290 +19028,386 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z705" w:id="242"/>
+    <w:bookmarkStart w:name="z705" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Повышение квалификации за последние 5 лет по заявляемой специальности или специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z706" w:id="243"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z706" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о свидетельстве повышения квалификации по заявляемой специальности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z707" w:id="244"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z707" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       или специализации ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z708" w:id="245"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z708" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер свидетельства о повышении квалификации ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z709" w:id="246"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z709" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование цикла ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z710" w:id="247"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z710" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) название обучающей организации ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z711" w:id="248"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z711" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) начало обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z712" w:id="249"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z712" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) окончание обучения _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z713" w:id="250"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z713" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объем обучения в кредитах (в часах) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z714" w:id="251"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z714" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сведения о наличии либо отсутствии запрета на осуществление медицинской деятельностью по заявляемой специальности или специализации согласно данным из информационного сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан _____.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z715" w:id="252"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z715" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: *Уровень квалификации указывается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> МЗ РК от 20 декабря 2020 года ҚР ДСМ -№ 248 "Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровней квалификации работников здравоохранения".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 7 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17716,92 +19720,92 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z355" w:id="253"/>
+    <w:bookmarkStart w:name="z355" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат иностранного специалиста для допуска к клинической практике</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       действительно получил (получила) настоящий сертификат иностранного специалиста</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17927,50 +19931,146 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата выдачи "____" ___________ 20 ___ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись руководителя_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 8 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18220,80 +20320,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z468" w:id="254"/>
+    <w:bookmarkStart w:name="z468" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 8 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18307,50 +20407,57 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 26.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -20058,50 +22165,135 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе: gov.egov.kz. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 9 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20401,68 +22593,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z471" w:id="255"/>
+    <w:bookmarkStart w:name="z471" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сертификат специалиста в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 9 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20646,50 +22838,146 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подтверждения сертификата "____" ___________ 20 ___ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подтверждении/переоформлении сертификата указывается № _______НИКАД</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 10 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20926,68 +23214,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z473" w:id="256"/>
+    <w:bookmarkStart w:name="z473" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление для переоформления сертификата специалиста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 10 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21402,50 +23690,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись число, месяц, год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 11 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21903,68 +24287,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Место проживания____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z476" w:id="257"/>
+    <w:bookmarkStart w:name="z476" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 11 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22148,50 +24532,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись число, месяц, год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 12 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22441,1020 +24921,1020 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>здравоохранения за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z478" w:id="258"/>
+    <w:bookmarkStart w:name="z478" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 12 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z479" w:id="259"/>
+    <w:bookmarkStart w:name="z479" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Результат оценки профессиональной подготовленности и подтверждения соответствия квалификации специалистов для специалистов в сфере санитарно-эпидемиологического благополучия населения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z480" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Наименование заявляемой специальности__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z481" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Наименование заявляемой специализации__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z482" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Орган выдавший заключение оценки______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z483" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Число, месяц, год получения заключения оценки____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z484" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Образование_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z485" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1. Образование (среднее образование, после среднее образование, техническое и профессиональное образование, высшее образование) (сканированная копия диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z486" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2. Номер диплома_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z487" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3. Серия диплома__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z488" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4. Полное наименование организации образования_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z489" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.5. Страна обучения________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z490" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.6. Год поступления________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z491" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.7. Год окончания__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z492" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.8. Специальность по диплому_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z493" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.9. Квалификация по диплому________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z480" w:id="260"/>
-[...15 lines deleted...]
-      1.1. Наименование заявляемой специальности__________________________</w:t>
+    <w:bookmarkStart w:name="z494" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.10. Нострификация и признание диплома (для лиц получивших образование за пределами Республики Казахстан) (сканированная копия документа о нострификации)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z481" w:id="261"/>
-[...15 lines deleted...]
-      1.2. Наименование заявляемой специализации__________________________</w:t>
+    <w:bookmarkStart w:name="z495" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страна обучения___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z482" w:id="262"/>
-[...15 lines deleted...]
-      1.3. Орган выдавший заключение оценки______________________________</w:t>
+    <w:bookmarkStart w:name="z496" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование организации образования________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z483" w:id="263"/>
-[...15 lines deleted...]
-      1.4. Число, месяц, год получения заключения оценки____________________</w:t>
+    <w:bookmarkStart w:name="z497" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган выдавший удостоверение о нострификации_______________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z484" w:id="264"/>
-[...15 lines deleted...]
-      2. Образование_________________________________________</w:t>
+    <w:bookmarkStart w:name="z498" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Номер приказа нострификации_______________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z485" w:id="265"/>
-[...15 lines deleted...]
-      2.1. Образование (среднее образование, после среднее образование, техническое и профессиональное образование, высшее образование) (сканированная копия диплома)</w:t>
+    <w:bookmarkStart w:name="z499" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер нострификации_______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z486" w:id="266"/>
-[...15 lines deleted...]
-      2.2. Номер диплома_________________________________________________</w:t>
+    <w:bookmarkStart w:name="z500" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи удостоверения нострификации____________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z487" w:id="267"/>
-[...15 lines deleted...]
-      2.3. Серия диплома__________________________________________________</w:t>
+    <w:bookmarkStart w:name="z501" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о послевузовском образовании (магистратуры) (при наличии) по заявляемой специальности (для специалистов с высшим образованием) (сканированная копия документа)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z488" w:id="268"/>
-[...15 lines deleted...]
-      2.4. Полное наименование организации образования_____________________</w:t>
+    <w:bookmarkStart w:name="z502" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Специальность магистратуры______________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z489" w:id="269"/>
-[...15 lines deleted...]
-      2.5. Страна обучения________________________________________________</w:t>
+    <w:bookmarkStart w:name="z503" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Год поступления________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z490" w:id="270"/>
-[...15 lines deleted...]
-      2.6. Год поступления________________________________________________</w:t>
+    <w:bookmarkStart w:name="z504" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Год окончания__________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z491" w:id="271"/>
-[...15 lines deleted...]
-      2.7. Год окончания__________________________________________________</w:t>
+    <w:bookmarkStart w:name="z505" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Продолжительность обучения_____________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z492" w:id="272"/>
-[...15 lines deleted...]
-      2.8. Специальность по диплому_______________________________________</w:t>
+    <w:bookmarkStart w:name="z506" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.5. Объем обучения в часах__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z493" w:id="273"/>
-[...15 lines deleted...]
-      2.9. Квалификация по диплому________________________________________</w:t>
+    <w:bookmarkStart w:name="z507" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.6. Полное наименование организации_______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z494" w:id="274"/>
-[...15 lines deleted...]
-      2.10. Нострификация и признание диплома (для лиц получивших образование за пределами Республики Казахстан) (сканированная копия документа о нострификации)</w:t>
+    <w:bookmarkStart w:name="z508" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.7. Место прохождения магистратуры________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z495" w:id="275"/>
-[...15 lines deleted...]
-      Страна обучения___________________________________________________</w:t>
+    <w:bookmarkStart w:name="z509" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о свидетельстве о сертификационном курсе по заявляемой специализации (сканированная копия документа)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z496" w:id="276"/>
-[...15 lines deleted...]
-      Полное наименование организации образования________________________</w:t>
+    <w:bookmarkStart w:name="z510" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Номер свидетельства о сертификационном курсе _____________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z497" w:id="277"/>
-[...15 lines deleted...]
-      Орган выдавший удостоверение о нострификации_______________________</w:t>
+    <w:bookmarkStart w:name="z511" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Специализация сертификационного курса___________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z498" w:id="278"/>
-[...15 lines deleted...]
-      Номер приказа нострификации_______________________________________</w:t>
+    <w:bookmarkStart w:name="z512" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3. Название обучающей организации__________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z499" w:id="279"/>
-[...15 lines deleted...]
-      Регистрационный номер нострификации_______________________________</w:t>
+    <w:bookmarkStart w:name="z513" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.4. Объем обучения в часах___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z500" w:id="280"/>
-[...15 lines deleted...]
-      Дата выдачи удостоверения нострификации____________________________</w:t>
+    <w:bookmarkStart w:name="z514" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5. Начало обучения_________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z501" w:id="281"/>
-[...15 lines deleted...]
-      3. Сведения о послевузовском образовании (магистратуры) (при наличии) по заявляемой специальности (для специалистов с высшим образованием) (сканированная копия документа)</w:t>
+    <w:bookmarkStart w:name="z515" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.6. Окончание обучения______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z502" w:id="282"/>
-[...15 lines deleted...]
-      3.1. Специальность магистратуры______________________________________</w:t>
+    <w:bookmarkStart w:name="z516" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о настоящем месте работы_______________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z503" w:id="283"/>
-[...15 lines deleted...]
-      3.2. Год поступления________________________________________________</w:t>
+    <w:bookmarkStart w:name="z517" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Стаж работы по заявляемой специальности (лет, месяцев, дней) __________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z504" w:id="284"/>
-[...15 lines deleted...]
-      3.3. Год окончания__________________________________________________</w:t>
+    <w:bookmarkStart w:name="z518" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Место работы в настоящее время____________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z505" w:id="285"/>
-[...15 lines deleted...]
-      3.4. Продолжительность обучения_____________________________________</w:t>
+    <w:bookmarkStart w:name="z519" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Занимаемая должность____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z506" w:id="286"/>
-[...15 lines deleted...]
-      3.5. Объем обучения в часах__________________________________________</w:t>
+    <w:bookmarkStart w:name="z520" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.4. Трудовая деятельность по заявляемой специальности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z507" w:id="287"/>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="300"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z521" w:id="301"/>
+          <w:bookmarkStart w:name="z521" w:id="287"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="301"/>
+          <w:bookmarkEnd w:id="287"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23791,210 +26271,210 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z535" w:id="302"/>
+    <w:bookmarkStart w:name="z535" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Повышение квалификации за последние 5 лет по заявляемой специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z536" w:id="303"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z536" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о свидетельстве о повышении квалификации по заявляемой специальности_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z537" w:id="304"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z537" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер свидетельства о повышении квалификации_______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z538" w:id="305"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z538" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование цикла________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z539" w:id="306"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z539" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) название обучающей организации_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z540" w:id="307"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z540" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) начало обучения____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z541" w:id="308"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z541" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) окончание обучения_________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z542" w:id="309"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z542" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объем обучения в часах_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24086,349 +26566,349 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-274/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z233" w:id="310"/>
+    <w:bookmarkStart w:name="z233" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z234" w:id="311"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z234" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 29 июня 2015 года № 531 "Об утверждении Правил, сроков выдачи и отзыва свидетельства о присвоении квалификационной категории для специалистов в области здравоохранения, за исключением специалистов в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11787, опубликован 10 августа 2015 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z235" w:id="312"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z235" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 693 "Об утверждении Правил проведения сертификации специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12134, опубликован 6 октября 2015 года в Информационно-правовой системе "Әділет"); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z236" w:id="313"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z236" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 18 сентября 2015 года № 733 "Об утверждении Правил допуска иностранных специалистов к клинической практике, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в Национальном холдинге в области здравоохранения и его дочерних организациях, а также в "Назарбаев Университет" или его медицинских организациях, в медицинских организациях Управления делами Президента Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 94709, опубликован 29 октября 2015 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z237" w:id="314"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z237" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 5 июля 2016 года № 596 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 29 июня 2015 года № 531 "Об утверждении Правил выдачи и отзыва свидетельства о присвоении квалификационной категории для специалистов в области здравоохранения, за исключением специалистов в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14081, опубликован 11 августа 2016 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z238" w:id="315"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z238" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 26 мая 2017 года № 337 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 18 сентября 2015 года № 733 "Об утверждении Правил допуска иностранных специалистов к клинической практике, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в Национальном холдинге в области здравоохранения и его дочерних организациях, а также в "Назарбаев Университет" или его медицинских организациях, в медицинских организациях Управления делами Президента Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15272, опубликован 11 июля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z239" w:id="316"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z239" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 03 января 2018 года № 1 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20333, опубликован 13 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z240" w:id="317"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z240" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 17 мая 2019 года № ҚР ДСМ-81 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 18 сентября 2015 года № 733 "Об утверждении Правил допуска иностранных специалистов к клинической практике, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в Национальном холдинге в области здравоохранения и его дочерних организациях, а также в "Назарбаев Университет" или его медицинских организациях, в медицинских организациях Управления делами Президента Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18701, опубликован 30 мая 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z241" w:id="318"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z241" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24463,51 +26943,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов в области здравоохранения, в которые вносятся изменения, утвержденого приказом Министра здравоохранения Республики Казахстан от 4 апреля 2020 года № ҚР ДСМ-27/2020 "О внесении изменений в некоторые приказы в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20333, опубликован 13 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>