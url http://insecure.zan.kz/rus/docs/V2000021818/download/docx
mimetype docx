--- v1 (2025-11-26)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5041bac" w14:textId="5041bac">
+    <w:p w14:paraId="9c846a0" w14:textId="9c846a0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,192 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении правил проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан</w:t>
+        <w:t>Об утверждении Правил проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 декабря 2020 года № 21818.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Заголовок приказа предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 140</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 24.11.2022).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -351,389 +265,313 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить Правила проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...144 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы Министерства здравоохранения Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства здравоохранения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства здравоохранения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра здравоохранения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -994,840 +832,642 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-274/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правила проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок правил - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Заголовок правил предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...22 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила - в редакции приказа Министра здравоохранения РК от 15.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 24.11.2022).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z243" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие правила проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" (далее – Закон) и определяют порядок получения сертификата специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ ҚР ДСМ-134</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 24.11.2022).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z242" w:id="8"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z427" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер и код административного документа (далее – НИКАД) – номер, присваиваемый электронному документу государственной информационной системой разрешений и уведомлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z428" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оценка профессиональной подготовленности выпускников образовательных программ в области здравоохранения (далее – оценка профессиональной подготовленности) – процедура оценки знаний и навыков, проводимая в целях определения соответствия квалификации выпускника образовательных программ в области здравоохранения требованиям профессионального стандарта в области здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z429" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сертификат специалиста в области здравоохранения (далее – сертификат специалиста) – документ установленного образца, подтверждающий квалификацию физического лица и его готовность к профессиональной деятельности в области здравоохранения, включая готовность к клинической или фармацевтической практике, или деятельности в сфере санитарно-эпидемиологического благополучия населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z430" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сертификация специалиста в области здравоохранения (далее – сертификация) – процедура определения соответствия квалификации физического лица квалификационным требованиям, установленным отраслевой рамкой квалификаций и профессиональными стандартами в области здравоохранения, а также определение готовности к профессиональной деятельности в области здравоохранения, включая готовность к клинической или фармацевтической практике, или деятельности в сфере санитарно-эпидемиологического благополучия населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z431" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z432" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) специалист в сфере санитарно-эпидемиологического благополучия населения – физическое лицо, выполняющее трудовые обязанности, включающие в себя осуществление функции по санитарно-эпидемиологическому мониторингу, санитарно-эпидемиологической экспертизе, гигиеническому обучению, санитарно-эпидемиологическому аудиту, проведению дезинфекции, дезинсекции и дератизации, оценке степени рисков санитарно-эпидемиологического благополучия населения в организации в сфере санитарно-эпидемиологического благополучия населения или претендующий на получение сертификата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра здравоохранения РК от 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); вносятся изменения на казахском языке, текст на русском языке не меняется, в соответствии с приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сертификат специалиста подлежит подтверждению каждые 5 (пять) лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z250" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...19 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 2. Порядок проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...485 lines deleted...]
-    <w:bookmarkStart w:name="z251" w:id="16"/>
+    <w:bookmarkStart w:name="z251" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сертификацию проходят специалисты (далее – услугополучатели), прошедшие оценку профессиональной подготовленности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763) (далее – Правила оценки знаний и навыков) согласно уровня квалификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z252" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z252" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучателем, не претендующим на присвоение или подтверждение уровня квалификации, результат оценки профессиональной подготовленности не предоставляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1846,51 +1486,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="18"/>
+    <w:bookmarkStart w:name="z253" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Услугополучатели, получившие медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан, допускаются к сертификации, при условии признания их образования и (или) квалификации в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1905,51 +1545,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, послесреднем образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33219) и Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800) (далее – Правила признания).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1968,170 +1608,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z254" w:id="19"/>
+    <w:bookmarkStart w:name="z254" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Услугополучатель для прохождения сертификации и подтверждения действующего сертификата специалиста через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал) направляет территориальному департаменту Комитета медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан (далее – услугодатель) заявление по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z544" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z544" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугополучатель с медицинским образованием предоставляет документы и сведения в соответствии с перечнем, установленным в пункте 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата специалиста для допуска к клинической практике", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень № 1).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z545" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z545" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугополучатель с фармацевтическим образованием предоставляет документы и сведения в соответствии с перечнем, установленным в пункте 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень № 2).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2150,110 +1790,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="22"/>
+    <w:bookmarkStart w:name="z257" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Документы и сведения на подтверждение действующего сертификата специалиста представляются услугополучателем не ранее, чем за 30 (тридцать) календарных дней до окончания срока его действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z258" w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z258" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Сертификат специалиста выдается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-218/2020 "Об утверждении перечня специальностей и специализаций, подлежащих сертификации специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21699) (далее – Перечень специальностей и специализаций).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2271,545 +1911,394 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...77 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z259" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Услугодатель из сервиса цифровых документов через реализованную интеграцию (далее – сервис) при условии согласия услугополучателя (владельца документа), предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства", получает сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z547" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z717" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии высшего и (или) послевузовского образования в области здравоохранения (для услугополучателей, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z548" w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z718" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии среднего (технического и профессионального), послесреднего образования в области здравоохранения (для услугополучателей, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z549" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z719" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии действующего сертификата специалиста по заявляемой специальности или специализации в области здравоохранения и уровня квалификации (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z550" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z720" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перемене имени, отчества (при его наличии), фамилии или о заключении брака (супружества), или о расторжении брака (супружества), для услугополучателей, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z552" w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z721" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о результате оценки профессиональной подготовленности, полученном в соответствии с Правилами оценки знаний и навыков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z722" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       подтверждающие трудовую деятельность услугополучателя в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (при наличии в сервисе сведений о профилях работников и учета трудовых договоров);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z553" w:id="30"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z723" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по документам, подтверждающим результаты непрерывного профессионального развития работников системы здравоохранения (при наличии сведений в сервисе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z724" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о свидетельстве о сертификационном курсе с приложением по специализации (транскрипт) (для услугополучателей, претендующих на получение сертификата специалиста по специализации) (при наличии сведений в сервисе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z725" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из информационного сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о наличии либо отсутствии запрета на осуществление медицинской и (или) фармацевтической деятельности по заявляемой специальности или специализации (при наличии сведений в сервисе).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z554" w:id="31"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z726" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование от услугополучателей документов и сведений, которые получены из информационных систем, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 23</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="32"/>
+    <w:bookmarkStart w:name="z268" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Услугодатель в день поступления документов и сведений осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z269" w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z269" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателем после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z270" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Услугодатель в течение 2 (двух) рабочих дней с момента регистрации документов и сведений услугополучателя, поступивших через портал, проверяет полноту представленных документов и сведений, согласно пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2824,51 +2313,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня № 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z271" w:id="34"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z727" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При установлении факта неполноты представленных документов и сведений согласно пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2880,557 +2370,617 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> или пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня № 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, и (или) документов с истекшим сроком действия, услугодатель в течение 2 (двух) рабочих дней направляет мотивированный отказ (в произвольной форме) в дальнейшем рассмотрении заявления, заверенный электронной цифровой подписью уполномоченного лица услугодателя. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z272" w:id="35"/>
+        <w:t>, и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z728" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документов с истекшим сроком действия, услугодатель в течение 2 (двух) рабочих дней направляет отказ (в произвольной форме) в приеме заявления, заверенный электронной цифровой подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z272" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. При установлении недостоверности представленных документов и (или) данных (сведений), содержащихся в них, а также несоответствия услугополучателя и (или) представленных документов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами, услугодатель в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК) предоставляет возможность услугополучателю выразить свою позицию к предварительному решению по административному делу, о котором услугополучатель уведомляется заранее, но не позднее чем за три рабочих дня до результата оказания государственной услуги (мотивированного отказа).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z273" w:id="36"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z273" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Услугополучатель предоставляет возражение к предварительному решению в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z274" w:id="37"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z274" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. При устном выражении услугополучателем своего возражения услугодатель ведет протокол заслушивания, который оформляет в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z275" w:id="38"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z275" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Услугодатель, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона предоставляет в доступной форме полную и достоверную информацию о перечне требуемых документов и сведений и оформления таких документов и сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z276" w:id="39"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z276" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии замечаний услугодатель аргументирует каждое замечание со ссылками на структурные элементы нормативных правовых актов, и предоставляет возможность услугополучателю выразить свою позицию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z277" w:id="40"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z277" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Государственная услуга "Выдача сертификата специалиста для допуска к клинической практике" и "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий" оказываются в течении 5 (пяти) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z278" w:id="41"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z278" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Результатом оказания государственных услуг является выдача сертификата специалиста в области здравоохранения по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z279" w:id="42"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z279" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Услугодатель вносит данные о стадии оказания государственных услуг в информационную систему мониторинга оказания государственных услуг в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z280" w:id="43"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z280" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Перечень основных требований к оказанию государственной услуги "Выдача сертификата специалиста для допуска к клинической практике", включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне № 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z281" w:id="44"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z281" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги "Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий", включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне № 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z282" w:id="45"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z282" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При внесении изменений и (или) дополнений в настоящие Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 10 (десяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z283" w:id="46"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z283" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок проведения сертификации, подтверждения действия сертификата иностранных специалистов в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z284" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Иностранец или лицо без гражданства, прибывшее или привлекаемое работодателем для осуществления медицинской деятельности на территории Республики Казахстан и не имеющий ранее сертификата специалиста в области здравоохранения (далее - иностранный специалист), прошедший оценку профессиональной подготовленности в соответствии с Правилами оценки знаний и навыков, проходит сертификацию для получения сертификата иностранного специалиста для допуска к клинической практике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-    <w:bookmarkStart w:name="z285" w:id="47"/>
+    </w:p>
+    <w:bookmarkStart w:name="z285" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Иностранные специалисты, получившие медицинское образование за пределами Республики Казахстан, допускаются к сертификации, при условии признания их образования и (или) квалификации в соответствии с Правилами признания, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в "Назарбаев Университет" или его медицинские организации, в медицинские организации Управления делами Президента Республики Казахстан, а также с целью обучения в организации высшего и (или) послевузовского образования, национальные и научные центры, научно-исследовательские институты и высшие медицинские колледжи, реализующие образовательные учебные программы дополнительного образования и прошедшие институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, на базе аккредитованных университетских больниц, клиник организаций образования в области здравоохранения и базе резидентуры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z286" w:id="48"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z286" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Иностранный специалист по месту осуществления основной трудовой деятельности направляет услугодателю через портал заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3445,231 +2995,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам документы и сведения, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – Перечень № 3).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z287" w:id="49"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z287" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подтверждении сертификата специалиста в области здравоохранения иностранный специалист направляет документы и сведения услугодателю не ранее, чем за 30 (тридцать) календарных дней до окончания срока действия сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z288" w:id="50"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z288" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Услугодатель из сервиса при условии согласия иностранного специалиста, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства" получает сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z556" w:id="51"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z556" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии на территории Республики Казахстан высшего и (или) послевузовского образования в области здравоохранения (для иностранных специалистов, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z557" w:id="52"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z557" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии на территории Республики Казахстан среднего (технического и профессионального), после среднего образования в области здравоохранения (для иностранных специалистов, окончивших обучение после 2012 года) (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z558" w:id="53"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z558" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о наличии действующего сертификата в области здравоохранения по заявляемой специальности или специализации, уровня квалификации (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z559" w:id="54"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z559" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       о перемене имени, отчества (при его наличии), фамилии или о заключении брака (супружества), или о расторжении брака (супружества) на территории Республики Казахстан, для иностранных специалистов, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании (при наличии сведений в сервисе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z560" w:id="55"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z560" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       о результате оценки профессиональной подготовленности специалиста, полученной в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки знаний и навыков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z561" w:id="56"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z561" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Истребование от иностранного специалиста документов и сведений, которые могут быть получены из информационных систем, не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3688,2104 +3238,1766 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z295" w:id="57"/>
+    <w:bookmarkStart w:name="z295" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Услугодатель в день поступления документов и сведений осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z296" w:id="58"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z296" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении иностранного специалиста после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z297" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Услугодатель в течение 2 (двух) рабочих дней с момента регистрации документов и сведений иностранного специалиста, поступивших через портал, проверяет полноту представленных документов и сведений, согласно пункту 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечня № 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z298" w:id="59"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z729" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При установлении факта неполноты представленных документов и сведений согласно перечню, предусмотренному пунктом 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике", и (или) документов с истекшим сроком действия услугодатель в течение 2 (двух) рабочих дней направляет мотивированный отказ (в произвольной форме) в дальнейшем рассмотрении заявления, заверенный электронной цифровой подписью уполномоченного лица услугодателя. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z299" w:id="60"/>
+      При установлении факта неполноты представленных документов и сведений согласно перечню, предусмотренному пунктом 8 перечня основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике", и (или) документов с истекшим сроком действия услугодатель в течение 2 (двух) рабочих дней направляет отказ (в произвольной форме) в приеме заявления, заверенный электронной цифровой подписью уполномоченного лица услугодателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z299" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. При установлении недостоверности представленных документов и (или) данных (сведений), содержащихся в них, а также несоответствия иностранного специалиста и (или) представленных документов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами, услугодатель в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> АППК предоставляет возможность иностранному специалисту выразить свою позицию к предварительному решению по административному делу, о котором иностранный специалист уведомляется заранее, но не позднее чем за три рабочих дня до результата оказания государственной услуги (мотивированного отказа).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z300" w:id="61"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z300" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Иностранный специалист предоставляет возражение к предварительному решению в срок не позднее двух рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z301" w:id="62"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z301" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. При устном выражении иностранным специалистом своего возражения услугодатель ведет протокол заслушивания, который оформляет в соответствии со статьей 74 АППК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z302" w:id="63"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z302" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Услугодатель, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 21 Закона предоставляет в доступной форме полную и достоверную информацию о перечне требуемых документов и сведений и оформления таких документов и сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z303" w:id="64"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z303" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии замечаний услугодатель аргументирует каждое замечание со ссылками на структурные элементы нормативных правовых актов, и предоставляет возможность иностранному специалисту выразить свою позицию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z304" w:id="65"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z304" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Государственная услуга "Выдача сертификата иностранному специалисту для допуска к клинической практике" оказывается в течение 5 (пяти) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z305" w:id="66"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z305" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Результатом оказания государственной услуги является выдача сертификат иностранного специалиста для допуска к клинической практике по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги в произвольной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z306" w:id="67"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z306" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Услугодатель вносит данные о стадии оказания государственных услуг в информационную систему мониторинга оказания государственных услуг в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z307" w:id="68"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z307" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Перечень основных требований к оказанию государственной услуги "Выдача сертификата иностранному специалисту для допуска к клинической практике", включающий характеристику процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей оказания государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне № 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z308" w:id="69"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z308" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. При внесении изменений и (или) дополнений в настоящие Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 10 (десяти) рабочих дней после государственной регистрации в органах юстиции соответствующего нормативного правового акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z309" w:id="70"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z309" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок обжалования результатов решений, действий (бездействия) услугодателя по вопросам сертификации специалиста в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z310" w:id="71"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z310" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Жалоба на решения, действия (бездействие) услугодателя и (или) их работников по вопросам оказания государственных услуг подается на имя руководителя услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z311" w:id="72"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z311" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Жалоба услугополучателя, поступившая в адрес непосредственно оказывающего государственную услугу услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z312" w:id="73"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z312" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Рассмотрение жалобы в досудебном порядке по вопросам оказания государственных услуг производится вышестоящим административным органом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z313" w:id="74"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z313" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Жалоба подается услугодателю, чье решение, действие (бездействие) обжалуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z314" w:id="75"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z314" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляет ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z315" w:id="76"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z315" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z316" w:id="77"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z316" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, то обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z433" w:id="78"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z433" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок выдачи, переоформления, подтверждение действия сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-[...16 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z434" w:id="91"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены главой 5 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 5 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...69 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. Исключен приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z435" w:id="79"/>
+    <w:bookmarkStart w:name="z435" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Сертификация специалистов в сфере санитарно-эпидемиологического благополучия населения проводится согласно Перечню специальностей и специализаций. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z436" w:id="80"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z436" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Физическое лицо, получившие медицинское образование за пределами Республики Казахстан, допускается к сертификации, при условии признания его образования и (или) квалификации в соответствии с Правилами признания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">44. Исключен приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 44 предусматривается исключить приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">45. Исключен приказом Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...151 lines deleted...]
-    <w:bookmarkStart w:name="z439" w:id="81"/>
+    <w:bookmarkStart w:name="z439" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Государственная услуга "Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения" (далее – государственная услуга) оказывается территориальными департаментами Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан (далее – услугодатель) через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz (далее – портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z440" w:id="82"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z440" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в перечне основных требований к оказанию государственной услуги "Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения" (далее – Перечень №3) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z441" w:id="83"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z441" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Для получения сертификата, выдаваемого по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, физическое лицо (далее – услугополучатель) направляет услугодателю через портал документы согласно пункту 8 Перечня №3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z442" w:id="84"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z442" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z443" w:id="85"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z443" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z444" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель в течение 2 (двух) рабочих дней со дня регистрации представленных документов готовит и направляет отказ в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z730" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Отказ в приеме заявления, подписанный ЭЦП руководителя услугодателя, направляется услугополучателю в форме электронного документа. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z446" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. При предоставлении услугополучателем полного пакета документов услугодатель в течении 5 (пяти) рабочих дней рассматривает документы, указанные в пункте 8 Перечня №3, на соответствие требованиям настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z447" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При положительном заключении услугодатель оформляет и выдает сертификат специалиста.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z448" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      52. При отрицательном заключении услугодатель в течение 1 (одного) рабочего дня подготавливает и направляет услугополучателю уведомление одним из способов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 66</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК) о мотивированном отказе в оказании государственной услуги, а также о возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z731" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уведомление направляется должностным лицом услугодателя в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АППК не менее чем за 3 (три) рабочих дня до окончания услуги. Услугополучатель вправе предоставить или высказать возражение к предварительному решению услугодателя в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z732" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      По результатам проведения заслушивания услугодатель оформляет и выдает разрешение либо направляет мотивированный ответ об отказе в оказании государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 50 предусматривается в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 52 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 140</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...231 lines deleted...]
-    <w:bookmarkStart w:name="z451" w:id="91"/>
+    <w:bookmarkStart w:name="z451" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Результатом оказания государственной услуги является сертификат либо мотивированный отказ в оказании государственной услуги, который оформляется в электронной форме, удостоверяется ЭЦП уполномоченного лица услугодателя, направляется на портал и хранится в "личном кабинете" услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z452" w:id="92"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z452" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Услугодатель из соответствующих государственных информационных систем через шлюз "электронного правительства" получает сведения о:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z453" w:id="93"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z453" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличии высшего и (или) послевузовского образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z454" w:id="94"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z454" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличии среднего (технического и профессионального) образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z455" w:id="95"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z455" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) изменении имени, отчества (при его наличии), фамилии или о заключении брака (супружества) или о расторжении брака (супружества), для услогополучателей, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z456" w:id="96"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z456" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наличии действующего сертификата по заявляемой специальности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z457" w:id="97"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z457" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Для подтверждения сертификата, направляет услугодателю через портал документы согласно пункту 8 Перечня №3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z458" w:id="98"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z458" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель осуществляет аналогичные процедуры, предусмотренные пунктами 48 – 52 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z459" w:id="99"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z459" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Переоформление сертификата осуществляется, в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z460" w:id="100"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z460" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выявления в документе ошибок (опечаток);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z461" w:id="101"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z461" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) изменения фамилии, имени, отчества (при его наличии); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z462" w:id="102"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z462" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличия требования о переоформлении в законах Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z463" w:id="103"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z463" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. По основаниям, предусмотренным пунктом 54 настоящих Правил, при переоформлении сертификата услугополучатель направляет услугодателю через портал заявление по форме, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, и документы согласно пункту 8 Перечня №3. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z464" w:id="104"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z464" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель осуществляет аналогичные процедуры, предусмотренные пунктами 48 – 52 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z465" w:id="105"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z465" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. При предусмотренных в пункте 56 настоящих Правил, переоформление сертификата специалиста проводится с обязательным указанием сведений о ранее выданном сертификате специалиста.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z466" w:id="106"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z466" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Услугодатель отказывает в переоформлении сертификата специалиста, инициированном по основаниям, предусмотренным пунктом 56 настоящих Правил, при непредставлении или ненадлежащего оформления подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-[...95 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5832,168 +5044,207 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения сертификации</w:t>
+              <w:t>к правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>сертификации специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждения действия сертификата</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия допуска к сертификации</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лица, получившего медицинское</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое образование</w:t>
+              <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области здравоохранения за пределами</w:t>
+              <w:t>специалиста в области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения лица,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>получившего медицинское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6105,466 +5356,517 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Руководителю</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________________</w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование государственного органа)</w:t>
+              <w:t>(наименование государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(фамилия, имя, отчество (при его наличии),</w:t>
+              <w:t>органа) (фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>индивидуальный идентификационный номер (ИИН)</w:t>
-[...55 lines deleted...]
-            </w:pPr>
+              <w:t>(при его наличии),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальны</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер (ИИН)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Место проживания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z321" w:id="107"/>
+    <w:bookmarkStart w:name="z321" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 23</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z322" w:id="108"/>
+      <w:bookmarkStart w:name="z733" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас выдать сертификат специалиста в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...31 lines deleted...]
-        <w:t>_____________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по специальности или специализации ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование специальности или специализации)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>Уровень квалификации_________________________________________</w:t>
+        <w:t>Уровень квалификации *____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Я предоставляю достоверные сведения и документы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Даю согласие на сбор и обработку персональных данных, необходимых</w:t>
-[...112 lines deleted...]
-</w:t>
+        <w:t>Даю согласие на использование сведений, на сбор и обработку моих персональных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных, необходимых для оказания государственной услуги, а также передачу их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в территориальные подразделения Комитета медицинского и фармацевтического</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля Министерства здравоохранения Республики Казахстан областей, городов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы, Шымкент и Астана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок согласия на сбор, обработку персональных данных действует в период оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Примечание*: Уровень квалификации присваивается согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>здравоохранения Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-283/2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Об утверждении правил подтверждения результатов непрерывного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>профессионального развития, присвоения и подтверждения уровня квалификации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работников здравоохранения" (зарегистрирован в Реестре государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регистрации нормативных правовых актов под № 21843).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6613,242 +5915,281 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения сертификации</w:t>
+              <w:t>к правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>сертификации специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждения действия сертификата</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия допуска к сертификации</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лица, получившего медицинское</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое образование</w:t>
+              <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области здравоохранения за пределами</w:t>
+              <w:t>специалиста в области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения лица,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>получившего медицинское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z326" w:id="109"/>
+    <w:bookmarkStart w:name="z326" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата специалиста для допуска к клинической практике"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 23</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -7058,51 +6399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Веб-портал "электронного правительства" (ww.egov.kz, www.elicense.kz)</w:t>
+Веб-портал "электронного правительства" (www.egov.kz, www.elicense.kz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7640,51 +6981,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель – с понедельника по пятницу с 9:00 до 18:30 часов с перерывом на обед с 13:00 до 14:30 часов, кроме выходных и праздничных дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
+              <w:t>
+2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7770,974 +7112,1194 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для получения сертификата специалиста (на впервые заявляемую специальность или специализацию) услугополучатели с медицинским образованием представляет следующие документы и сведения:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) заявление в форме электронного документа согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан, утвержденных </w:t>
+              <w:t xml:space="preserve">
+1) заявление в форме электронного документа согласно приложению 1 к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан, утвержденных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818) (далее – Правила сертификации), удостоверенное электронной цифровой подписью (далее – ЭЦП) услугополучателя;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) форма сведений согласно приложению к настоящему перечню основных требований к оказанию государственной услуги;</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">5) документ о признании образования услугополучателя, получившего медицинское образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
+              <w:t>
+2) форма сведений согласно приложению к настоящему перечню основных требований к оказанию государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) диплом о техническом и профессиональным, послесреднем, высшем, послевузовском медицинском образовании (для услугополучателей, окончивших обучение до 2015 года) (при отсутствии в информационных системах);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документы, подтверждающие квалификацию "Врач" и (или) завершение обучения в интернатуре и (или) резидентуре или клинической ординатуре (при наличии, для услугополучателей с высшим, послевузовским медицинским образованием), по специальностям, не предусматривающим окончание интернатуры, резидентуры – после завершения обучения в высшем учебном заведении;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) документ о признании образования услугополучателя, получившего медицинское образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 230</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, послесреднем образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33219) и Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
+              <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, послесреднем образовании" (Зарегистрирован в Министерстве юстиции Республики Казахстан 2 августа 2023 года № 33219) и Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 268</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800) (далее – Правила признания);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) свидетельство о повышении квалификации по заявляемой специальности или специализации в соответствии с </w:t>
+              <w:t xml:space="preserve">
+6) документы, подтверждающие результаты непрерывного профессионального развития работников системы здравоохранения, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> МЗ РК от 20 декабря 2020 года № ҚР ДСМ -283/2020 "Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровней квалификации работников здравоохранения" (зарегистрирован в Реестр государственной регистрации нормативных правовых актов № 21843) (далее - Правилам подтверждения результатов непрерывного профессионального развития) (при отсутствии сведений на сервисе цифровых документов через реализованную интеграцию (далее – сервис) (при их наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7) свидетельство о повышении квалификации по заявляемой специальности или специализации в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21847) (далее – Правила дополнительного образования) на момент сертификации в общем объеме не менее 8 (восемь) кредитов (240 часов) для услугополучателей имеющих перерыв трудовой деятельности по заявляемой специальности или специализации более 3 (трех) лет, при отсутствии сертификата специалиста или при истечении срока действия ранее выданного сертификата специалиста более 3 (трех) лет.</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">8) результат оценки профессиональной подготовленности в соответствии с </w:t>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (далее – Правила дополнительного образования) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21847) на момент сертификации в общем объеме не менее:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 кредитов (150 академических часов) повышения квалификации для услугополучателей, имеющих перерыв трудовой деятельности по заявляемой специальности или специализации менее или более 3 (трех) лет, при отсутствии сертификата специалиста или при истечении срока действия ранее выданного сертификата специалиста менее или более 3 (трех) лет (для услугополучателей, претендующих на уровень квалификации 4.0, 5.0, 6.0, 7.0 (I) или 7.1 (R)).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ К документу, выданному на иностранном языке, дополнительно предоставляется нотариально заверенный перевод на казахском или русском языках.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатели, не получившие сертификат специалиста в течение 3 (трех) лет, с момента окончания организации медицинского образования, а также претендующие на новую специальность или специализацию не предоставляют свидетельство о повышении квалификации по заявляемой специальности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) свидетельство о сертификационном курсе с приложением по специализации (транскрипт) (для услугополучателей, претендующих на получение сертификата специалиста по специализации) (при отсутствии сведений на сервисе) (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+9) результат оценки профессиональной подготовленности в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763) для услугополучателей имеющих перерыв трудовой деятельности по заявляемой специальности или специализации более 3 (трех) лет, при отсутствии сертификата специалиста или при истечении срока действия ранее полученного сертификата специалиста более 3 (трех) лет, а также претендующие на новую специальность или специализацию (в том числе для лиц, получивших медицинское образование за рубежом);</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">9) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763) для услугополучателей имеющих перерыв трудовой деятельности по заявляемой специальности или специализации более 3 (трех) лет, при отсутствии сертификата специалиста или при истечении срока действия ранее полученного сертификата специалиста более 3 (трех) лет, а также претендующие на новую специальность или специализацию (в том числе для лиц, получивших медицинское образование за рубежом) (при отсутствии сведений на сервисе) (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (при отсутствии сведений о профилях работников и учета трудовых договоров на сервисе цифровых документов через реализованную интеграцию (далее – сервис) (при его наличии).</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Услугополучатели получают сертификат специалиста по специальностям или специализациям, указанным в Перечне специальностей и специализаций, подлежащих сертификации специалистов в области здравоохранения, утвержденном </w:t>
+              <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (при отсутствии сведений о профилях работников и учета трудовых договоров на сервисе) (при его наличии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели при отсутствии действующего сертификата специалиста или при истечении срока действия ранее полученного сертификата специалиста более 3 (трех) лет по заявляемой специальности или специализации, претендуют на получение сертификата специалиста как на впервые заявляемую специальность или специализацию с предоставлением результата оценки и навыков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатели получают сертификат специалиста по специальностям или специализациям, указанным в Перечне специальностей и специализаций, подлежащих сертификации специалистов в области здравоохранения, утвержденном </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года ҚР ДСМ-218/2020 "Об утверждении перечня специальностей и специализаций, подлежащих сертификации специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21699) (далее – Перечень специальностей).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Для подтверждения действующего или с истекшим сроком действия менее 3 (трех) лет сертификата специалиста по заявляемой специальности или специализации услугополучатели с медицинским образованием представляют следующие документы и сведения:</w:t>
-[...84 lines deleted...]
-              <w:t xml:space="preserve">5) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
+              <w:t>
+Для подтверждения действующего или с истекшим сроком действия менее 3 (трех) лет сертификата специалиста по заявляемой специальности или специализации услугополучатели с медицинским образованием представляют следующие документы и сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление в форме электронного документа согласно приложению 1 к Правилам сертификации, удостоверенное ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) форма сведений согласно приложению к настоящему перечню основных требований к оказанию услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документы, подтверждающие результаты непрерывного профессионального развития работников системы здравоохранения и результаты оценки профессиональной подготовленности, согласно Правилам подтверждения результатов непрерывного профессионального развития для услугополучателей, имеющих действующий сертификат специалиста по заявляемой специальности или специализации без перерыва трудовой деятельности по заявляемой специальности или специализации (при отсутствии сведений на сервисе цифровых документов через реализованную интеграцию (далее – сервис) (при их наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) свидетельство о повышении квалификации по заявляемой специальности или специализации в соответствии с Правилами дополнительного образования на момент сертификации в общем объеме не менее:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 кредитов (150 академических часов) повышения квалификации базового уровня для услугополучателей, подтверждающих, имеющийся сертификат специалиста по заявляемой специальности с уровнем квалификации (4.0, 5.0, 6.0, 7.0 (I) или 7.1 (R)).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К документу, выданному на иностранном языке, дополнительно предоставляется нотариально заверенный перевод на казахском или русском языках.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) свидетельство о сертификационном курсе с приложением по специализации (транскрипт) (для услугополучателей, претендующих на получение сертификата специалиста по специализации) (при отсутствии сведений на сервисе) (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (при отсутствии сведений о профилях работников и учета трудовых договоров на сервисе);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) документы, подтверждающие завершение обучения в интернатуре и (или) резидентуре или клинической ординатуре или переподготовке по заявляемой специальности (при его наличии), (удостоверение о переподготовке при наличии полученной услугополучателями с медицинским образованием до 2021 года);</w:t>
-[...155 lines deleted...]
-              <w:t xml:space="preserve">Услугополучатели, окончившие организации высшего медицинского образования после 1998 года по специальностям "Лечебное дело", "Педиатрия", "Общая медицина", и по специальностям "Восточная медицина" и "Стоматология" после 2006 года, обязательным условием допуска к клинической практике является предоставление документа об окончании интернатуры в соответствии с </w:t>
+              <w:t>
+7) документы, подтверждающие завершение обучения в интернатуре и (или) резидентуре или клинической ординатуре или переподготовке по заявляемой специальности (при его наличии), (удостоверение о переподготовке при наличии полученной услугополучателями с медицинским образованием до 15 ноября 2022 года);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) копию сертификата специалиста по имеющейся специальности или специализации (при отсутствии сведений в сервисе) (для услугополучателей, имеющих недействительный сертификат специалиста или специализации по заявляемой специальности или специализации с истекшим сроком действия не превышающий 3 (трех) лет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) документ о признании образования услугополучателя, получившего медицинское образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с Правилами признания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При подтверждении действующего сертификата специалиста по заявляемой специальности или специализации услугодатель проверяет из сервиса наличие у услугополучателя действующего сертификата специалиста (срок действия, специальность или специализацию).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При, соответствии данных из сервиса, действующий сертификат специалиста подтверждается с выдачей сертификата специалиста по заявляемой специальности или специализации на 5 (пять) лет по форме согласно приложению 4 к Правилам сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели, имеющие перерыв стажа менее 3 (трех) лет и (или) недействительный сертификат специалиста по заявляемой специальности или специализации, с истекшим сроком менее 3 (трех) лет, при подтверждении ранее полученного сертификата специалиста по заявляемой специальности или специализации результат оценки и навыков не предоставляют.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели, окончившие организации высшего и послевузовского медицинского образования до 2014 года по специальностям "Лечебное дело", "Педиатрия" и "Восточная медицина", претендующие на получение сертификата по медицинским специальностям, предусмотренным Перечнем специальностей при несоответствии специальности интернатуры, резидентуры, клинической ординатуры по заявляемой специальности, предоставляют документы о прохождении переподготовки по заявляемой специальности с указанием продолжительности обучения в часах (для действующих специалистов).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучателям, приступившим к медицинской, в том числе к клинической деятельности по заявляемой специальности до 1 января 2005 года и имеющих непрерывный стаж работы на момент подачи документов, который подтверждается записями в трудовой книжки (при ее наличии) или в индивидуальном трудовом договоре либо выписки из приказов о приеме и увольнении, прохождение переподготовки по заявляемой специальности не требуется.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатели, окончившие организации высшего медицинского образования после 1998 года по специальностям "Лечебное дело", "Педиатрия", "Общая медицина", и по специальностям "Восточная медицина" и "Стоматология" после 2006 года, обязательным условием допуска к клинической практике является предоставление документа об окончании интернатуры в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 21 Закона Республики Казахстан "Об образовании" (далее – Закон "Об образовании").</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Услугополучатели, окончившие организации высшего и послевузовского медицинского образования после 2013 года, претендующие на получение сертификата по клиническим специальностям, предусмотренных в Перечне специальностей, предоставляет документ об окончании резидентуры в соответствии с </w:t>
+              <w:t xml:space="preserve">
+Услугополучатели, окончившие организации высшего и послевузовского медицинского образования после 2013 года, претендующие на получение сертификата по клиническим специальностям, предусмотренных в Перечне специальностей, предоставляет документ об окончании резидентуры в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 22 Закона "Об образовании".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Услугополучатель, со средним техническим и профессиональным образованием, послесредним медицинским образованием для получения сертификата по специальностям, указанным в Перечне специальностей, предоставляет следующие документы с учетом года окончания обучения:</w:t>
-[...135 lines deleted...]
-              <w:t xml:space="preserve">Услугополучатели подают документы, указанные в настоящем пункте, в виде электронных копий согласно </w:t>
+              <w:t>
+Услугополучатель, со средним техническим и профессиональным образованием, послесредним медицинским образованием для получения сертификата по специальностям, указанным в Перечне специальностей, предоставляет следующие документы с учетом года окончания обучения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) до 1 января 2005 года:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности "Сестринское дело" - диплом о среднем медицинском образовании по специальности "Сестринское дело", "Лечебное дело", "Акушерское дело", диплом о высшем образовании по специальности "Лечебное дело", "Педиатрия", "Восточная медицина", "Общая медицина", бакалавры по специальностям "Общая медицина", "Сестринское дело", и документ о повышении квалификации по специальности "Сестринское дело" за последние 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности "Лечебное дело" - диплом медицинского образования по специальности "Лечебное дело", "Акушерское дело", диплом о высшем образовании по специальности "Лечебное дело", "Педиатрия", "Восточная медицина", "Общая медицина", бакалавры по специальностям "Общая медицина", "Сестринское дело" и документ о переподготовке до 2021 года и повышении квалификации по специальности "Лечебное дело" за последние 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности "Акушерское дело" - диплом о среднем медицинском образовании по специальности "Акушерское дело", "Лечебное дело", "Сестринское дело", диплом о высшем образовании по специальности "Лечебное дело", "Педиатрия", "Восточная медицина", "Общая медицина", бакалавры по специальностям "Общая медицина", "Сестринское дело" и документ о переподготовке до 2021 года и повышении квалификации по специальности "Акушерское дело" за последние 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) до 1 января 2012 года:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+по специальности "Лабораторная диагностика" - диплом о среднем медицинском образовании по специальности "Лабораторная диагностика", "Акушерское дело", "Лечебное дело", "Сестринское дело", диплом о высшем образовании по специальности "Лечебное дело", "Педиатрия", "Восточная медицина", "Общая медицина", бакалавры по специальностям "Общая медицина", "Сестринское дело" и документ о переподготовке до 2021 года или повышении квалификации по специальности "Лабораторная диагностика" за последние 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучателям, техническим и профессиональном медицинским образованием по специальностям "Сестринское дело", "Лечебное дело", "Акушерское дело", "Лабораторная диагностика", "Фельдшер-лаборант", "Санитарный фельдшер", "Стоматология", "Зубной врач", приступившим к медицинской деятельности до 1 января 2005 года и имеющим непрерывный стаж работы на момент подачи документов, который подтверждается записями в трудовой книжки (при ее наличии) или в индивидуальном трудовом договоре либо выписки из приказов о приеме и увольнении, прохождение переподготовки по заявляемой специальности не требуется.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услугополучатели подают документы, указанные в настоящем пункте, в виде электронных копий согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпункту 7)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "Об электронном документе и электронной цифровой подписи". К документу, выданному на иностранном языке, дополнительно предоставляется электронная копия нотариально заверенного перевода на казахском или русском языке.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>При подаче услугополучателем всех необходимых документов и сведений в его "личном кабинете" отображается статус о принятии запроса для оказания государственной услуги.</w:t>
-[...33 lines deleted...]
-              <w:t>По истечении срока действия сертификата специалиста услугополучатель предоставляет копию документа (при отсутствии в сервисе либо при недействительном статусе).</w:t>
+              <w:t>
+При подаче услугополучателем всех необходимых документов и сведений в его "личном кабинете" отображается статус о принятии запроса для оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+При рассмотрении заявок на выдачу сертификата специалиста учитываются Квалификационные характеристики должностей работников системы здравоохранения, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-305/2020 (зарегистрирован в Реестр государственной регистрации нормативных правовых актов № 21856). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Документы по дополнительному образованию по медицинским специальностям принимаются от организаций, согласно перечню организаций дополнительного образования по медицинским специальностям, утвержденному уполномоченным органом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бессрочные сертификаты, выданные специалистам до 9 октября 2015 года действуют постоянно при прохождении повышения квалификации каждые 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При получении сертификата специалиста по специальности или специализации услугополучателю присваивается очередной уровень квалификации с соблюдением последовательности, согласно Правилам подтверждения результатов непрерывного профессионального развития.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели, имеющие бессрочные свидетельства о присвоении категории, при переоформлении их на сертификат специалиста по специальности с соответствующим уровнем квалификации, результат оценки и навыков не предоставляют.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По истечении срока действия сертификата специалиста услугополучатель предоставляет копию документа (при отсутствии в сервисе либо при недействительном статусе).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8823,119 +8385,106 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">6) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным настоящими Правилами сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -9024,119 +8573,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
-[...67 lines deleted...]
-              <w:t>5. Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
+1) Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Комитета медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан kmfk.dsm.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9298,1229 +8851,1102 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z564" w:id="110"/>
+    <w:bookmarkStart w:name="z564" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z566" w:id="112"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z734" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование заявляемой специальности или специализации ______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z735" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Уровень квалификации* ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z736" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Медицинское образование ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z567" w:id="113"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z737" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1. Образование (техническое и профессиональное образование, послесреднее,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...54 lines deleted...]
-    <w:bookmarkStart w:name="z569" w:id="115"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z738" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      высшее образование) (электронная копия диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z739" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2. Признание диплома (для лиц получивших медицинское образование за пределами Республики Казахстан) (электронная копия документа о признании)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z740" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Страна обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z570" w:id="116"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z741" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полное наименование организации образования __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z571" w:id="117"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z742" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орган выдавший удостоверение признания ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z572" w:id="118"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z743" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер приказа признания _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z573" w:id="119"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z744" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрационный номер признания ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z574" w:id="120"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z745" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата выдачи удостоверения признания __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z577" w:id="123"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z746" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о специальности интернатуры (при его наличии), клинической ординатуры, резидентуры по заявляемой специальности (для специалистов с высшим</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z747" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медицинским образованием) (электронная копия документа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z748" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.1. Специальность интернатуры ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z578" w:id="124"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z749" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.2. Специальность клинической ординатуры ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z579" w:id="125"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z750" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3. Специальность резидентуры _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z580" w:id="126"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z751" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.4. Специальность магистратуры ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z581" w:id="127"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z752" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.5. Специальность докторантуры ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z584" w:id="130"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z753" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о переподготовке (полученное до 1 января до 2021 года) (для лиц, подтверждающих сертификат специалиста по заявляемой специальности)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z754" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электронная копия документа) (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z755" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.1. Номер удостоверения по переподготовке __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z585" w:id="131"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z756" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.2. Специальность переподготовки ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z586" w:id="132"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z757" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.3. Название обучающей организации _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z587" w:id="133"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z758" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.4. Объем обучения в часах _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z588" w:id="134"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z759" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.5. Начало обучения _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z589" w:id="135"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z760" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.6. Окончание обучения _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z591" w:id="137"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z761" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о сертификационном курсе (электронная копия документа) (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z762" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.1. Номер свидетельство о сертификационном курсе ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z592" w:id="138"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z763" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.2. Сертификационный курс по специализации __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z593" w:id="139"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z764" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.3. Название обучающей организации ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z594" w:id="140"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z765" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.4. Объем обучения в кредитах ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z595" w:id="141"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z766" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.5. Начало обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z596" w:id="142"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z767" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.6. Окончание обучения _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z598" w:id="144"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z768" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о действующем сертификате специалиста, для допуска к клинической</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z769" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      практике по заявляемой специальности или специализации (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z770" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.1. Дата и номер приказа _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z600" w:id="146"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z771" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.2. Номер и код административного документа, регистрационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z772" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.3. Орган выдавший ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z601" w:id="147"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z773" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.4. Срок действия сертификата ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z602" w:id="148"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z774" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.5. Специальность или специализация ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-[...71 lines deleted...]
-    <w:bookmarkStart w:name="z604" w:id="150"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z775" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Результат оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и (или) оценки профессиональной подготовленности для специалистов в области здравоохранения______________ (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z776" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сведения о настоящем месте работы _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z606" w:id="152"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z777" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.1. Стаж работы по заявляемой специальности или специализации (лет, месяцев, дней) ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z778" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.2. Общий медицинский стаж (лет, месяцев, дней) ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z607" w:id="153"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z779" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.3. Место работы в настоящее время __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z608" w:id="154"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z780" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.4. Занимаемая должность ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z609" w:id="155"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z781" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.5. Трудовая деятельность по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z610" w:id="156"/>
+          <w:bookmarkStart w:name="z782" w:id="174"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="156"/>
+          <w:bookmarkEnd w:id="174"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10857,386 +10283,290 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z624" w:id="157"/>
+    <w:bookmarkStart w:name="z796" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Повышение квалификации за последние 5 лет по заявляемой специальности или специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z627" w:id="160"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z797" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о свидетельстве повышения квалификации по заявляемой специальности или специализации ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z798" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер свидетельства о повышении квалификации ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z628" w:id="161"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z799" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование цикла ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z629" w:id="162"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z800" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) название обучающей организации ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z630" w:id="163"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z801" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) начало обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z631" w:id="164"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z802" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) окончание обучения _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z632" w:id="165"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z803" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объем обучения в кредитах (в часах) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z634" w:id="167"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z804" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Документы, подтверждающие результаты непрерывного профессионального развития работников системы здравоохранения, согласно Правилам подтверждения результатов непрерывного профессионального развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z805" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Сведения о наличии либо отсутствии запрета на осуществление медицинской деятельностью по заявляемой специальности или специализации согласно данным из информационного сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z806" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Примечание: *Уровень квалификации указывается в соответствии с </w:t>
+      Примечание*: Уровень квалификации присваивается в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> МЗ РК от 20 декабря 2020 года № ҚР ДСМ -283/2020 "Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровней квалификации работников здравоохранения".</w:t>
-[...98 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-283/2020 "Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровня квалификации работников здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21843).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11439,156 +10769,136 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое образование в области</w:t>
-[...12 lines deleted...]
-              <w:t>здравоохранения за пределами</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z334" w:id="168"/>
+    <w:bookmarkStart w:name="z334" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата специалиста в сфере обращения лекарственных средств и медицинских изделий"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 в редакции приказа Министра здравоохранения РК от 26.04.2024 </w:t>
+      Сноска. Приложение 3 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12369,51 +11679,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель – с понедельника по пятницу с 9:00 до 18:30 часов с перерывом на обед с 13:00 до 14:30 часов, кроме выходных и праздничных дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни приема заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t>
+2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни приема заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12499,142 +11810,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для получения сертификата специалиста физическое лицо (резидент либо нерезидент Республики Казахстан) с фармацевтическим образованием (далее - услугополучатель) предоставляет следующие документы и сведения:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) заявление в форме электронного документа согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан, утвержденных </w:t>
+              <w:t xml:space="preserve">
+1) заявление в форме электронного документа согласно приложению 1 к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан, утвержденных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818) (далее – Правила сертификации), удостоверенное электронной цифровой подписью (далее - ЭЦП) услугополучателя;</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">4) документ о признании и (или) нострификации документов об образовании услугополучателя, получившего фармацевтическое образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818) (далее – Правила сертификации), удостоверенное электронной цифровой подписью (далее - ЭЦП) услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) форма сведений согласно приложению к настоящему перечню основных требований к оказанию;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) диплом о техническом и профессиональном, высшем и (или) послевузовском фармацевтическом образовании (для услугополучателей, окончивших обучение до 2015 года) (при отсутствии в информационных системах);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) документ о признании и (или) нострификации документов об образовании услугополучателя, получившего фармацевтическое образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 230</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, полусреднем образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33219) и Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -12647,233 +11942,220 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800) (далее – Правила признания);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) свидетельство о повышении квалификации по заявляемой специальности или специализации за последние 5 (пять) лет на момент сертификации в общем объеме не менее 4 кредитов (120 часов) согласно с </w:t>
+              <w:t xml:space="preserve">
+5) свидетельство о повышении квалификации по заявляемой специальности или специализации за последние 5 (пять) лет на момент сертификации в общем объеме не менее 4 кредитов (120 часов) согласно с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21847) (далее – Правила дополнительного образования) (за исключением выпускников технического и профессионального, высшего учебного заведения, завершивших фармацевтическое обучение не позднее 5 (пяти) лет на момент подачи заявления на получение сертификата);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) свидетельство о повышении квалификации по заявляемой специальности или специализации в общем объеме не менее 8 кредитов (240 часов), согласно </w:t>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">7) результат оценки профессиональной подготовленности, в соответствии с </w:t>
+              <w:t>
+6) свидетельство о повышении квалификации по заявляемой специальности или специализации в общем объеме не менее 8 кредитов (240 часов), согласно Правилам дополнительного образования (имеющим перерыв трудовой деятельности по специальности более 3 (трех) лет);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7) результат оценки профессиональной подготовленности, в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21673) (для резидентов и нерезидентов Республики Казахстан) (для выпускников о техническом и профессиональном, высшего и (или) послевузовского фармацевтического образования и (или) услугополучателя имеющих перерыв трудовой деятельности по заявляемой специальности более 3 (трех) лет);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">8) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
+              <w:t xml:space="preserve">
+8) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан, при отсутствии сведений о профилях работников и учета трудовых договоров в информационной системе шлюз "электронного правительства" (для резидентов Республики Казахстан) (при наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>9) документ удостоверяющий личность иностранного специалиста (требуется для идентификации личности).</w:t>
-[...33 lines deleted...]
-              <w:t>Услугополучатели, имеющие непрерывный стаж работы по специальности и повышение квалификации за последние 5 лет, в объеме не менее 4 кредита (120 часов), допускаются к первичной сертификации без предоставления документа, предусмотренного подпунктом 7) настоящего пункта.</w:t>
+              <w:t>
+9) документ удостоверяющий личность иностранного специалиста (требуется для идентификации личности).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При подаче услугополучателем всех необходимых документов и сведений в его "личном кабинете" отображается статус о принятии запроса для оказания государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели, имеющие непрерывный стаж работы по специальности и повышение квалификации за последние 5 лет, в объеме не менее 4 кредита (120 часов), допускаются к первичной сертификации без предоставления документа, предусмотренного подпунктом 7) настоящего пункта.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12959,180 +12241,185 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">6) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 10</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13160,209 +12447,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
-[...67 lines deleted...]
-              <w:t>5. Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
+1) Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Комитета медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан kmfk.dsm.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...83 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13448,181 +12654,168 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждения действия сертификата специалиста</w:t>
+              <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>сертификата специалиста</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалистов, а также условия</w:t>
+              <w:t>специалистов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>допуска к сертификации</w:t>
+              <w:t>а также условия допуска</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области</w:t>
+              <w:t>к сертификации специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>здравоохранения лица,</w:t>
+              <w:t>в области здравоохранения лица,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
-[...25 lines deleted...]
-              <w:t>здравоохранения за пределами</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13662,211 +12855,270 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="169"/>
+    <w:bookmarkStart w:name="z342" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат специалиста в области здравоохранения</w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z226" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>_________________________________________________________________</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-[...34 lines deleted...]
-        <w:t>для осуществления медицинской деятельности и допуска к клинической практике</w:t>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      действительно получил (получила) настоящий сертификат специалиста для</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществления медицинской деятельности и допуска к клинической практике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>или фармацевтической практике или деятельности в сфере санитарно-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>эпидемиологического благополучия населения по специальности или специализации:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(специальность или специализации по номенклатуре)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Уровень квалификации______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Приказ руководителя государственного органа, вынесшего решение о его выдаче</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от "____" ___________ 20 ____ года № ________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13891,147 +13143,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регистрационный № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Дата выдачи "____" ___________ 20 ___ года.</w:t>
-[...95 lines deleted...]
-</w:t>
+        <w:t>Дата выдачи "____"___________ 20 ___ года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14080,168 +13236,207 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения сертификации</w:t>
+              <w:t>к правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>сертификации специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждения действия сертификата</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия допуска к сертификации</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лица, получившего медицинское</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое образование</w:t>
+              <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области здравоохранения за пределами</w:t>
+              <w:t>специалиста в области</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>здравоохранения лица,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>получившего медицинское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14340,51 +13535,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В ________________________</w:t>
+              <w:t>в ________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>полное наименование</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14463,126 +13658,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Контактный телефон</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z347" w:id="171"/>
+    <w:bookmarkStart w:name="z347" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о выдаче сертификата иностранному специалисту для допуска к клинической практике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
+      Сноска. Приложение 5 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 23</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z635" w:id="172"/>
+      <w:bookmarkStart w:name="z807" w:id="190"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать сертификат специалиста для допуска к клинической практике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14655,73 +13850,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указать наименование организации здравоохранения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Уровень квалификации ______________________________________________</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="173"/>
+        <w:t>Уровень квалификации *_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения об организации здравоохранения:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Форма собственности _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14794,164 +13986,292 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Я предоставляю достоверные сведения и документы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Даю согласие на сбор и обработку персональных данных, необходимых</w:t>
-[...112 lines deleted...]
-</w:t>
+        <w:t>Даю согласие на использование сведений, на сбор и обработку моих персональных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных, необходимых для оказания государственной услуги, а также передачу их</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в территориальные подразделения Комитета медицинского и фармацевтического</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля Министерства здравоохранения Республики Казахстан областей, городов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы, Шымкент и Астана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок согласия на сбор, обработку персональных данных действует в период оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание*: Уровень квалификации выдается медицинским работникам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по клиническим специальностям согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-283/2020 "Об утверждении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правил подтверждения результатов непрерывного профессионального развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присвоения и подтверждения уровня квалификации работников здравоохранения"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актов под № 21843).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15000,307 +14320,281 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения сертификации</w:t>
+              <w:t>к правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>сертификации специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подтверждения действия сертификата</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения,</w:t>
+              <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия допуска к сертификации</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалиста в области здравоохранения</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лица, получившего медицинское</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое образование</w:t>
+              <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области здравоохранения за пределами</w:t>
+              <w:t>специалиста в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>здравоохранения лица,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>получившего медицинское</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образование за пределами</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Республики Казахстан</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="174"/>
+    <w:bookmarkStart w:name="z352" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата иностранному специалисту для допуска к клинической практике"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 6 - в редакции приказа Министра здравоохранения РК от 20.06.2024 </w:t>
+      Сноска. Приложение 6 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 23</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -16092,51 +15386,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель – с понедельника по пятницу с 9:00 до 18:30 часов с перерывом на обед с 13:00 до 14:30 часов, кроме выходных и праздничных дней;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+              <w:t>
+2) портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16222,122 +15517,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для получения сертификата иностранного специалиста физическое лицо (нерезидент Республики Казахстан) (на впервые заявляемую специальность или специализацию) услугополучатели с медицинским образованием представляет следующие документы и сведения:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) заявление о выдаче сертификата специалиста по форме согласно приложению к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан, утвержденных </w:t>
+              <w:t xml:space="preserve">
+1) заявление в форме электронного документа согласно приложению 5 к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан, утвержденных </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818) (далее – Правила сертификации) удостоверенное электронной цифровой подписью (далее – ЭЦП) услугополучателя;</w:t>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">4) документ о признании и (или) нострификации документов об образовании услугополучателя, получившего медицинское образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818) (далее – Правила сертификации), удостоверенное электронной цифровой подписью (далее – ЭЦП) услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) форма сведений согласно приложению к настоящему перечню основных требований к оказанию государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, удостоверяющий личность иностранного специалиста (требуется для идентификации личности) (при отсутствии в информационной системе);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) документ о признании и (или) нострификации документов об образовании услугополучателя, получившего медицинское образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 230</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, полусреднем образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33219) и Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -16350,565 +15649,656 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32800) (далее – Правила признания);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Иностранные специалисты, окончившие организации образования на территории Республики Казахстан предоставляют:</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">6) свидетельство о повышении квалификации по заявляемой специальности или специализации в соответствии с </w:t>
+              <w:t>
+Иностранные специалисты, окончившие организации образования на территории Республики Казахстан предоставляют:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+диплом о техническом и профессиональном, послесреднем, высшем, послевузовском медицинском образовании (для услугополучателей, окончивших обучение до 2012 года) (при отсутствии в информационных системах);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+документы, подтверждающие завершение обучения в интернатуре и (или) резидентуре или клинической ординатуре (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) документ, подтверждающий осуществление клинической практики по заявляемой специальности или специализации, выданный в стране проживания иностранного специалиста;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) документы, подтверждающие результаты непрерывного профессионального развития работников системы здравоохранения и результаты оценки профессиональной подготовленности, согласно Правилам подтверждения результатов непрерывного профессионального развития для услугополучателей, имеющих действующий сертификат специалиста по заявляемой специальности или специализации без перерыва трудовой деятельности по заявляемой специальности или специализации (при отсутствии сведений на сервисе цифровых документов через реализованную интеграцию (далее – сервис) (при их наличии) (для услугополучателей, претендующих на получение уровня квалификации с 4.1, 5.1, 6.1, 7.1 (I),7.2 (R) и выше);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7) свидетельство о повышении квалификации по заявляемой специальности или специализации в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21847) на момент сертификации в общем объеме не менее:</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">7) разрешение на привлечение иностранной рабочей силы, выданное работодателю (организация здравоохранения), местным исполнительным органом областей, городов республиканского значения и столицы (не предоставляется иностранными специалистами, постоянно проживающими в Республике Казахстан, а также иностранными работниками, являющимися гражданами государств-участников </w:t>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (далее – Правила дополнительного образования) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21847) на момент сертификации в общем объеме не менее:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 кредитов (150 академических часов) повышения квалификации базового уровня для услугополучателей, имеющих перерыв трудовой деятельности по заявляемой специальности или специализации менее или более 3 (трех) лет, при отсутствии сертификата специалиста или при истечении срока действия ранее выданного сертификата специалиста менее или более 3 (трех) лет (для услугополучателей, претендующих на уровень квалификации 4.0, 5.0, 6.0, 7.0 (I) или 7.1 (R)).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К документу, выданному на иностранном языке, дополнительно предоставляется нотариально заверенный перевод на казахском или русском языках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) свидетельство о сертификационном курсе с приложением по специализации (транскрипт) (для услугополучателей, претендующих на получение сертификата специалиста по специализации) (при отсутствии сведений на сервисе) (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+9) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (не требуется лицам, которые впервые приступили к работе после окончания учебного заведения);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10) разрешение на привлечение иностранной рабочей силы, выданное работодателю (организация здравоохранения), местным исполнительным органом областей, городов республиканского значения и столицы (не предоставляется иностранными специалистами, постоянно проживающими в Республике Казахстан, а также иностранными работниками, являющимися гражданами государств-участников </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Договора</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8) документ о перемене имени, отчества (при его наличии), фамилии или о заключении брака (супружества), или о расторжении брака (супружества), для иностранных лиц, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании;</w:t>
-[...70 lines deleted...]
-              <w:t xml:space="preserve">1) заявление о выдаче сертификата специалиста по форме согласно приложению к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское и (или) фармацевтическое образование в области здравоохранения за пределами Республики Казахстан, утвержденных </w:t>
+              <w:t>
+11) документ о перемене имени, отчества (при его наличии), фамилии или о заключении брака (супружества), или о расторжении брака (супружества), для иностранных лиц, изменивших имя, отчество (при его наличии), фамилию после получения документов об образовании;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+12) результат оценки профессиональной подготовленности, выданный организацией по оценке для лица, получившего медицинское образование за рубежом в соответствии с Правилами оценки знаний и навыков утвержденными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21818) (далее – Правила сертификации) удостоверенное электронной цифровой подписью (далее – ЭЦП) услугополучателя;</w:t>
-[...138 lines deleted...]
-              <w:t xml:space="preserve">5) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21763).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для подтверждения, действующего или с истекшим сроком действия менее 3 (трех) лет сертификата специалиста по заявляемой специальности или специализации услугополучатели с медицинским образованием представляют следующие документы и сведения:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление о выдаче сертификата специалиста по форме согласно приложению 5 к Правилам сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) форма сведений согласно приложению к настоящему перечню основных требований к оказанию государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) документ, удостоверяющий личность иностранного специалиста (требуется для идентификации личности) (при отсутствии в информационной системе);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) документ, подтверждающий осуществление клинической практики по заявляемой специальности или специализации, выданный в стране проживания иностранного специалиста (не предоставляется лицами, впервые приступающими на работу);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) свидетельство о повышении квалификации по заявляемой специальности или специализации в соответствии с Правилами дополнительного образования на момент сертификации в общем объеме не менее:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 кредитов (150 академических часов) повышения квалификации базового уровня для услугополучателей, подтверждающих, имеющийся сертификат специалиста по заявляемой специальности с уровнем квалификации 4.0, 5.0, 6.0, 7.0 (I) или 7.1 (R)).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К документу, выданному на иностранном языке, дополнительно предоставляется нотариально заверенный перевод на казахском или русском языках;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) документ, подтверждающий трудовую деятельность услугополучателя, согласно заявляемым подвидам деятельности в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 35</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (при отсутствии сведений о профилях работников и учета трудовых договоров на сервисе цифровых документов через реализованную интеграцию (далее – сервис) (при его наличии);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) копию сертификата специалиста по имеющейся специальности или специализации (при отсутствии сведений в сервисе) (для услугополучателей, имеющих недействительный сертификат специалиста по заявляемой специальности или специализации с истекшим сроком действия не превышающий 3 (трех) лет).</w:t>
-[...87 lines deleted...]
-              <w:t>Услугополучатели при отсутствии действующего сертификата специалиста или при истечении срока действия ранее полученного сертификата специалиста более 3 (трех) лет по заявляемой специальности или специализации, претендуют на получение сертификата специалиста как на впервые заявляемую специальность или специализации с предоставлением результата оценки и навыков.</w:t>
+              <w:t>
+7) свидетельство о сертификационном курсе с приложением по специализации (транскрипт) (для услугополучателей, претендующих на получение сертификата специалиста по специализации) (при отсутствии сведений на сервисе) (при его наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) документы, подтверждающие результаты непрерывного профессионального развития работников системы здравоохранения и результаты оценки профессиональной подготовленности, согласно Правилам подтверждения результатов непрерывного профессионального развития для услугополучателей, имеющих действующий сертификат специалиста по заявляемой специальности или специализации без перерыва трудовой деятельности по заявляемой специальности или специализации (при отсутствии сведений на сервисе цифровых документов через реализованную интеграцию (далее – сервис) (для услугополучателей, претендующих на получение уровня квалификации с 4.1, 5.1, 6.1, 7.1 (I),7.2 (R) и выше);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) копию сертификата специалиста по имеющейся специальности или специализации (при отсутствии сведений в сервисе) (для услугополучателей, имеющих недействительный сертификат специалиста по заявляемой специальности или специализации с истекшим сроком действия не превышающий 3 (трех) лет).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При подтверждении действующего сертификата специалиста по заявляемой специальности или специализации услугодатель проверяет из сервиса наличие у услугополучателя действующего сертификата специалиста (срок действия, специальность или специализации).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При, соответствии данных из сервиса, действующий сертификат специалиста подтверждается с выдачей сертификата специалиста по заявляемой специальности или специализации на 5 (пять) лет по форме согласно приложению 6 к Правилам сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели при подтверждении ранее полученного сертификата специалиста по заявляемой специальности или специализации, имеющие перерыв стажа менее 3 (трех) лет и (или) недействительный сертификат специалиста по заявляемой специальности или специализации, с истекшим сроком менее 3 (трех) лет, результат оценки и навыков не предоставляют.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатели при отсутствии действующего сертификата специалиста или при истечении срока действия ранее полученного сертификата специалиста более 3 (трех) лет по заявляемой специальности или специализации, претендуют на получение сертификата специалиста как на впервые заявляемую специальность или специализации с предоставлением результата оценки и навыков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16994,139 +16384,144 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">6) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t>
+2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным Правилами Сертификации Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) отрицательный ответ уполномоченного государственного органа на запрос о согласовании, который требуется для оказания государственной услуги, а также отрицательное заключение экспертизы, исследования либо проверки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17195,119 +16590,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
-[...67 lines deleted...]
-              <w:t>5. Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
+1) Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Комитета медицинского и фармацевтического контроля Министерства здравоохранения Республики Казахстан kmfk@dsm.gov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Номера телефонов единого контакт-центра по вопросам оказания государственных услуг – 1414, 8-800-080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17372,90 +16771,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к перечню основных требований</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к оказанию государственной услуги</w:t>
+              <w:t>к оказанию государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Выдача сертификата иностранному</w:t>
+              <w:t>услуги "Выдача сертификата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специалисту для допуска</w:t>
+              <w:t>иностранному специалисту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к клинической практике"</w:t>
+              <w:t>для допуска к клинической практике"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -17482,1216 +16881,1222 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z639" w:id="175"/>
+    <w:bookmarkStart w:name="z639" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z641" w:id="177"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z808" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование заявляемой специальности или специализации ______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z809" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1 Уровень квалификации* ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z810" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сведения о разрешении на привлечение иностранной рабочей силы, выданное работодателю (организация здравоохранения), местным исполнительным органом областей, городов республиканского значения и столицы (не предоставляется иностранными специалистами, постоянно проживающими в Республике Казахстан, а также иностранными работниками, являющимися гражданами государств-участников </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Договора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Евразийском экономическом союзе от 29 мая 2014 года) __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z647" w:id="183"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z811" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения об организации здравоохранения ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z812" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Наименование организации здравоохранеия _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z813" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Форма собственности _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z814" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Адрес организации ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z815" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3.4. Данные о филиалах и представительствах ___________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z816" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Медицинское образование ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z648" w:id="184"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z817" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.1. Образование (техническое и профессиональное образование, послесреднее, высшее образование) (электронная копия диплома)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z649" w:id="185"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z818" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.2. Признание диплома (для лиц получивших медицинское образование за пределами Республики Казахстан) (электронная копия документа о признании)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z650" w:id="186"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z819" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Страна обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z651" w:id="187"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z820" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полное наименование организации образования __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z652" w:id="188"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z821" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орган выдавший удостоверение признания ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z653" w:id="189"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z822" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер приказа признания _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z654" w:id="190"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z823" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрационный номер признания ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z655" w:id="191"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z824" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата выдачи удостоверения признания __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z656" w:id="192"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z825" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сведения о специальности интернатуры (при его наличии), клинической ординатуры, резидентуры по заявляемой специальности (для специалистов с высшим медицинским образованием) (электронная копия документа);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z657" w:id="193"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z826" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.1. Специальность интернатуры ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z658" w:id="194"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z827" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.2. Специальность клинической ординатуры ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z659" w:id="195"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z828" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.3. Специальность резидентуры _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z660" w:id="196"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z829" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.4. Специальность магистратуры ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z661" w:id="197"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z830" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.5. Специальность докторантуры ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z664" w:id="200"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z831" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сведения о переподготовке (полученное до 1 января до 2021 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z832" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (для лиц подтверждающих сертификат специалиста по заявляемой специальности) (электронная копия документа) (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z833" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.1. Номер удостоверения по переподготовке __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z665" w:id="201"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z834" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.2. Специальность переподготовки ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z666" w:id="202"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z835" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.3. Название обучающей организации _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z667" w:id="203"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z836" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.4. Объем обучения в часах _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z668" w:id="204"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z837" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.5. Начало обучения _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z669" w:id="205"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z838" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.6. Окончание обучения _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z670" w:id="206"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z839" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сведения о сертификационном курсе (электронная копия документа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z671" w:id="207"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z840" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z841" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.1. Номер свидетельство о сертификационном курсе ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z672" w:id="208"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z842" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.2. Сертификационный курс по специализации __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z673" w:id="209"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z843" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.3. Название обучающей организации ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z674" w:id="210"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z844" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.4. Объем обучения в кредитах ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z675" w:id="211"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z845" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.5. Начало обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z676" w:id="212"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z846" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.6. Окончание обучения _____________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z677" w:id="213"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z847" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сведения о действующем сертификате специалиста, для допуска к клинической практике по заявляемой специальности или специализации (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z678" w:id="214"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z848" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.1. Дата и номер приказа _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z679" w:id="215"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z849" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.2. Номер и код административного документа, регистрационный номер __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z680" w:id="216"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z850" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.3. Орган выдавший ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z681" w:id="217"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z851" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.4. Срок действия сертификата ____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z682" w:id="218"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z852" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.5. Специальность или специализация ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z685" w:id="221"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z853" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Результат оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и (или) оценки профессиональной подготовленности для специалистов в области здравоохранения (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z854" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Сведения о настоящем месте работы _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z686" w:id="222"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z855" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.1. Стаж работы по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z687" w:id="223"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z856" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лет, месяцев, дней) ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z857" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.2. Общий медицинский стаж (лет, месяцев, дней) ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z688" w:id="224"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z858" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.3. Место работы в настоящее время __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z689" w:id="225"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z859" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.4. Занимаемая должность ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z690" w:id="226"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z860" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.5. Трудовая деятельность по заявляемой специальности или специализации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkEnd w:id="245"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z691" w:id="227"/>
+          <w:bookmarkStart w:name="z861" w:id="246"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="227"/>
+          <w:bookmarkEnd w:id="246"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -19028,386 +18433,290 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z705" w:id="228"/>
+    <w:bookmarkStart w:name="z875" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Повышение квалификации за последние 5 лет по заявляемой специальности или специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z708" w:id="231"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z876" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о свидетельстве повышения квалификации по заявляемой специальности или специализации ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z877" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер свидетельства о повышении квалификации ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z709" w:id="232"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z878" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование цикла ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z710" w:id="233"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z879" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) название обучающей организации ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z711" w:id="234"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z880" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) начало обучения __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z712" w:id="235"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z881" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) окончание обучения _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z713" w:id="236"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z882" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объем обучения в кредитах (в часах) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z715" w:id="238"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z883" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Документы, подтверждающие результаты непрерывного профессионального развития работников системы здравоохранения, согласно Правилам подтверждения результатов непрерывного профессионального развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z884" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сведения о наличии либо отсутствии запрета на осуществление медицинской деятельностью по заявляемой специальности или специализации согласно данным из информационного сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан _____.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z885" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Примечание: *Уровень квалификации указывается в соответствии с </w:t>
-[...118 lines deleted...]
-    </w:p>
+      Примечание*: Уровень квалификации выдается медицинским работникам по клиническим специальностям согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 20 декабря 2020 года № ҚР ДСМ-283/2020 "Об утверждении правил подтверждения результатов непрерывного профессионального развития, присвоения и подтверждения уровней квалификации работников здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21843).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19610,77 +18919,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
-[...25 lines deleted...]
-              <w:t>здравоохранения за пределами</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19720,175 +19003,232 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z355" w:id="239"/>
+    <w:bookmarkStart w:name="z355" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификат иностранного специалиста для допуска к клинической практике</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t>________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 - в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z886" w:id="259"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       действительно получил (получила) настоящий сертификат иностранного специалиста</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>для допуска к клинической практике по специальности или специализации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(специальность или специализации по номенклатуре)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Уровень квалификации __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>Приказ руководителя государственного органа, вынесшего решение о его выдаче</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>от "____" ___________ 20 ____ года № ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19931,146 +19271,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата выдачи "____" ___________ 20 ___ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись руководителя_____________</w:t>
-      </w:r>
-[...94 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20275,2025 +19519,2326 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
-[...25 lines deleted...]
-              <w:t>здравоохранения за пределами</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z468" w:id="240"/>
+    <w:bookmarkStart w:name="z468" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 8 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 26.04.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Наименование государственной услуги:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование услугодателя</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+"Выдача сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения".</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальные департаменты Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан (далее – услугодатель)</w:t>
+Наименование подвидов государственной услуги:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- подтверждение сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- переоформление сертификата специалиста в сфере санитарно-эпидемиологического благополучия населения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способы предоставления государственной услуги</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-через веб-портал "электронного правительства": ww.egov.kz, www.elicense.kz (далее – Портал)</w:t>
+Территориальные департаменты Комитета санитарно-эпидемиологического контроля Министерства здравоохранения Республики Казахстан (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Срок оказания государственной услуги</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 (десять) рабочих дней</w:t>
+через веб-портал "электронного правительства": www.egov.kz, www.elicense.kz (далее – Портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Форма оказания государственной услуги</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Электронная (частично автоматизированная)</w:t>
+              <w:t xml:space="preserve">
+10 (десять) рабочих дней </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат оказания государственной услуги</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Сертификат специалиста либо мотивированный ответ об отказе в оказании государственной услуги</w:t>
+              <w:t xml:space="preserve">
+Электронная (частично автоматизированная) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Государственная услуга оказывается физическим лицам (далее – услугополучатель) на бесплатной основе.</w:t>
+Сертификат специалиста либо мотивированный ответ об отказе в оказании государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя и объектов информации</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
-[...16 lines deleted...]
-              <w:t>2) портала: круглосуточно (за исключением технических перерывов в связи с проведением ремонтных работ). При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания услуги осуществляется следующим рабочим днем.</w:t>
+Государственная услуга оказывается физическим лицам (далее – услугополучатель) по месту осуществления трудовой деятельности на бесплатной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-Для первоначальной выдачи сертификата:</w:t>
-[...408 lines deleted...]
-              <w:t>Первоначальной выдаче сертификата подлежит специалист, осуществляющий трудовые обязанности в сфере санитарно-эпидемиологического благополучия населения без наличия свидетельства о сертификационном курсе и оценки профессиональной подготовленности, выданной организацией по оценке.</w:t>
+2) портала: круглосуточно (за исключением технических перерывов в связи с проведением ремонтных работ). При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно Трудового кодекса Республики Казахстан, прием заявлений и выдача результатов оказания услуги осуществляется следующим рабочим днем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Для получения сертификата специалиста (на заявляемую специальность или специализацию) услугополучатель с медицинским образованием представляет: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) заявление по форме электронного документа согласно приложению 11 к Правилам проведения сертификации специалиста в области здравоохранения, подтверждения действия сертификата специалиста в области здравоохранения, включая иностранных специалистов, а также условия допуска к сертификации специалиста в области здравоохранения лица, получившего медицинское образование за пределами Республики Казахстан, утвержденным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-274/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21818) (далее – Правила сертификации), удостоверенного электронной цифровой подписью (далее - ЭЦП) услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) электронная форма сведений согласно приложению 12 к Правилам сертификации; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
-[...104 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+3) электронная копия диплома о высшем, послевузовском, техническом и профессиональном, послесреднем образовании, при отсутствии сведений в информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) электронная копия документа о признании и (или) нострификации документов об образовании услугополучателя, получившего образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с приказами Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 268</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Об утверждении Правил признания документов об образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32800) и Министра просвещения Республики Казахстан от 28 июля 2023 года </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 230</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Об утверждении Правил признания документов о среднем, техническом и профессиональном, послесреднем образовании" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33219) (далее – Правила признания), при получении медицинского образования за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) электронная копия свидетельства о сертификационном курсе с приложением (транскрипт), полученного в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-303/2020 "Об утверждении правил дополнительного и неформального образования специалистов в области здравоохранения, квалификационных требований к организациям, реализующим образовательные программы дополнительного и неформального образования в области здравоохранения, а также правил признания результатов обучения, полученных специалистами в области здравоохранения через дополнительное и неформальное образование" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21847) (далее – Правила дополнительного образования) не менее 10 кредитов (300 академических часов) (на заявляемую специализацию); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) электронная копия документа, подтверждающего трудовую деятельность, предоставляется один из документов, предусмотренных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Трудового Кодекса Республики Казахстан, при отсутствии сведений в информационных системах (кроме выпускников). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для получения сертификата специалиста при перерыве трудового стажа работы по специальности (с медицинским образованием) или специализации (с немедицинским образованием) более 3 лет услугополучатель представляет:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление по форме электронного документа согласно приложению 11 к Правилам сертификации, удостоверенного ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) электронная форма сведений согласно приложению 12 к Правилам сертификации; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия диплома о высшем, послевузовском, техническом и профессиональном, послесреднем образовании, при отсутствии сведений в информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия документа о признании и (или) нострификации документов об образовании услугополучателя, получившего образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданного в соответствии с Правилами признания, при получении медицинского образования за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия свидетельства о повышении квалификации, полученного в соответствии с Правилами дополнительного образования в общем объеме не менее 6 кредитов (180 академических часов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) электронная копия документа, подтверждающего трудовую деятельность, предоставляется один из документов, предусмотренных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Трудового Кодекса Республики Казахстан, при отсутствии сведений в информационных системах; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7) электронная копия результата оценки профессиональной подготовленности, выданного организацией по оценке в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-249/2020 "Об утверждении правил оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21763) (далее - Правила оценки знаний и навыков). </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для получения сертификата специалиста услугополучатель с немедицинским образованием представляет:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление по форме электронного документа согласно приложению 11 к Правилам сертификации, удостоверенного ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) электронная форма сведений согласно приложению 12 к Правилам сертификации; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия диплома о высшем, послевузовском образовании, при отсутствии сведений в информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) электронная копия документа о признании и (или) нострификации документов об образовании услугополучателя, получившего образование в других государствах и международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с Правилами признания, при получении образования за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронная копия свидетельства о сертификационном курсе с приложением (транскрипт), полученного в соответствии с Правилами дополнительного образования не менее 10 кредитов (300 академических часов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) электронная копия документа, подтверждающего трудовую деятельность, предоставляется один из документов, предусмотренных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Трудового Кодекса Республики Казахстан, при отсутствии сведений в информационных системах. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Для подтверждения сертификата специалиста и сертификата специалиста с истекшим сроком действия менее 3 лет услугополучатель представляет: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление по форме электронного документа согласно приложению 11 к Правилам сертификации, удостоверенного ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) электронная копия документа, подтверждающего трудовую деятельность, предоставляется один из документов, предусмотренных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 35</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Трудового Кодекса Республики Казахстан, при отсутствии сведений в информационных системах;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) электронная копия свидетельства о повышении квалификации (за последние 5 лет), полученного в соответствии с Правилами дополнительного образования в общем объеме не менее 4 кредитов (120 академических часов) для услугополучателей, имеющих действующий сертификат специалиста без перерыва трудовой деятельности по заявляемой специальности или специализации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для переоформления сертификата специалиста услугополучатель представляет:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление по форме согласно приложению 10 к Правилам сертификации, удостоверенного ЭЦП услугополучателя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) копии документов, содержащих информацию об изменениях, послуживших основанием для переоформления сертификата, за исключением документов, информация из которых содержится в государственных информационных системах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К документу, выданному на иностранном языке, дополнительно предоставляется электронная копия нотариально заверенного перевода на казахском или русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Адреса мест оказания государственной услуги размещены на интернет-ресурсе gov.egov.kz.</w:t>
-[...67 lines deleted...]
-              <w:t>5. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе: gov.egov.kz. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+ 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ 5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Адреса мест оказания государственной услуги размещены на интернет-ресурсе gov.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Для лиц с ограниченными физическими возможностями наличие пандуса, кнопки вызова, тактильной дорожки для слепых и слабовидящих, зала ожидания, стойки с образцами документов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе: gov.egov.kz. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...83 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22392,592 +21937,454 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификата специалиста в</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>области здравоохранения,</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>допуска к сертификации специалиста</w:t>
+              <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области здравоохранения лица,</w:t>
+              <w:t>специалиста в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>здравоохранения лица,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образование в области</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>Республики Казахстан</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z471" w:id="241"/>
+    <w:bookmarkStart w:name="z471" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Сертификат специалиста в области здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 9 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...277 lines deleted...]
-</w:t>
+      <w:bookmarkStart w:name="z887" w:id="262"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительно получил (получила) настоящий сертификат специалиста</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для осуществления деятельности в сфере санитарно-эпидемиологического</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>благополучия населения по специальности, специализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(специальность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(специализация)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "____" ___________ 20 ___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата подтверждения сертификата "____" ___________ 20 ___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При подтверждении/переоформлении сертификата указывается № ____НИКАД</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23078,758 +22485,692 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификата специалиста в</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>области здравоохранения,</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>допуска к сертификации специалиста</w:t>
+              <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в области здравоохранения лица,</w:t>
+              <w:t>специалиста в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>здравоохранения лица,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
-[...25 lines deleted...]
-              <w:t>здравоохранения за пределами</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z473" w:id="242"/>
+    <w:bookmarkStart w:name="z473" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    Заявление для переоформления сертификата специалиста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 10 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...128 lines deleted...]
-        <w:t xml:space="preserve">                   (дата выдачи, № НИКАД, наименование услугодателя)</w:t>
+      <w:bookmarkStart w:name="z888" w:id="264"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование услугодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при наличии) физического лица, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер) Прошу переоформить сертификат специалиста</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№____от "__" ___20_ года,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданную________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата выдачи, № НИКАД, наименование услугодателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>по следующему(им) основанию(ям) (укажите в соответствующей ячейке Х):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...214 lines deleted...]
-      Даю согласие на сбор и обработку персональных данных, необходимых для оказания</w:t>
+        <w:t>1) наличие в документе ошибок (опечаток)____________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) изменения фамилии, имени, отчества (при его наличии) услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) наличие требования о переоформлении в законах Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес услугополучателя ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Электронная почта ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес объекта осуществления деятельности или действий (операций)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(почтовый индекс, область, город, район, населенный пункт, наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улицы, номер дома/здания (стационарного помещения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Я предоставляю достоверные сведения и документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор и обработку персональных данных, необходимых для оказания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...96 lines deleted...]
-</w:t>
+        <w:t>Подпись число, месяц, год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23930,90 +23271,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификата специалиста в</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>области здравоохранения,</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -24034,644 +23375,350 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>образование в области</w:t>
-[...24 lines deleted...]
-              </w:rPr>
               <w:t>Республики Казахстан</w:t>
-            </w:r>
-[...206 lines deleted...]
-              <w:t>Место проживания____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z476" w:id="243"/>
+    <w:bookmarkStart w:name="z476" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 11 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...146 lines deleted...]
-      Даю согласие на сбор и обработку персональных данных, необходимых для оказания</w:t>
+      <w:bookmarkStart w:name="z889" w:id="266"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас выдать/подтвердить (нужное подчеркнуть) сертификат специалиста</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для осуществления деятельности в сфере санитарно-эпидемиологического</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>благополучия населения _____ (при подтверждении, указывается номер НИКАД</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сертификата специалиста)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование специальности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование специализация)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Я предоставляю достоверные сведения и документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор и обработку персональных данных, необходимых для оказания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...96 lines deleted...]
-</w:t>
+        <w:t>Подпись число, месяц, год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24772,90 +23819,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подтверждения действия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификата специалиста в</w:t>
+              <w:t>сертификата специалиста</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>области здравоохранения,</w:t>
+              <w:t>в области здравоохранения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>включая иностранных специалистов,</w:t>
+              <w:t>включая иностранных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также условия</w:t>
+              <w:t>специалистов, а также условия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>допуска к сертификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -24876,1065 +23923,1059 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>получившего медицинское</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и (или) фармацевтическое</w:t>
-[...25 lines deleted...]
-              <w:t>здравоохранения за пределами</w:t>
+              <w:t>образование за пределами</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z478" w:id="244"/>
+    <w:bookmarkStart w:name="z478" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 12 в соответствии с приказом Министра здравоохранения РК от 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра здравоохранения РК от 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z479" w:id="245"/>
+    <w:bookmarkStart w:name="z890" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Результат оценки профессиональной подготовленности и подтверждения соответствия квалификации специалистов для специалистов в сфере санитарно-эпидемиологического благополучия населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z485" w:id="251"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z891" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Наименование заявляемой специальности________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z892" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Наименование заявляемой специализации _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z893" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Орган выдавший заключение оценки____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z894" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Число, месяц, год получения заключения оценки__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z895" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Образование __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z896" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1. Образование (среднее образование, после среднее образование, техническое и профессиональное образование, высшее образование) (сканированная копия диплома)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-[...160 lines deleted...]
-    <w:bookmarkStart w:name="z494" w:id="260"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z897" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2. Номер диплома_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z898" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3. Серия диплома_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z899" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4. Полное наименование организации образования ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z900" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.5. Страна обучения______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z901" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.6. Год поступления______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z902" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.7. Год окончания _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z903" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.8. Специальность по диплому_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z904" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.9. Квалификация по диплому_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z905" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.10. Нострификация и признание диплома (для лиц получивших образование за пределами Республики Казахстан) (сканированная копия документа о нострификации)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z501" w:id="267"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z906" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Страна обучения_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z907" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полное наименование организации образования ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z908" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган выдавший удостоверение о нострификации _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z909" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Номер приказа нострификации ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z910" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Регистрационный номер нострификации _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z911" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи удостоверения нострификации__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z912" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о послевузовском образовании (магистратуры) (при наличии) по заявляемой специальности (для специалистов с высшим образованием) (сканированная копия документа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z509" w:id="275"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z913" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1. Специальность магистратуры ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z914" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Год поступления _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z915" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Год окончания _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z916" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Продолжительность обучения __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z917" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.5. Объем обучения в часах ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z918" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.6. Полное наименование организации______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z919" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.7. Место прохождения магистратуры______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z920" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о свидетельстве о сертификационном курсе по заявляемой специализации (сканированная копия документа)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-[...200 lines deleted...]
-    <w:bookmarkStart w:name="z520" w:id="286"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z921" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.1. Номер свидетельства о сертификационном курсе ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z922" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Специализация сертификационного курса_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z923" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3. Название обучающей организации________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z924" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.4. Объем обучения в часах ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z925" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5. Начало обучения_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z926" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.6. Окончание обучения____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z927" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Сведения о настоящем месте работы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z928" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Стаж работы по заявляемой специальности (лет, месяцев, дней) ______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z929" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Место работы в настоящее время_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z930" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Занимаемая должность _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z931" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.4. Трудовая деятельность по заявляемой специальности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="309"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z521" w:id="287"/>
+          <w:bookmarkStart w:name="z932" w:id="310"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата приема</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="287"/>
+          <w:bookmarkEnd w:id="310"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -26271,210 +25312,210 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z535" w:id="288"/>
+    <w:bookmarkStart w:name="z946" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Повышение квалификации за последние 5 лет по заявляемой специализации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z537" w:id="290"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z947" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о свидетельстве о повышении квалификации по заявляемой специальности _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z948" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) номер свидетельства о повышении квалификации_______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z949" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование цикла ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z950" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) название обучающей организации________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z951" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) начало обучения_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z952" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) окончание обучения ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z953" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) объем обучения в часах_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26566,349 +25607,349 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-274/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z233" w:id="296"/>
+    <w:bookmarkStart w:name="z233" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z234" w:id="297"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z234" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 29 июня 2015 года № 531 "Об утверждении Правил, сроков выдачи и отзыва свидетельства о присвоении квалификационной категории для специалистов в области здравоохранения, за исключением специалистов в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11787, опубликован 10 августа 2015 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z235" w:id="298"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z235" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 28 августа 2015 года № 693 "Об утверждении Правил проведения сертификации специалистов в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12134, опубликован 6 октября 2015 года в Информационно-правовой системе "Әділет"); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z236" w:id="299"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z236" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 18 сентября 2015 года № 733 "Об утверждении Правил допуска иностранных специалистов к клинической практике, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в Национальном холдинге в области здравоохранения и его дочерних организациях, а также в "Назарбаев Университет" или его медицинских организациях, в медицинских организациях Управления делами Президента Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 94709, опубликован 29 октября 2015 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z237" w:id="300"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z237" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 5 июля 2016 года № 596 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 29 июня 2015 года № 531 "Об утверждении Правил выдачи и отзыва свидетельства о присвоении квалификационной категории для специалистов в области здравоохранения, за исключением специалистов в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14081, опубликован 11 августа 2016 года в Информационно-правовой системе "Әділет");</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z238" w:id="301"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z238" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 26 мая 2017 года № 337 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 18 сентября 2015 года № 733 "Об утверждении Правил допуска иностранных специалистов к клинической практике, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в Национальном холдинге в области здравоохранения и его дочерних организациях, а также в "Назарбаев Университет" или его медицинских организациях, в медицинских организациях Управления делами Президента Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15272, опубликован 11 июля 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z239" w:id="302"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z239" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 03 января 2018 года № 1 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20333, опубликован 13 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z240" w:id="303"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z240" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 17 мая 2019 года № ҚР ДСМ-81 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 18 сентября 2015 года № 733 "Об утверждении Правил допуска иностранных специалистов к клинической практике, за исключением лиц, приглашенных к осуществлению профессиональной медицинской деятельности в Национальном холдинге в области здравоохранения и его дочерних организациях, а также в "Назарбаев Университет" или его медицинских организациях, в медицинских организациях Управления делами Президента Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18701, опубликован 30 мая 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z241" w:id="304"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z241" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26943,105 +25984,105 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов в области здравоохранения, в которые вносятся изменения, утвержденого приказом Министра здравоохранения Республики Казахстан от 4 апреля 2020 года № ҚР ДСМ-27/2020 "О внесении изменений в некоторые приказы в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20333, опубликован 13 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>