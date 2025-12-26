--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f39f7eb" w14:textId="f39f7eb">
+    <w:p w14:paraId="3a24f4c" w14:textId="3a24f4c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -974,74 +974,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Доклинические (неклинические) исследования проводятся при наличии следующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) положительного заключения Локальной комиссии по биоэтике;</w:t>
+      1) положительного заключения Локальной комиссии по биоэтике, при условии наличия сертификата соответствия стандартам деятельности биоэтических комиссий, выдаваемого Центральной комиссией по биоэтике;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) положительного заключения консультативно-совещательного органа, уполномоченного рассматривать вопросы научной и (или) научно-технической деятельности (ученый, научный, научно-клинический, экспертный совет) в исследовательском центре (далее – Совет).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Спонсор или руководитель исследования представляет в Локальную комиссию по биоэтике следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2617,993 +2679,1219 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Протокол исследования подписывается всеми лицами, участвовавшими в проведении исследования, с указанием фамилии, имени, отчества (при наличии), ученой степени (при наличии), а также с указанием даты подписания и номера протокола исследования, позволяющих идентифицировать данный протокол.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      27. Изменения сведений, содержащихся в протоколе исследования, оформляются в виде дополнений к протоколу, которые подписываются всеми лицами, участвовавшими в проведении исследования, с указанием причин изменений, даты и номера дополнения к протоколу исследования.</w:t>
+        <w:t xml:space="preserve">
+      27. Изменения сведений, содержащихся в протоколе исследования, оформляются в виде дополнений к протоколу, которые подписываются всеми лицами, участвовавшими в проведении исследования, с указанием причин изменений, даты и номера дополнения к протоколу исследования. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkStart w:name="z152" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      О внесении изменений в протокол исследования Локальная комиссия по биоэтике и Совет уведомляются в письменной форме в течение трех рабочих дней с момента подписания дополнения к протоколу. Уведомление содержит сведения о характере изменений, их причины, дату и номер дополнения, а также копию дополнений к протоколу исследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. После завершения доклинического (неклинического) исследования лицом, ответственным за проведение данного исследования, составляется и подписывается отчет о результатах исследования, который содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z100" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z101" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) код и идентификация отчета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование, адрес организации, проводившей исследование, и место проведения исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) даты начала и завершения исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) цель и задачи исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) фамилию, имя, отчество (при наличии), ученую степень (при наличии) лица, ответственного за проведение исследования, и лиц, участвующих в проведении исследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) описание исследуемого лекарственного средства, включая состав, физико-химические, биологические, фармацевтические свойства, номер серии, срок годности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z107" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) описание хода исследования с указанием использованных материалов и методов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z108" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) описание использованных оборудования, средств измерения и реактивов, реагентов, стандартных образцов и тест-систем (в случае их использования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z109" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) информацию об экспериментальных животных (вид, пол, возраст, масса тела, количество животных в группе);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) способ введения, дозы и кратность введения лекарственного средства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z111" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) описание и оценку процедур статистического анализа с указанием использованного программного обеспечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z112" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) результаты исследования со ссылками на соответствующие первичные данные о результатах измерений и наблюдений, а также их статистический анализ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z113" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) выводы исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z153" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1. Подписанный отчет о результатах доклинического (неклинического) исследования направляется в Локальную комиссию по биоэтике и Совет в письменной форме в течение пяти рабочих дней с момента его подписания. Факт направления отчета фиксируется в журнале регистрации документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28-1 в соответствии с приказом Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. К отчету о результатах доклинического (неклинического) исследования прилагаются методы контроля, подлежащие валидации, копии протоколов валидации (в случае их использования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z115" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Руководитель организации, проводящей доклиническое (неклиническое) исследование, обеспечивает выполнение требований, установленных планом исследования, объективность и независимость проведения исследования, а также достоверность получаемых результатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z116" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Используемые при проведении доклинического (неклинического) исследования реактивы и реагенты, стандартные вещества и тест-системы соответствуют требованиям, указанным в плане исследования, применяются до истечения срока их годности, имеют маркировку, позволяющую их идентифицировать.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z117" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Все процедуры, связанные с уходом за экспериментальными животными, подлежат учету на бумажном носителе и (или) в электронном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z118" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Вновь поступившие экспериментальные животные подлежат карантинированию не менее семи календарных дней для оценки состояния здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z119" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Для обеспечения индивидуального наблюдения в процессе проведения доклинического (неклинического) исследования экспериментальные животные идентифицируются. В отношении мелких грызунов допускается групповая идентификация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z120" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Все клетки, вольеры, контейнеры, предназначенные для содержания экспериментальных животных маркируются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z121" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Экспериментальные животные одного вида содержатся в одинаковых условиях, оптимальных для данного вида животных, имеют свободный доступ к кормам и воде. Корма и вода обеспечивают потребности животных в питательных веществах и не влияют на результаты исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z122" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. При работе с экспериментальными животными соблюдаются следующие Принципы гуманного и бережного отношения к животным:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z123" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) использование научно обоснованного и соответствующего поставленным задачам исследования вида экспериментальных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z124" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) использование экспериментальных животных в минимальном количестве, которое требуется для получения научно достоверных и статистически обоснованных результатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) использование, при возможности, научно обоснованных альтернативных методов и материалов, включающих беспозвоночных животных, культуры клеток, микроорганизмы взамен теплокровных экспериментальных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение продолжительных, болезненных манипуляций, хирургических операций на экспериментальных животных с применением седативных, анальгетических лекарственных препаратов, лекарственных препаратов для наркоза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z127" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) умерщвление животных безболезненным способом в конце или в процессе доклинического исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. На начало проведения доклинического (неклинического) исследования используются здоровые экспериментальные животные, не являющиеся носителями биологических агентов, способных повлиять на результаты исследования, если иное не предусмотрено планом доклинического (неклинического) исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Отбор проб биологических материалов проводится в пробирки (флаконы, контейнеры) с соответствующей маркировкой и кодировкой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Образцы лекарственного средства сопровождаются представленной разработчиком документацией, содержащей условия и сроки хранения, информацию о мерах по обеспечению безопасности работы с исследуемым лекарственным средством, растворителями и при необходимости информацией о процедуре растворения, устройствами для введения лекарственного средства экспериментальным животным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Образцы исследуемых лекарственных средств подлежат учету по приему, расходу, возврату или утилизации в соответствии с процедурой, утвержденной в лаборатории, проводящей исследование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Хранение образцов исследуемого лекарственного средства осуществляется в условиях, установленных разработчиком, в упаковке, обеспечивающей защиту от загрязнения или порчи, обеспечивающих их стабильность в процессе хранения, в отдельной зоне помещений, предназначенных для проведения доклинического (неклинического) исследования, с ограниченным доступом. Параметры окружающей среды зоны хранения образцов регулярно регистрируются в порядке, утвержденном организацией, проводящей исследование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Образцы лекарственного средства, представленные для проведения доклинического (неклинического) исследования, имеют срок годности, достаточный для завершения доклинического (неклинического) исследования. Использование в доклиническом (неклиническом) исследовании образцов лекарственного средства с истекшим сроком годности или хранившихся в условиях, не соответствующих условиям хранения, установленным разработчиком, не допускается. В случае длительного доклинического (неклинического) исследования, превышающего срок годности лекарственного средства, условия замены образцов лекарственного средства и критерии приемлемости описываются в плане исследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Уничтожение остатков исследуемого образца осуществляется в соответствии с установленными в лаборатории процедурами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Документы, оформляемые при проведении доклинического (неклинического) исследования в соответствии с настоящими Правилами, подлежат учету в электронном и (или) бумажном виде организацией, их оформившей, в журнале (журналах) учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Документы, оформляемые при проведении доклинического (неклинического) исследования в соответствии с настоящими Правилами, или их копии подлежат хранению по установленным требованиям у исполнителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Документы, оформляемые сторонней организацией при проведении доклинического (неклинического) исследования в соответствии с настоящими Правилами, или их копии подлежат хранению в течение трех лет. Необходимость дальнейшего хранения в сторонних организациях указанных документов определяется договором, заключенным разработчиком и сторонней организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z138" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Исследования (испытания) оценки биологического действия медицинских изделий проводятся для определения приемлемости любого потенциального неблагоприятного биологического ответа, возникающего в результате контакта материалов медицинского изделия с организмом человека.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z139" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z139" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Исследования (испытания) оценки биологического действия медицинских изделий проводятся в соответствии со Стандартом GLP и Стандартом ISO 10993.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z140" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      50. Все доклинические (неклинические) исследования, проводимые на территории Республики Казахстан, подлежат регистрации в Национальном регистре биомедицинских исследований в порядке, определяемой в соответствии с </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="135"/>
+      50. Все доклинические (неклинические) исследования, проводимые на территории Республики Казахстан, подлежат регистрации в Национальном регистре биомедицинских исследований в течение 5 (пяти) рабочих дней с момента инициирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z154" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информация о начале и актуализация данных и результатов доклинических (неклинических) исследований в Национальном регистре биомедицинских исследований вносится в течение 10 (десяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Требования к доклиническим базам оценки биологического действия медицинских изделий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z142" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Требованиями к доклиническим базам оценки биологического действия медицинских изделий являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z143" w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z143" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соответствие требованиям Стандарта GLP (при проведении доклинических исследований лекарственных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z144" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствие требованиям Стандарта GLP и Стандарта ISO 10993 (при проведении исследований (испытаний) оценки биологического действия медицинских изделий).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3786,68 +4074,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
+    <w:bookmarkStart w:name="z147" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Резюме исследователя</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4989,55 +5277,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>