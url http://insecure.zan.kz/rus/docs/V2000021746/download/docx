--- v0 (2025-10-12)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b62d744" w14:textId="b62d744">
+    <w:p w14:paraId="1537244" w14:textId="1537244">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4360,64 +4360,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специализированной, в том числе</w:t>
+              <w:t>специализированной, в том</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>высокотехнологичной</w:t>
+              <w:t>числе высокотехнологичной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинской помощи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z136" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -4425,61 +4425,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критерии к организациям здравоохранения, оказывающим высокотехнологичную медицинскую помощь</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции приказа Министра здравоохранения РК от 28.12.2023 </w:t>
+      Сноска. Приложение 2 - в редакции приказа Министра здравоохранения РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 175</w:t>
+        <w:t>№ 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4763,123 +4763,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имплантация бивентрикулярного электрокардиостимулятора без упоминания дефибрилляции системы в целом (CRT-P)</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики.</w:t>
+Имплантация бивентрикулярного электрокардиостимулятора без упоминания дефибриллятора системы в целом (CRT-P)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в штате специалиста, имеющего сертификат "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 108 часов за последние </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 лет, допуск к работе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4948,123 +4984,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имплантация бивентрикулярного дефибриллятора системы в целом (CRT-D)</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики.</w:t>
+Имплантация бивентрикулярного дефибриллятора, системы в целом (CRT-D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 108 часов за последние </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5 лет, допуск к работе </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5168,88 +5240,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-Биплановая ангиографическая установка. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф. Интраоперационный мониторинг гемодинамики. Наркозно-дыхательный аппарат.</w:t>
+              <w:t xml:space="preserve">
+Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам эндоваскулярной нейрохирургии не менее 432 часов за последние </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 года. Опыт самостоятельных эндоваскулярных операций на сосудах головного мозга не менее 50 в год. Допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Биплановая ангиографическая установка. Магнитно-резонансный томограф </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с магнитным полем не менее 1,5 тесла. Компьютерный томограф. Интраоперационный мониторинг гемодинамики. Наркозно-дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5318,123 +5426,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Забор органа и (или) ткани от кадавра для трансплантации</w:t>
-[...71 lines deleted...]
-Аппарат для гемодиализа и гемодиафильтрации - не менее 2, аппарат ультразвуковой с доплером –- не менее 2, компьютерный томограф – 1, ангиограф - 1, коагулятор операционный - не менее 2, отсос аспирационный - 2, дозатор лекарственных средств - 4, электрокардиограф - 1, аппарат искусственной вентиляции легких - 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый - 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 3, анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический – 1.</w:t>
+Забор органа и/или ткани от кадавра для трансплантации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)", стаж работы в отделении трансплантации не менее 3 лет, свидетельство о повышении квалификации по трансплантации органов в объеме не менее 108 часов за последние 3 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат для гемодиализа и гемодиафильтрации – не менее 2, аппарат ультразвуковой с доплером – не менее 2, компьютерный томограф – 1, ангиограф – 1, коагулятор операционный – не менее 2, отсос аспирационный - 2, дозатор лекарственных средств – 4, электрокардиограф – 1, аппарат искусственной вентиляции легких – 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый – 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 3, анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический – 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5575,51 +5683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Интраоперационный электроэнцефалограф. Хирургическая навигационная установка для вмешательств на головном мозге. Операционный нейрохирургический микроскоп. Система для функциональной нейрохирургии и биопсии. Наркозно-дыхательный аппарат. "Краниотом" из "Набор для обработки костей". Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Нейрохирургический операционный стол с аксессуарами для нейрохирургии. Компьютерный томограф. Набор нейрохирургических инструментов. Набор микронейрохирургических инструментов. Операционный коагулятор. Ультразвуковой диссектор.</w:t>
+Интраоперационный электроэнцефалограф. Хирургическая навигационная установка для вмешательств на головном мозге. Операционный нейрохирургический микроскоп. Система для функциональной нейрохирургии и биопсии. Наркозно-дыхательный аппарат. "Краниотом" из набора для обработки костей. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Нейрохирургический операционный стол с аксессуарами для нейрохирургии. Компьютерный томограф. Набор нейрохирургических инструментов. Набор микронейрохирургических инструментов. Операционный коагулятор. Ультразвуковой диссектор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5724,87 +5832,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам стереотаксической и функциональной нейрохирургии в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций с применением стереотаксической системы не менее 20 в год.</w:t>
-[...35 lines deleted...]
-Рамочная стереотаксическая система. Краниотом. Нейрохирургический операционный стол с возможностью жесткой фиксации. Набор нейрохирургических инструментов. Биполярный коагулятор. Магниторезонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам стереотаксической и функциональной нейрохирургии в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций с применением стереотаксической системы не менее 20 в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рамочная стереотаксическая система. Краниотом. Нейрохирургический операционный стол с возможностью жесткой фиксации. Набор нейрохирургических инструментов. Биполярный коагулятор. Магниторезонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5909,87 +6017,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам стереотаксической и функциональной нейрохирургии в объеме не менее 216 часов за последние 3 года.</w:t>
-[...35 lines deleted...]
-Рамочная стереотаксическая система. Краниотом. Нейрохирургический операционный стол с возможностью жесткой фиксации. Набор нейрохирургических инструментов. Биполярный коагулятор. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам стереотаксической и функциональной нейрохирургии в объеме не менее 216 часов за последние 3 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рамочная стереотаксическая система. Краниотом. Нейрохирургический операционный стол с возможностью жесткой фиксации. Набор нейрохирургических инструментов. Биполярный коагулятор. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6058,51 +6166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- Имплантация нейростимулятора головного мозга с применением стереотаксической системы </w:t>
+Имплантация нейростимулятора головного мозга с применением стереотаксической системы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6129,52 +6237,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Рамочная стереотаксическая система. Краниотом. Нейрохирургический операционный стол с возможностью жесткой фиксации. Набор нейрохирургических инструментов. Биполярный коагулятор. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф. </w:t>
+              <w:t>
+Рамочная стереотаксическая система. Краниотом. Нейрохирургический операционный стол с возможностью жесткой фиксации. Набор нейрохирургических инструментов. Биполярный коагулятор. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6279,87 +6387,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам функциональной нейрохирургии в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций на позвоночнике и спинном мозге не менее 50 в год.</w:t>
-[...35 lines deleted...]
-Наркозно–дыхательный аппарат. Аппарат мобильный рентгеновский хирургический с С-дугой. Электротрепан с набором для спинальной нейрохирурии. Магнитно-резонансный томограф. Нейрохирургический операционный стол с аксессуарами для нейрохирургии. Компьютерный томограф. Набор нейрохирургических инструментов для спинальной нейрохирургии.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам функциональной нейрохирургии в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций на позвоночнике и спинном мозге не менее 50 в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наркозно–дыхательный аппарат. Аппарат мобильный рентгеновский хирургический с С-дугой. Электротрепан </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с набором для спинальной нейрохирургии. Магнитно-резонансный томограф. Нейрохирургический операционный стол </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с аксессуарами для нейрохирургии. Компьютерный томограф. Набор нейрохирургических инструментов для спинальной нейрохирургии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6392,51 +6536,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.95*</w:t>
+20.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6464,87 +6608,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Оториноларингология" (сурдология) (взрослая, детская)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по вопросам отохирургии и кохлеарной имплантации. Наличие в штате специалиста, имеющего сертификат по специальности "Оториноларингология" (сурдология) (взрослая, детская)" с наличием повышения квалификации по настройке кохлеарного импланта.</w:t>
-[...35 lines deleted...]
-Микроскоп. Тимпанальный хирургический набор. Кохлеарный имплант. Бормашина. Ноутбук с программой для подключения и настройки кохлеарного импланта.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Оториноларингология" (сурдология) (взрослая, детская)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по вопросам отохирургии и кохлеарной имплантации. Наличие в штате специалиста, имеющего сертификат по специальности "Оториноларингология" (сурдология) (взрослая, детская)" с наличием повышения квалификации по настройке кохлеарного импланта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микроскоп. Тимпанальный хирургический набор. Кохлеарный имплант. Бормашина. Ноутбук с программой для подключения и настройки кохлеарного импланта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6648,88 +6792,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор Инфузомат. Датчик чреспищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции. Аппарат для перфузии донорского легкого.</w:t>
+              <w:t xml:space="preserve">
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)" или </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Кардиохирургия (взрослая, детская)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, стаж работы в отделении трансплантации не менее 3-х лет, повышение квалификации по специальности в объеме не менее 108 часов за последние 3 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции. Аппарат для перфузии донорского легкого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6798,123 +6978,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комбинированная трансплантация комплекса "сердце – легкое"</w:t>
-[...71 lines deleted...]
-Аппарат для гемодиализа и гемодиафильтрации. Аппарат для внутриаортальной баллонной контрпульсации. Центрифужный насос крови. Аппарат для перевозки донорских органов. Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Операционный монитор. Перфузор. Инфузомат. Датчик чреспищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции. Аппарат для перфузии донорского легкого и сердца.</w:t>
+Комбинированная трансплантация комплекса "сердце-легкое"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат специалиста по специальности "Общая хирургия (трансплантология)" или "Кардиохирургия (взрослая, детская)", повышение квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, по трансплантации комплекса "сердце-легкое", стаж работы в отделении трансплантации не менее 3-х лет, повышение квалификации по специальности в объеме не менее 108 часов за последние 3 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аппарат для гемодиализа и гемодиафильтрации. Аппарат для внутриаортальной баллонной контрпульсации. Центрифугный насос крови. Аппарат для перевозки донорских органов. Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Операционный монитор. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции. Аппарат для перфузии донорского легкого и сердца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7019,87 +7217,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Ангиографическая установка с системой гемодинамики. Наркозно-дыхательный аппарат. Бифазный дефибриллятор. Аппарат искусственного кровообращения.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики. Наркозно-дыхательный аппарат. Бифазный дефибриллятор. Аппарат искусственного кровообращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7204,87 +7402,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7389,87 +7623,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7574,87 +7844,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Ангиографическая установка с системой гемодинамики. Электрокардиостимулятор временный. Бифазный дефибрилятор. Внутриаортальный балонный контрпульсатор. Эхокардиография с датчиком частоты пульса.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики. Электрокардиостимулятор временный. Бифазный дефибриллятор. Внутриаортальный баллонный контрпульсатор. Эхокардиография с датчиком частоты пульса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7759,87 +8029,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7908,123 +8232,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Открытая и другая замена аортального клапана тканевым трансплантантом</w:t>
-[...71 lines deleted...]
-ефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Электрокоагулятор хирургический. Датчик чрезпищеводный. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат для пациентов от 0,5 кг с мониторингом. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Открытая и другая замена аортального клапана тканевым трансплантатом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Электрокоагулятор хирургический. Датчик чрезпищеводный. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат для новорожденных с мониторингом. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8093,123 +8471,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Открытая и другая замена митрального клапана тканевым трансплантантом</w:t>
-[...71 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
+Открытая и другая замена митрального клапана тканевым трансплантатом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8314,87 +8746,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический.Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат для пациентов от 0,5 кг с мониторингом. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат для новорожденных </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с мониторингом. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8499,87 +8949,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8684,87 +9134,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8869,87 +9319,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская"", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9054,87 +9504,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический.Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Элетрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9239,87 +9689,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9424,87 +9892,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Генератор радиочастотной абляции.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Генератор радиочастотной аблации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9573,123 +10059,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клипирование митрального клапана</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики. Наркозно-дыхательный аппарат. Бифазный дефибриллятор. Аппарат искусственного кровообращения.</w:t>
+Клипирование митрального отверстия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики. Наркозно-дыхательный аппарат. Бифазный дефибриллятор. Аппарат искусственного кровообращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9794,87 +10280,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Генератор радиочастотной абляции.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Генератор радиочастотной аблации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9943,123 +10465,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Двойное внутреннее маммарно - коронарное шунтирование</w:t>
-[...71 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат.</w:t>
+Двойное внутреннее маммарно-коронарное шунтирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10164,87 +10704,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская"", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10349,87 +10925,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10534,87 +11110,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат, по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 216 часов за последние 5 лет, допуск к работе с источниками ионизирующего излучения.</w:t>
-[...35 lines deleted...]
-Ангиографическая установка с системой гемодинамики, эхокардиограф с внутрисердечной и/или чрезпищеводным датчиком.</w:t>
+Наличие в штате специалиста, имеющего сертификат, по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 216 часов за последние 5 лет, допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ангиографическая установка с системой гемодинамики, эхокардиограф </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с внутрисердечной и/или чрезпищеводным датчиком</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10719,87 +11313,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)" или "Кардиохирургия (взрослая, детская)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, стаж работы в отделении трансплантации не менее 3-х лет, повышение квалификации по специальности в объеме не менее 108 часов за последние 3 года.</w:t>
-[...35 lines deleted...]
-Аппарат для гемодиализа и гемодиафильтрации. Аппарат для внутриаортальной баллонной контрпульсации. Центрифужный насос крови. Аппарат для перевозки донорских органов. Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чреспищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции. Аппарат для перфузии донорского сердца.</w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)" или "Кардиохирургия (взрослая, детская)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, стаж работы в отделении трансплантации не менее 3-х лет, повышение квалификации по специальности в объеме не менее 108 часов за последние 3 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аппарат для гемодиализа и гемодиафильтрации. Аппарат для внутриаортальной баллонной контрпульсации. Центрифужный насос крови. Аппарат для перевозки донорских органов. Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции. Аппарат для перфузии донорского сердца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10904,87 +11516,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 3 года.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чреспищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для афферентной гемокоррекции. Аппарат для подачи монооксида азота.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 3 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат искусственного кровообращения. Аппарат для афферентной гемокоррекции. Аппарат для подачи монооксида азота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11053,123 +11683,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Замена трансфенозного атриального и (или) вентрикулярного электрода (электродов)</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики.</w:t>
+Замена трансвенозного атриального и /или вентрикулярного электрода (электродов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 216 часов за последние 5 лет, допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11238,123 +11868,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имплантация автоматического кардиовертера/дефибриллятора</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики.</w:t>
+Имплантация автоматического кардиовертера/ дефибриллятора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 216 часов за последние 5 лет, допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11423,123 +12053,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Замена автоматического кардиовертера и (или) дефибриллятора, системы в целом</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики.</w:t>
+Замена автоматического кардиовертера/ дефибриллятора, системы в целом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам аритмологии не менее 216 часов за последние 5 лет, допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11608,123 +12238,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имплантация только генератора импульсов автоматического кардиовертера и (или) дефибриллятора</w:t>
-[...71 lines deleted...]
-Ангиографическая установка с системой гемодинамики.</w:t>
+Имплантация только генератора импульсов автоматического кардиовертера/ дефибриллятора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная аритмология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Кардиология (интервенционная аритмология) (детская)" или "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 3 лет, опыт имплантации электрокардиостимулятора - не менее 30 операций, свидетельство о повышении квалификации по вопросам аритмологии не менее 216 часов за последние 5 лет, допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11793,123 +12423,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Эндартерэктомия других артерий головы и шеи</w:t>
-[...71 lines deleted...]
-Дуплексный сканер. Отдельная операционная для сосудистой хирургии. Мониторинг кровообращения мозга. Церебральный оксиметр или транскраниальный допплер.</w:t>
+Эндартериоэктомия других артерий головы и шеи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы не менее 5 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуплексный сканер. Отдельная операционная для сосудистой хирургии. Мониторинг кровообращения мозга. Церебральный оксиметр или транскраниальный доплер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12014,87 +12644,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", опыт самостоятельных операций на открытом сердце не менее 100 в год или по специальности "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 5 лет, повышение квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический.Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", опыт самостоятельных операций на открытом сердце не менее 100 в год или по специальности "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 5 лет, повышение квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12199,87 +12829,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический.Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12419,52 +13067,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Дуплексный сканер. Рентген-операционная с биплановым ангиографом. Интраоперационный мониторинг гемодинамики. Наркозно-дыхательный аппарат. Операционный микроскоп. Операционный стол с аксессуарами. Набор нейрохирургических инструментов. Набор микронейрохирургических инструментов для сосудистой нейрохирургии. Операционный коагулятор.</w:t>
+              <w:t xml:space="preserve">
+Дуплексный сканер. Рентген-операционная </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с биплановым ангиографом. Интраоперационный мониторинг гемодинамики. Наркозно-дыхательный аппарат. Операционный микроскоп. Операционный стол </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с аксессуарами. Набор нейрохирургических инструментов. Набор микронейрохирургических инструментов для сосудистой нейрохирургии. Операционный коагулятор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12569,87 +13253,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Дефибриллятор бифазный функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функции инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический.Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат.</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиохирургия (взрослая, детская)", стаж работы по специальности не менее 5 лет, опыт самостоятельных операций на открытом сердце не менее 50 в год, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Аппарат искусственного кровообращения. Наркозно-дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12682,177 +13366,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.65</w:t>
-[...125 lines deleted...]
-Дефибриллятор бифазный с функцией синхронизации. Электрокардиостимулятор временный. Стационарный или портативный аппарат для ультразвукового исследования сердца и сосудов. Монитор с функцией инвазивной гемодинамики. Перфузор. Инфузомат. Датчик чрезпищеводный. Электрокоагулятор хирургический. Анализатор кислотно-основного равновесия с определением электролитов. Аспиратор (отсос) хирургический. Наркозно-дыхательный аппарат. Аппарат для проведения экстракорпоральной мембранной оксигенации. Аппарат для афферентной гемокоррекции.</w:t>
+39.72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндоваскулярная (тотальная) эмболизация или окклюзия сосудов головы и шеи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие в штате </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+специалиста, имеющего сертификат по специальности "Нейрохирургия (взрослая, детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам эндоваскулярной нейрохирургии не менее 432 часов за последние 3 года. Опыт самостоятельных эндоваскулярных операций на сосудах головного мозга не менее 50 в год. Допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Биплановая ангиографическая установка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерный томограф.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интраоперационный мониторинг гемодинамики.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наркозно-дыхательный аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12885,159 +13641,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.72</w:t>
-[...107 lines deleted...]
-Биплановая ангиографическая установка. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф. Интраоперационный мониторинг гемодинамики. Наркозно-дыхательный аппарат..</w:t>
+39.73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндоваскулярная имплантация протеза в грудную аорту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия) (взрослая, детская)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ангиографическая установка с системой гемодинамики. Наркозно-дыхательный аппарат. Бифазный дефибриллятор. Аппарат искусственного кровообращения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13070,159 +13826,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.73</w:t>
-[...107 lines deleted...]
-Ангиографическая установка с системой гемодинамики. Наркозно-дыхательный аппарат. Бифазный дефибриллятор. Аппарат искусственного кровообращения.</w:t>
+39.731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стентирование коарктации аорты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Кардиология (интервенционная кардиология) (взрослая)" или "Кардиология (интервенционная кардиология) (детская)" или "Ангиохирургия (рентгенохирургия, интервенционная хирургия)", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуплексный сканер. Интраоперационный мониторинг – инвазивного артериального давления. Ангиографическая установка с системой гемодинамики. Аппарат для реинфузии крови</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13255,159 +14011,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.731</w:t>
-[...107 lines deleted...]
-Дуплексный сканер. Интраоперационный мониторинг – инвазивное АД. Ангиографическая установка с системой гемодинамики. Аппарат для реинфузии крови.</w:t>
+41.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация мезенхимальных стволовых клеток костного мозга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология (детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам трансплантации костного мозга не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Палаты должны оборудованы гепафильтрами или иными устройствами нагнетания ламинарного потока воздуха; палаты должны быть одно- или двухместные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с круглосуточным постом. Лаборатория по заготовке и биотехнологии стволовых клеток должна быть оснащена оборудованием для забора биоматериала (механический способ биотехнологии клеток или сепаратор клеток), проточный цитофлуориметр, оборудование для выделения стволовых клеток - ламинарный шкаф, CO2–инкубатор. Лаборатория должна позволять выполнять цитологические, иммунофенотипические, иммуногистохимические, молекулярно-генетические, гемостазиологические </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и микробиологические исследования, а также система проведения иммунологического (HLA) типирование (на договорной основе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13440,159 +14232,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.01</w:t>
-[...107 lines deleted...]
-Палаты должны быть оборудованы гепа-фильтрами или иными устройствами нагнетания ламинарного потока воздуха; палаты должны быть одно- или двухместные с круглосуточным постом. Лаборатория по заготовке и биотехнологии стволовых клеток должна быть оснащена оборудованием для забора биоматериала (механический способ биотехнологии клеток или сепаратор клеток), проточный цитофлуориметр, оборудование для выделения стволовых клеток - ламинарный шкаф, CO2–инкубатор. Лаборатория должна позволять выполнять цитологические, иммунофенотипические, иммуногистохимические, молекулярно-генетические, гемостазиологические и микробиологические исследования, а также HLA типирование (на договорной основе).</w:t>
+41.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация аутологичных гемопоэтических стволовых клеток без очистки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология (детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам трансплантации костного мозга не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Палаты оборудуются гепафильтрами и (или) иными устройствами нагнетания ламинарного потока воздуха. Палаты одноместные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с отдельным круглосуточным постом. Палаты оснащаются шприцевыми помпами не менее 1 на 1 койку и перфузорами не менее 4 на 1 койку, аппарат искусственной вентиляции легких – не менее 2, монитор пациента, консоли </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с подведенными газами. Лаборатория выполняет цитологические, цитогенетические, иммунофенотипические, иммуногистиохимические, молекулярно-генетические, гемостазиологические, микробиологические исследования (на договорной основе). Лаборатория по заготовке стволовых клеток оснащается оборудованием для забора клеток (сепаратор клеток), проточным цитофлуориметром, оборудованием для криохранилища (на договорной основе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13625,159 +14453,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.04</w:t>
-[...107 lines deleted...]
-Палаты оборудуются гепа-фильтрами и (или) иными устройствами нагнетации ламинарного потока воздуха. Палаты одноместные с отдельным круглосуточным постом. Палаты оснащаются шприцевыми помпами не менее 1 на 1 койку и перфузорами не менее 4 на 1 койку, аппарат искусственной вентиляции легких – не менее 2, монитор пациента, консоли с подведенными газами. Лаборатория выполняет цитологические, цитогенетические, иммунофенотипические, иммуногистиохимические, молекулярно-генетические, гемостазиологические, микробиологические исследования (на договорной основе). Лаборатория по заготовке стволовых клеток оснащается оборудованием для забора клеток (сепаратор клеток), проточным цитофлуориметром, оборудованием для криохранилища (на договорной основе).</w:t>
+41.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация аллогенных гемопоэтических стволовых клеток без очистки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология (детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам трансплантации костного мозга не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Палаты оборудуются гепафильтрами и (или) иными устройствами нагнетания ламинарного потока воздуха. Палаты одноместные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с отдельным круглосуточным постом. Палаты оснащаются шприцевыми помпами не менее 1 на 1 койку и перфузорами не менее 4 на 1 койку, аппарат искусственной вентиляции легких – не менее 2, монитор пациента, консоли </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с подведенными газами. Лаборатория выполняет цитологические, цитогенетические, иммунофенотипические, иммуногистиохимические, молекулярно-генетические, гемостазиологические, микробиологические исследования (на договорной основе). Лаборатория по заготовке стволовых клеток оснащается оборудованием для забора клеток (сепаратор клеток), проточным цитофлуориметром, оборудованием для криохранилища (на договорной основе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13810,159 +14674,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.05</w:t>
-[...107 lines deleted...]
-Палаты оборудуются гепа-фильтрами и (или) иными устройствами нагнетации ламинарного потока воздуха. Палаты одноместные с отдельным круглосуточным постом. Палаты оснащаются шприцевыми помпами не менее 1 на 1 койку и перфузорами не менее 4 на 1 койку, аппарат искусственной вентиляции легких – не менее 2, монитор пациента, консоли с подведенными газами. Лаборатория выполняет цитологические, цитогенетические, иммунофенотипические, иммуногистиохимические, молекулярно-генетические, гемостазиологические, микробиологические исследования (на договорной основе). Лаборатория по заготовке стволовых клеток оснащается оборудованием для забора клеток (сепаратор клеток), проточным цитофлуориметром, оборудованием для криохранилища (на договорной основе).</w:t>
+41.06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация пуповинных стволовых клеток</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология (детская)" или "Общая хирургия (трансплантология)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам трансплантации гемопоэтических стволовых клеток не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Палаты оборудованы гепафильтрами или иными устройствами нагнетания ламинарного потока воздуха; палаты должны быть одноместные с круглосуточным постом. Лаборатория должна позволять выполнять цитологические, цитогенетические, иммунофенотипические, иммуногистиохимические, молекулярно-генетические, гемостазиологические, микробиологические исследования, HLA типирование (на договорной основе). Лаборатория по заготовке и биотехнологии стволовых клеток должна оснащена оборудованием для забора биоматериала (сепаратор клеток и/или механический способ биотехнологии клеток), проточным цитофлуориметром, оборудованием для криохранилища и ламинарными шкафами (на договорной основе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13995,159 +14859,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.06</w:t>
-[...107 lines deleted...]
-Палаты должны быть оборудованы гепа–фильтрами или иными устройствами нагнетания ламинарного потока воздуха; палаты должны быть одноместные с круглосуточным постом. Лаборатория должна позволять выполнять цитологические, цитогенетические, иммунофенотипические, иммуногистиохимические, молекулярно–генетические, гемостазиологические, микробиологические исследования, HLA типирование (на договорной основе). Лаборатория по заготовке и биотехнологии стволовых клеток должна быть оснащена оборудованием для забора биоматериала (сепаратор клеток и/или механический способ биотехнологии клеток), проточным цитофлуориметром, оборудованием для криохранилища и ламинарными шкафами (на договорной основе).</w:t>
+41.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация фетальных стволовых клеток</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология (детская)" или "Общая хирургия (трансплантология)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам клеточной терапии или клеточной трансплантации, или клеточной технологии не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Палаты оборудованы гепафильтрами или иными устройствами нагнетания ламинарного потока воздуха; палаты должны быть одно- или двухместные </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с круглосуточным постом. Лаборатория по заготовке и биотехнологии стволовых клеток оснащена оборудованием для забора биоматериала (механический способ биотехнологии клеток и/или сепаратор клеток), проточный цитофлуориметр, оборудование для выделения стволовых клеток – ламинарный шкаф, CO2–инкубатор. Лаборатория должна позволять выполнять цитологические, иммунофенотипические, иммуногистохимические, молекулярно-генетические, гемостазиологические и микробиологические исследования, а также HLA типирование (на договорной основе)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14180,159 +15062,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.10</w:t>
-[...107 lines deleted...]
-Палаты должны быть оборудованы гепа-фильтрами или иными устройствами нагнетания ламинарного потока воздуха; палаты должны быть одно- или двухместные с круглосуточным постом. Лаборатория по заготовке и биотехнологии стволовых клеток должна быть оснащена оборудованием для забора биоматериала (механический способ биотехнологии клеток и/или сепаратор клеток), проточный цитофлуориметр, оборудование для выделения стволовых клеток – ламинарный шкаф, CO2–инкубатор. Лаборатория должна позволять выполнять цитологические, иммунофенотипические, иммуногистохимические, молекулярно-генетические, гемостазиологические и микробиологические исследования, а также HLA типирование (на договорной основе).</w:t>
+50.52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация печени от посмертного донора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, по трансплантации печени в объеме не менее 108 часов за последние 3 года, стаж работы в отделении трансплантации не менее 3-х лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат для обходного кровообращения – Байпас. Аппарат для гемодиализа и гемодиафильтрации – не менее 2, аппарат ультразвукового исследования с доплером – не менее 2, компьютерный томограф – 1, ангиограф – 1, моно- и биполярный электрокоагулятор – 2, отсос аспирационный – 2, дозатор лекарственных средств – 4, электрокардиограф – 1, аппарат искусственной вентиляции легких – 2, бинокулярные лупы – 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый – 2, рентгенологический аппарат С-дуга – 1, гармонический ультразвуковой скальпель – 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом – 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови -1 , анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический – 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14365,159 +15247,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.52</w:t>
-[...107 lines deleted...]
-Аппарат для обходного кровообращения – Байпас. Аппарат для гемодиализа и гемодиафильтрации - не менее 2, аппарат ультразвуковой с доплером – не менее 2, компьютерный томограф – 1, ангиограф - 1, моно- и биполярный электрокоагулятор - 2, отсос аспирационный - 2, дозатор лекарственных средств - 4, электрокардиограф - 1, аппарат искусственной вентиляции легких - 2, бинокулярные лупы - 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый - 2, рентгенологический аппарат С-дуга - 1, гармонический ультразвуковой скальпель - 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови -1 , анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический – 1.</w:t>
+50.59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другая трансплантация печени</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, по трансплантации печени в объеме не менее 108 часов за последние 3 года, стаж работы в отделении трансплантации не менее 3-х лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат для обходного кровообращения – Байпас. Аппарат для гемодиализа и гемодиафильтрации – не менее 2, аппарат ультразвуковой с доплером – не менее 2, компьютерный томограф – 1, ангиограф – 1, коагулятор операционный - не менее 2, отсос аспирационный - 2, дозатор лекарственных средств – 4, электрокардиограф – 1, аппарат искусственной вентиляции легких – 2, бинокулярные лупы – 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый – 2, рентгенологический аппарат С-дуга – 1, гармонический ультразвуковой скальпель – 2, стойка эндовидеохирургическая лапароскопическая – 1, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом – 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови - 1, анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический - 1. Моно- и биполярный элетрокоагулятор – 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14550,159 +15432,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.59</w:t>
-[...107 lines deleted...]
-Аппарат для обходного кровообращения – Байпас. Аппарат для гемодиализа и гемодиафильтрации - не менее 2, аппарат ультразвуковой с доплером - не менее 2, компьютерный томограф – 1, ангиограф - 1, коагулятор операционный - не менее 2, отсос аспирационный - 2, дозатор лекарственных средств - 4, электрокардиограф - 1, аппарат искусственной вентиляции легких - 2, бинокулярные лупы - 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый - 2, рентгенологический аппарат С-дуга - 1, гармонический ультразвуковой скальпель - 2, стойка эндовидеохирургическая лапароскопическая - 1, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови - 1, анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический - 1. Моно- и биполярный электрокоагулятор – 2.</w:t>
+52.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радикальная субтотальная панкреотомия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Общая хирургия (абдоминальная хирургия)" или "Онкология (взрослая)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по профилю не менее 108 часов. При оказании данной услуги лицам младше 18 лет, наличие в штате специалиста, имеющего сертификат по специальности "Детская хирургия" (неонатальная хирургия), стаж работы по специальности не менее 10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Большой хирургический набор. Сосудистый хирургический набор. Моно и биполярный электрокоагулятор. Монофиламентные шовные материалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14735,159 +15617,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.53</w:t>
-[...107 lines deleted...]
-Большой хирургический набор. Сосудистый хирургический набор. Моно и биполярный электрокоагулятор. Монофиламентные шовные материалы.</w:t>
+52.80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантация поджелудочной железы, неуточненная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, по трансплантации поджелудочной железы в объеме не менее 108 часов за последние 3 года, стаж работы в отделении трансплантации не менее 3-х лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат для гемодиализа и гемодиафильтрации – не менее 2, аппарат ультразвуковой с доплером – не менее 2, компьютерный томограф – 1, ангиограф – 1, моно- и биполярный электрокоагулятор – 2, отсос аспирационный - 2, дозатор лекарственных средств – 4, электрокардиограф – 1, аппарат искусственной вентиляции легких – 2, бинокулярные лупы – 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый – 2, гармонический ультразвуковой скальпель – 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови - 1, анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический – 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14920,159 +15802,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.80</w:t>
-[...107 lines deleted...]
-Аппарат для гемодиализа и гемодиафильтрации - не менее 2, аппарат ультразвуковой с доплером –- не менее 2, компьютерный томограф – 1, ангиограф - 1, моно- и биполярный электрокоагулятор - 2, отсос аспирационный - 2, дозатор лекарственных средств - 4, электрокардиограф - 1, аппарат искусственной вентиляции легких - 2, бинокулярные лупы - 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый - 2, гармонический ультразвуковой скальпель -2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови - 1, анализатор кислотно-щелочного состояния – 1, аспиратор ультразвуковой хирургический – 1.</w:t>
+54.970.059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Гипертермическая интраперитонеальная химиотерапия (HIPEC) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Онкология (взрослая)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по профилю не менее 108 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Рентгенустановка. Компьютерная томография с наличием шприцевого инжектора или магнитно-резонансная томография, аппарат ультразвуковой диагностики. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Большой хирургический набор. Наличие аппарата для проведения гипертермической интраперитонеальной химиотерапии (HIPEC) с соответствующими расходными материалами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15105,159 +15987,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54.970.059</w:t>
-[...107 lines deleted...]
-Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Рентгенографическая установка. Компьютерная томография с наличием шприцевого инжектора или магнитнорезонансная томография, аппарат ультразвуковой диагностики. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Большой хирургический набор. Наличие аппарата для проведения гипертермической интраперитонеальной химиотерапии (HIPEC) с соответствующими расходными материалами.</w:t>
+55.5016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радикальная нефрэктомия с тромбэктомией</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Урология и андрология (взрослая, детская)" или "Онкология (взрослая)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по вопросам сосудистой хирургии не менее 108 часов, вопросам онкоурологии не менее 108 часов. Наличие в штате специалиста, имеющего сертификат по специальности "Ангиохирургия (взрослая, детская)" либо наличие договора на оказание лечебных услуг по ангиохирургии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Рентгенустановка. Аппарат компьютерной томографии </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с наличием шприцевого инжектора или аппарат магниторезонансной томографии, аппарат ультразвуковой диагностики. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Аппарат ультразвуковой с доплером. Большой хирургический набор. Сосудистый хирургический набор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15290,159 +16190,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.5016</w:t>
-[...107 lines deleted...]
-Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Рентгенографическая установка. Аппарат компьютерной томографии с наличием шприцевого инжектора или аппарат магниторезонансной томографии, аппарат ультразвуковой диагностики. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Аппарат для допплерографии. Большой хирургический набор. Сосудистый хирургический набор.</w:t>
+55.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансплантация почки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Общая хирургия (трансплантология)", свидетельство о повышении квалификации по вопросам трансплантологии, забору органов от кадавра и транспортировке донорских органов, в том числе с использованием специализированного оборудования по транспортировке органов человека, по трансплантации почки в объеме не менее 108 часов за последние 3 года, стаж работы в отделении трансплантации не менее 3-х лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат для гемодиализа и гемодиафильтрации – не менее 2, аппарат ультразвуковой с доплером – не менее 2, компьютерный томограф – 1, ангиограф – 1, коагулятор операционный – не менее 2, отсос аспирационный – 2, дозатор лекарственных средств – 4, электрокардиограф – 1, аппарат искусственной вентиляции легких – 2, бинокулярные лупы – 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый – 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом – 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови, анализатор кислотно-щелочного состояния – 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15475,159 +16375,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.62</w:t>
-[...107 lines deleted...]
-Аппарат для гемодиализа и гемодиафильтрации - не менее 2, аппарат ультразвуковой с доплером –- не менее 2, компьютерный томограф – 1, ангиограф -1, коагулятор операционный - не менее 2, отсос аспирационный - 2, дозатор лекарственных средств - 4, электрокардиограф - 1, аппарат искусственной вентиляции легких - 2, бинокулярные лупы - 2, набор инструментов микрохирургический – 2, набор инструментов сосудистый - 2, набор хирургического инструментария (ранорасширитель) – 2, монитор для наблюдения за пациентом - 2, весы для определения массы тела пациента – 1, контейнер для транспортировки донорского органа – 1, аппарат для реинфузии крови, анализатор кислотно-щелочного состояния – 1.</w:t>
+56.7404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уретероцистонеостомия по модифицированному методу политано-летбеттера с дополнительным антирефлюксным механизмом по Блохину</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Урология и андрология" (взрослая, детская), стаж работы по специальности не менее 10 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Рентгенографическая установка. Компьютерная томография </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с наличием шприцевого инжектора или магнитно-резонансная томография, аппарат ультразвуковой диагностики. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Большой хирургический набор. Сосудистый хирургический набор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15660,159 +16578,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56.7404</w:t>
-[...107 lines deleted...]
-Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Рентгенографическая установка. Компьютерная томография с наличием шприцевого инжектора или магнитнорезонансная томография, аппарат ультразвуковой диагностики. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Большой хирургический набор. Сосудистый хирургический набор.</w:t>
+63.8301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микрохирургическая инвагинационная вазоэпидидимостомия при обструктивной азооспермии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Урология и андрология (взрослая, детская)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по вопросам генитальной хирургии не менее 216 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Микрохирургический набор инструментов. Набор инструментов хирургический большой </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в комплекте. Наркозно-дыхательный аппарат. Высокочастотный электрокоагулятор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15845,159 +16781,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63.8301</w:t>
-[...107 lines deleted...]
-Микрохирургический набор инструментов. Набор инструментов хирургический большой в комплекте. Наркозно-дыхательный аппарат. Высокочастотный электрокоагулятор.</w:t>
+78.191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Применение внешнего фиксирующего устройства на кости таза, требующих этапной коррекции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по специальности в объеме не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронно-оптический преобразователь. Силовой инструмент (электрическая дрель). Рентген-негативный универсальный операционный стол с приставкой для травматологии и ортопедии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16030,159 +16966,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.921**</w:t>
-[...107 lines deleted...]
-Шкаф ламинарный 2-го класса защиты. Центрифуга лабораторная. Сосуд Дьюара. Аппарат ультразвуковой диагностики. Инкубатор для культивирования эмбрионов. Микроскоп медицинский инвертированный для лабораторных исследований с лазерной системой для хетчинга. Медицинский лабораторный микроскоп. Стереоскопический микроскоп.</w:t>
+81.041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спондилодез грудного и поясничного позвонков, передний доступ, с фиксацией внутренними транспедикулярными системами и кейджами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)" или "Нейрохирургия (взрослая, детская)". Стаж работы по специальности не менее 5 лет. Свидетельство о повышении квалификации по хирургии позвоночника в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций на позвоночнике и спинном мозге не менее 50 в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Электронно-оптический преобразователь. Силовой инструмент (электрическая дрель). Рентген-негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Инструменты для установки кейджа. Бинокулярная лупа. Магнитно-резонансный томограф </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16215,159 +17169,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.922**</w:t>
-[...107 lines deleted...]
-Шкаф ламинарный 2-го класса защиты. Центрифуга лабораторная. Сосуд Дьюара. Аппарат ультразвуковой диагностики. Инкубатор для культивирования эмбрионов. Микроскоп медицинский инвертированный для лабораторных исследований с лазерной системой для хетчинга. Медицинский лабораторный микроскоп. Стереоскопический микроскоп.</w:t>
+81.042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спондилодез грудного и поясничного позвонков, передний доступ, с внутренней фиксацией эндокорректорами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)" или "Нейрохирургия (взрослая, детская)". Стаж работы по специальности не менее 5 лет. Свидетельство о повышении квалификации по хирургии позвоночника в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций на позвоночнике и спинном мозге не менее 50 в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Электронно-оптический преобразователь. Силовой инструмент (электрическая дрель). Рентген-негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Инструменты для установки кейджа. Бинокулярная лупа. Магнитно-резонансный томограф </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16400,159 +17372,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.923**</w:t>
-[...107 lines deleted...]
-Шкаф ламинарный 2-го класса защиты. Центрифуга лабораторная. Сосуд Дьюара. Аппарат ультразвуковой диагностики. Инкубатор для культивирования эмбрионов. Микроскоп медицинский инвертированный для лабораторных исследований с лазерной системой для хетчинга. Медицинский лабораторный микроскоп. Стереоскопический микроскоп.</w:t>
+81.062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спондилодез поясничного и крестцового позвонков, передний доступ, с внутренней фиксацией эндокорректорами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)" или "Нейрохирургия (взрослая, детская)". Стаж работы по специальности не менее 5 лет. Свидетельство о повышении квалификации по хирургии позвоночника в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций на позвоночнике и спинном мозге не менее 50 в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Электронно-оптический преобразователь. Силовой инструмент (дрель с борами, фрезами и пилами). Рентген- негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Бинокулярная лупа. Магнитно-резонансный томограф </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16585,159 +17575,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.924**</w:t>
-[...107 lines deleted...]
-Шкаф ламинарный 2-го класса защиты. Центрифуга лабораторная. Сосуд Дьюара. Аппарат ультразвуковой диагностики. Инкубатор для культивирования эмбрионов. Микроскоп медицинский инвертированный для лабораторных исследований с лазерной системой для хетчинга. Медицинский лабораторный микроскоп. Стереоскопический микроскоп.</w:t>
+81.073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спондилодез поясничного и крестцового позвонков, боковой поперечный доступ, протезирование диска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)" или "Нейрохирургия (взрослая, детская)". Стаж работы по специальности не менее 5 лет. Свидетельство о повышении квалификации по хирургии позвоночника в объеме не менее 216 часов за последние 3 года. Опыт самостоятельных операций на позвоночнике и спинном мозге не менее 50 в год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронно-оптический преобразователь. Силовой инструмент (дрель с борами, фрезами и пилами). Рентген- негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф. Бинокулярная лупа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16770,159 +17760,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78.191</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь. Силовой инструмент (электрическая дрель). Рентген-негативный универсальный операционный стол с приставкой для травматологии и ортопедии.</w:t>
+81.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ревизия замены тазобедренного сустава, неуточненная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)". Стаж работы по специальности не менее 5 лет. Свидетельство о повышении квалификации по эндопротезированию суставов в объеме не менее 216 часов за последние 5 лет. Количество проводимых первичных протезирований не менее 60 операций в год за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронно-оптический преобразователь или передвижной операционный рентген-аппарат. Силовой инструмент (осциллирующая пила, ример). Специализированный хирургический инструментарий на каждую модель эндопротеза. Рентген- негативный универсальный операционный стол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16955,159 +17945,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.041</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь. Силовой инструмент (электрическая дрель). Рентген-негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Инструменты для установки кейджа. Бинокулярная лупа. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф.</w:t>
+81.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ревизия замены коленного сустава, неуточненная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)". Стаж работы по специальности не менее 5 лет. Повышение квалификации по эндопротезированию суставов в объеме не менее 216 часов за последние 5 лет. Количество проводимых первичных протезирований не менее 30 операций в год за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронно-оптический преобразователь или передвижной операционный рентген-аппарат. Силовой инструмент (осциллирующая пила, ример). Специализированный хирургический инструментарий на каждую модель эндопротеза. Рентген- негативный универсальный операционный стол</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17140,159 +18130,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.042</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь. Силовой инструмент (электрическая дрель). Рентген-негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Инструменты для установки кейджа. Бинокулярная лупа. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф.</w:t>
+81.9610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Замена сустава и/или кости при опухоли костей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)", наличие консультанта онколога. Стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по вопросам опухолей опорно-двигательного аппарата не менее 216 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерный или магнитно-резонансный томограф. Инструментарий для проведения операций по эндопротезированию крупных суставов. Микрохирургический набор. Онкологические эндопротезы. Операционная рентген установка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17325,159 +18315,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.062</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь. Силовой инструмент (дрель с борами, фрезами и пилами). Рентген- негативный универсальный операционный стол. Инструментарий для транспедикулярной фиксации. Бинокулярная лупа. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф</w:t>
+86.310.058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Электрохимиотерапия </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Онкология (взрослая)", стаж работы по специальности не менее 10 лет, свидетельство о повышении квалификации по профилю не менее 108 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Малый хирургический набор. Наличие аппарата для проведения электрохимиотерапии (клинипаратор) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с расходными материалами, в том числе специализированный зонд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17510,159 +18518,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.073</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь. Силовой инструмент (дрель с борами, фрезами и пилами). Рентген- негативный универсальный операционный стол. Инструментарий для транспедикулярной. Магнитно-резонансный томограф с магнитным полем не менее 1,5 тесла. Компьютерный томограф. фиксации. Бинокулярная лупа.</w:t>
+86.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аллотрансплантация кожи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Травматология-ортопедия (комбустиология) (взрослая, детская)" и (или) "Пластическая хирургия", стаж работы врачом не менее 5 лет, свидетельство о повышении квалификации по комбустиологии в объеме не менее 216 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суспензия аллогенных клеток кожи – диплоидной культуры фибробластов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17695,159 +18703,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.53</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь или передвижной операционный о рентген-аппарат. Силовой инструмент (осциллирующая пила, ример). Специализированный хирургический инструментарий на каждую модель эндопротеза. Рентген- негативный универсальный операционный стол.</w:t>
+92.201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высокодозная брахитерапия рака предстательной железы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Лучевая терапия (радиационная онкология)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам высокодозной брахитерапии не менее 108 часов. Наличие специалиста с высшим образованием по физике и (или) высшим техническим образованием, прошедшего специализацию по дозиметрии и планированию лучевой терапии (медицинский физик), стаж работы по специальности не менее 5 лет, наличие специализации по вопросам планирования высокотехнологичных методик лучевой терапии не менее 108 часов. Допуск к работе с источниками ионизирующего излучения. Наличие в штате специалиста, имеющего сертификат по специальности "Анестезиология и реаниматология" (взрослая), стаж работы не менее 3 лет. Наличие в штате специалиста, имеющего сертификат по специальности "Онкология (взрослая)" или "Урология и андрология (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам контактной лучевой терапии не менее 108 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программное обеспечение для брахитерапевтических высокодозных систем. Оборудование для брахитерапии с принадлежностями, включающее стабилизатор, степпер </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с устройством крепления датчика ультразвука, систему позиционирования, шаблон. Ультразвуковой аппарат с принадлежностями (должен иметь программное обеспечение для брахитерапии с биплановым трансректальным датчиком и режимом наложения координатной сетки на изображение). Операционная комната стерильная, операционный стол с комплектом съемных принадлежностей. Игла для брахитерапии диаметром 18 Ch. Игла стабилизирующая для брахитерапии. Баллон для брахитерапии одноразовый. Аппарат для брахитерапии </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+с источником иридий – 192. Вспомогательное оборудование: Комплект дозиметра. Халат рентгенозащитный закрытый, свинцовый эквивалент 0,5 мм Pb спереди и 0,25 мм Pb сзади. Воротник рентгенозащитный 0,35 мм. Шапочка рентгенозащитная 0,35 мм Pb рентгенозащитные перчатки 0,25 мм Pb. брахитерапии. Баллон для брахитерапии одноразовый. Аппарат для брахитерапии с источником ирридий – 192. Вспомогательное оборудование: комплект дозиметра. Халат рентгенозащитный закрытый, свинцовый эквивалент 0,5 мм Pb спереди и 0,25 мм Pb сзади. Воротник рентгенозащитный 0,35 мм. Шапочка рентгенозащитная 0,35 мм Pb рентгенозащитные перчатки 0,25 мм Pb</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17880,344 +18924,488 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.55</w:t>
-[...107 lines deleted...]
-Электронно-оптический преобразователь или передвижной операционный рентген-аппарат. Силовой инструмент (осциллирующая пила, ример). Специализированный хирургический инструментарий на каждую модель эндопротеза. Рентген- негативный универсальный операционный стол.</w:t>
+92.202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интерстициальная лучевая терапия (брахитерапия) локализованного рака предстательной железы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Лучевая терапия (радиационная онкология)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам интерстициальной лучевой терапии (брахитерапии) не менее 108 часов. Наличие специалиста с высшим образованием по физике или высшим техническим образованием, прошедшего специализацию по дозиметрии и планированию лучевой терапии (медицинский физик), стаж работы по специальности не менее 5 лет, наличие специализации по вопросам планирования высокотехнологичных методик лучевой терапии не менее 108 часов. Допуск к работе с источниками ионизирующего излучения. Наличие в штате специалиста, имеющего сертификат по специальности "Анестезиология и реаниматология" (взрослая), стаж работы не менее 3 лет. Наличие в штате специалиста, имеющего сертификат по специальности "Онкология (взрослая)" или "Урология и андрология (взрослая, детская)", стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам контактной лучевой терапии не менее 108 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программное обеспечение для брахитерапевтических низкодозных систем. Оборудование для брахитерапии с принадлежностями, включающее стабилизатор, степпер с устройством крепления датчика ультразвука, систему позиционирования, шаблон. Ультразвуковой аппарат с принадлежностями (должен иметь программное обеспечение для брахитерапии </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+с биплановым трансректальным датчиком </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+и режимом наложения координатной сетки </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+на изображение). Операционная комната стерильная, операционный стол с комплектом съемных принадлежностей. Источники радиоактивного излучения – </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+имплантируемые зерна йод-125. Игла для брахитерапии парафинированная и не парафинированная. Игла стабилизирующая для брахитерапии. Баллон для брахитерапии одноразовый. Вспомогательное оборудование: комплект дозиметра. Халат рентгенозащитный закрытый, свинцовый эквивалент 0,5 мм Pb спереди и 0,25 мм Pb сзади. Воротник рентгенозащитный 0,35 мм. Шапочка рентгенозащитная 0,35 мм Pb рентгенозащитные перчатки 0,25 мм Pb</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.9610</w:t>
-[...107 lines deleted...]
-Компьютерный или магнитно-резонансный томограф. Инструментарий для проведения операций по эндопротезированию крупных суставов. Микрохирургический набор. Онкологические эндопротезы. Операционная рентгенустановка.</w:t>
+92.203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Высокодозная брахитерапия при раке женских половых органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Лучевая терапия (радиационная онкология)". Стаж работы по специальности не менее 5 лет, свидетельство о повышении квалификации по вопросам брахитерапии не менее 216 часов за последние 5 лет. Наличие в штате специалиста с высшим образованием по физике или высшим техническим образованием со стажем работы по специальности не менее 3 лет, имеющего опыт работы с аппаратом для брахитерапии не менее 2 лет. Допуск к работе с источниками ионизирующего излучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оборудование для брахитерапии с источниками Ir-192 или Co-60 с высокой мощностью с дополнительными принадлежностями (аппликаторы и катетеры).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магнитно-резонансный томограф – 1, компьютерный томограф – 1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стандартный набор дозиметрического оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютеризированная программа планирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18250,159 +19438,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86.310.058</w:t>
-[...107 lines deleted...]
-Аппарат искусственной вентиляции легких. Наркозный аппарат. Стол операционный электрический. Реанимационное отделение. Клинико-диагностическая лаборатория. Лаборатория патоморфологии (гистология, цитология). Малый хирургический набор. Наличие аппарата для проведения электрохимиотерапии (клинипаратор) с расходными материалами, в том числе специализированный зонд.</w:t>
+92.321</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиохирургический метод лечения заболеваний центральной нервной системы с применением аппарата Гамма-нож</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в штате не менее двух специалистов, имеющих сертификат по специальности "Нейрохирургия", стаж работы не менее 5 лет, сертификат о прохождении обучения работе на аппарате гамма-нож в объеме не менее 108 часов. Наличие в штате не менее двух специалистов с высшим образованием по ядерной физике или медицинской физике со стажем работы по специальности не менее 3 лет, имеющего опыт работы с источниками ионизирующего излучения не менее 2 лет, сертификат о прохождении обучения работе на аппарате гамма -нож в объеме не менее 108 часов. Наличие в штате онколога либо наличие у одного из специалистов сертификата о прохождении переподготовки по медицинской специальности "Лучевая терапия" (радиационная онкология). Наличие у всех штатных специалистов сертификата о прохождении обучения работе с источниками ионизирующего излучения в объеме 54 часа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат Гамма-нож: блок облучения; набор радиоактивных источников – 192 шт. кобальт-60 60Co; система позиционирования пациента; система компьютерного планирования для оконтуривания опухоли, расчета и подвода оптимальной дозы при радиохирургическом лечении, стереотаксическая рамка для жесткой фиксации. Магнитно-резонансный томограф – 1, компьютерный томограф – 1, ангиограф – 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18435,159 +19623,465 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86.66</w:t>
-[...107 lines deleted...]
-Суспензия аллогенных клеток кожи – диплоидной культуры фибробластов.</w:t>
+ 92.330.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протонная терапия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(1 сеанс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Наличие штата: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Врач-радиационный онколог</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие действующего сертификата специалиста по специальности "Радиационная онкология (лучевая терапия)".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стаж работы по данной специальности не менее 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Документальное подтверждение повышения квалификации по вопросам высокотехнологичных методик лучевой терапии — объҰм обучения: не менее 216 часов в течение последних 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Медицинский физик</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Высшее физико-техническое образование, по направлениям:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– физика (ядерная, медицинская, техническая, прикладная и др.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– технические науки (электроника, радиотехника, ускорительная техника и др.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Опыт работы на линейных ускорителях, продолжительность: не менее 2 лет. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Медицинская сестра/брат лучевого оборудования (технолог радиотерапии).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Среднее медицинское образование.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат рентгенлаборанта (не менее 300ч).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опыт работы на линейных ускорителях, продолжительность: не менее 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Система протонной терапии, состоящая из:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– циклического ускорителя (синхроциклотрон или циклотрон) с возможностью сканирования по технологии Pencil Beam Scanning (PBS), модуляции дозы по глубине (Range Modulation). Гентри-система с возможностью вращения вокруг пациента (угол ≥ 180°), либо фиксированная с многопозиционным столом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– система визуализации и позиционирования, лазерная система позиционирования с точностью не более ±1 мм, роботизированный стол с 6 степенями свободы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– система планирования лечения (TPS), полностью интегрированная с терапевтической системой, поддержка 3D/4D моделирования, расчҰта дозы с учҰтом гетерогенности тканей, возможность импорта/экспорта DICOM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18620,1214 +20114,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92.201</w:t>
-[...1162 lines deleted...]
-              <w:t>
 99.791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -19856,208 +20186,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология детская", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам трансплантации костного мозга не менее 108 часов за последние 5 лет.</w:t>
-[...35 lines deleted...]
-Наличие одно – двух местных палат оборудованной гепафильтрами или иными устройствами нагнетания ламинарного потока воздуха, оснащенных аппаратом искусственной вентиляции легких и мониторами пациента. Лаборатория по заготовке стволовых клеток должна быть оснащена оборудованием для забора клеток (сепаратор клеток), проточным цитофлуориметром, оборудованием для криохранилища (по договору на оказание услуг).</w:t>
+Наличие в штате специалиста, имеющего сертификат по специальности "Гематология (взрослая)" или "Онкология и гематология детская", стаж работы по специальности не менее 3 лет, свидетельство о повышении квалификации по вопросам трансплантации костного мозга не менее 108 часов за последние 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие одно – двух местных палат оборудованной гепафильтрами или иными устройствами нагнетания ламинарного потока воздуха, оснащенных аппаратом искусственной вентиляции легких и мониторами пациента. Лаборатория по заготовке стволовых клеток должна быть оснащена оборудованием для забора клеток (сепаратор клеток), проточным цитофлуориметром, оборудованием для криохранилища (по договору на оказание услуг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * Проведение до и после кохлеарной реабилитации</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      **Дополнительные описания к организациям здравоохранения, оказывающим услуги искусственного оплодотворения в рамках гарантированного объема бесплатной медицинской помощи и системе обязательного социального медицинского страхования:</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="99"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20214,163 +20463,163 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="103"/>
+    <w:bookmarkStart w:name="z142" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заключение о соответствии организации здравоохранения к предоставлению высокотехнологичной медицинской помощи на период с " " 20 ____ года по " " 20 __ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра здравоохранения РК от 28.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z143" w:id="104"/>
+      <w:bookmarkStart w:name="z143" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Организация здравоохранения __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     (полное юридическое наименование)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z144" w:id="105"/>
+      <w:bookmarkStart w:name="z144" w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Наименование оказываемого вида высокотехнологичной медицинской помощи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21117,282 +21366,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 декабря 2020 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-238/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="106"/>
+    <w:bookmarkStart w:name="z131" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z132" w:id="107"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z132" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 7 февраля 2017 года № 12 "Об утверждении Правил предоставления высокотехнологичных медицинских услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14868, опубликован 27 марта 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z133" w:id="108"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z133" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 июля 2017 года № 469 "О внесении изменения в приказ Министра здравоохранения Республики Казахстан от 7 февраля 2017 года № 12 "Об утверждении Правил предоставления высокотехнологичных медицинских услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15441, опубликован 23 августа 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z134" w:id="109"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z134" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 апреля 2019 года № ҚР ДСМ-33 "О внесении изменения в приказ Министра здравоохранения Республики Казахстан от 7 февраля 2017 года № 12 "Об утверждении Правил предоставления высокотехнологичных медицинских услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18535, опубликован 19 апреля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z135" w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z135" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня нормативных правовых актов Министерства здравоохранения Республики Казахстан, в которые вносятся изменения и дополнение, утвержденного приказом Министра здравоохранения Республики Казахстан от 10 апреля 2020 года № ҚР ДСМ-37/2020 "О внесении изменений и дополнения в некоторые нормативные правовые акты Министерства здравоохранения Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20381, опубликован 15 апреля 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>