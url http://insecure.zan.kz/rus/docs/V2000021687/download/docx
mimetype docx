--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c63c71" w14:textId="6c63c71">
+    <w:p w14:paraId="178d613" w14:textId="178d613">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,130 +76,322 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении стандарта организации оказания паллиативной медицинской помощи</w:t>
+        <w:t>Об утверждении стандарта организации оказания паллиативной медицинской помощи взрослому населению в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-209/2020. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 ноября 2020 года № 21687.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приказа – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 126 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 126 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемый Стандарт организации оказания паллиативной медицинской помощи взрослому населению в Республике Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      1. Утвердить стандарт организации оказания паллиативной медицинской помощи согласно приложению к настоящему приказу.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -694,112 +886,212 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-209/2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Стандарт организации оказания паллиативной медицинской помощи</w:t>
+        <w:t xml:space="preserve"> Стандарт организации оказания паллиативной медицинской помощи взрослому населению в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок стандарта – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящий стандарт организации оказания паллиативной медицинской помощи (далее – Стандарт) разработан в соответствии с </w:t>
+      1. Настоящий Стандарт организации оказания паллиативной медицинской помощи взрослому населению в Республике Казахстан (далее – Стандарт) разработан в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 126 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс) и устанавливает требования и правила к процессам организации оказания паллиативной медицинской помощи.</w:t>
+        <w:t xml:space="preserve"> статьи 126 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и устанавливает требования и правила к процессам организации оказания паллиативной медицинской помощи взрослому населению в Республике Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Термины и определения, используемые в настоящем стандарте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -816,1499 +1108,1635 @@
         <w:t>
       1) амбулаторные условия – условия оказания медицинской помощи, не предусматривающие круглосуточного медицинского наблюдения и лечения, в том числе в приемных отделениях круглосуточных стационаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) организация здравоохранения – юридическое лицо, осуществляющее деятельность в области здравоохранения; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поддержка в период утраты (смерти пациента) – оказание психологической помощи семье и ухаживающим лицам, в период смерти близкого человека, в рамках специальных социальных услуг паллиативной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) плановая медицинская помощь – форма медицинской помощи, оказываемой при заболеваниях и состояниях, не сопровождающихся угрозой жизни пациента, отсрочка оказания которой на определенное время не повлечет за собой ухудшение состояния пациента, а также при проведении профилактических мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неотложная медицинская помощь – форма медицинской помощи, оказываемой при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, не представляющих явную угрозу жизни пациента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) медицинские услуги – действия субъектов здравоохранения, имеющие профилактическую, диагностическую, лечебную, реабилитационную и паллиативную направленность по отношению к конкретному человеку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) медицинская организация – организация здравоохранения, основной деятельностью которой является оказание медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) качество жизни – интегральная характеристика физического, психологического, эмоционального и социального функционирования больного, основанная на его субъективном восприятии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) мультидисциплинарная группа для оказания паллиативной медицинской помощи (далее – МДГ) - группа различных специалистов, формируемая в зависимости от характера нарушения функций и структур организма пациента, тяжести его клинического состояния для оказания паллиативной медицинской помощи; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) паллиативная медицинская помощь – комплекс медицинских услуг, направленных на облегчение боли и тяжелых проявлений заболевания (состояния) неизлечимо больного пациента при отсутствии показаний к проведению радикального лечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) отделение (палата, койка) паллиативной медицинской помощи – подразделение в составе многопрофильной или специализированной больницы, оказывающее паллиативную медицинскую помощь неизлечимо больному пациенту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) мобильные бригады паллиативной медицинской помощи (далее – МБ) – выездные группы по оказанию паллиативной медицинской помощи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) стационарные условия – условия оказания медицинской помощи, предусматривающие круглосуточное медицинское наблюдение, лечение, уход, а также предоставление койко-места с питанием, в том числе при случаях терапии и хирургии "одного дня", предусматривающих круглосуточное наблюдение в течение первых суток после начала лечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) стационарозамещающие условия – условия оказания медицинской помощи, не требующие круглосуточного медицинского наблюдения и лечения, и предусматривающие медицинское наблюдение и лечение в дневное время с предоставлением койко-места;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) медицинская помощь на дому - условия оказания медицинской помощи при вызове медицинского работника, мобильной бригады, активном патронаже медицинскими работниками, организации лечения на дому (стационар на дому);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) хоспис – медицинская (медико-социальная) организация, оказывающая паллиативную помощь (медицинские, специальные социальные услуги, духовная поддержка) в условиях стационара пациентам с тяжелыми и неизлечимыми заболеваниями (состояниями), а также их семьям и ухаживающим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) экстренная медицинская помощь – форма медицинской помощи, оказываемой при внезапных острых заболеваниях и состояниях, обострениях хронических заболеваний, требующих безотлагательного медицинского вмешательства для предотвращения существенного вреда здоровью и (или) устранения угрозы жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Паллиативная медицинская помощь оказывается в рамках гарантированного объема бесплатной медицинской помощи (далее – ГОБМП) по перечню заболеваний, определяемому уполномоченным органом согласно подпункту 7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 196 Кодекса, добровольного медицинского страхования, на платной основе, за счет средств благотворительных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках паллиативной медицинской помощи оказываются услуги, согласно приложению к настоящему Стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Паллиативная медицинская помощь в амбулаторных, стационарозамещающих, стационарных условиях, а также на дому оказывается медицинскими, а также неправительственными организациями, имеющими лицензию на медицинскую деятельность на амбулаторно-поликлиническую, либо стационарную помощь и (или) стационарозамещающую помощь взрослому населению в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях" (далее – Закон).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) поддержка в период утраты (смерти пациента) – оказание психологической помощи семье и ухаживающим лицам, в период смерти близкого человека, в рамках специальных социальных услуг паллиативной помощи;</w:t>
-[...382 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Штаты медицинских организаций, оказывающих паллиативную медицинскую помощь, устанавливаются в соответствии с нормативами обеспеченности регионов медицинскими работниками, утвержденными согласно подпункту 39) статьи 7 Кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Обеспеченность койками для оказания паллиативной медицинской помощи предусматривается не менее 10 коек на 100 000 населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Штат работников и оснащения медицинскими изделиями осуществляется в соответствии с подпунктами 5), 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 138 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Структура организаций, оказывающих паллиативную медицинскую помощь</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Паллиативная медицинская помощь осуществляется в специализированных структурных подразделениях (отделениях, палатах, койках) организаций здравоохранения, самостоятельных специализированных медицинских организациях (больницах сестринского ухода, хосписах) в стационарных, стационарозамещающих условиях и на дому, в том числе с использованием мобильных бригад.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Организации паллиативной медицинской помощи создаются в районных и областных центрах, городах республиканского значения и столице.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Задачи и направления деятельности организаций, оказывающих паллиативную медицинскую помощь</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Основными задачами и направлениями деятельности организаций, оказывающих паллиативную медицинскую помощь, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация мероприятий, направленных на улучшение качества жизни пациентов с тяжелыми и неизлечимыми заболеваниями (состояниями);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) облегчение боли и тяжелых проявлений заболевания (состояния) неизлечимо больного пациента при отсутствии показаний к проведению радикального лечения (инкурабельные пациенты);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение сестринского ухода за неизлечимо больным пациентом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обучение членов семей и ухаживающих лиц основам сестринского ухода за неизлечимо больными пациентами на дому;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оказание персоналом медицинской организации психологического и социально-правового консультирования членов семьи пациента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При оказании паллиативной медицинской помощи для поддержки пациентов и членов их семей в хосписе (отделении) и на дому предусматриваются должности социального работника и психолога.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Социальный работник осуществляет содействие в госпитализации, сопровождение пациентов в медицинские организации, обучение членов семьи пациента основам ухода, организацию и проведение медико-социального обследования, консультирование по социальным вопросам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Психолог осуществляет социально-психологический патронаж, психологическую поддержку пациентов и совместно проживающих членов их семьи, поддержку в период смерти близкого человека, экстренную психологическую помощь. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок организации оказания паллиативной медицинской помощи в стационарных и стационарозамещающих условиях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Паллиативная медицинская помощь оказывается на районном, городском, областном уровнях, а также в городах республиканского значения и столице с соблюдением принципов преемственности на всех этапах ее оказания и непрерывности наблюдения: на приеме врача, в дневном или круглосуточном стационаре, при вызове медицинского работника, МБ, активном патронаже медицинскими работниками, организации лечения на дому. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Врач, оказывающий паллиативную медицинскую помощь в амбулаторных, стационарозамещающих, стационарных условиях и на дому, осуществляют: прием, осмотр, составление плана паллиативной медицинской помощи, ее оказание, назначение выписка лекарственных средств, выполнение процедур и манипуляций, ведение учетной и отчетной документации в области здравоохранения, утвержденной согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 31)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Для оказания паллиативной медицинской помощи пациенту в медицинских организациях областного уровня, а также в городах республиканского значения и столице создается МДГ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В состав МДГ входят: врачи (врачи), профильные специалисты (онколог, фтизиатр, инфекционист, педиатр), средний (средние) медицинский (медицинские) работник (работники), психолог, специалист по социальной работе медицинской организации (социальный работник). Состав МДГ утверждается внутренним приказом медицинской организации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+      В состав МДГ входят: врачи (врачи), профильные специалисты (онколог, фтизиатр, инфекционист), средний (средние) медицинский (медицинские) работник (работники), психолог, специалист по социальной работе медицинской организации (социальный работник). Состав МДГ утверждается внутренним приказом медицинской организации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       МДГ проводит комиссионное обсуждение оказания паллиативной медицинской помощи пациенту после изучения его медицинских документов, результатов клинико-диагностических обследований и консультирование пациентов и специалистов медицинской организации по вопросам оказания паллиативной медицинской помощи, включая:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+      МДГ проводит комиссионное обсуждение оказания паллиативной медицинской помощи пациенту после изучения его медицинских документов, результатов клинико-диагностических обследований и консультирование пациентов и специалистов медицинской организации по вопросам оказания паллиативной медицинской помощи, включая:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) оценку физического и психологического состояния пациента;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+      1) оценку физического и психологического состояния пациента;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) составление и коррекцию индивидуального плана;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+      2) составление и коррекцию индивидуального плана;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказание паллиативной медицинской помощи, в том числе симптоматическое лечение тяжелых проявлений заболевания (состояния) и проведение медицинских вмешательств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) расчет дозировки лекарственных препаратов с определением плана их введения, в том числе назначение и применение ненаркотических, а также лекарственных препаратов, содержащих наркотические средства и психотропные вещества пациентам, согласно клиническим протоколам;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+      4) расчет дозировки лекарственных препаратов с определением плана их введения, в том числе назначение и применение ненаркотических, а также лекарственных препаратов, содержащих наркотические средства и психотропные вещества пациентам, согласно клиническим протоколам;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ведение учетной и отчетной документации, внесение данных в медицинские информационные системы организации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+      5) ведение учетной и отчетной документации, внесение данных в медицинские информационные системы организации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Врач МДГ при выписке оформляет статистическую карту выбывшего из стационара по форме, утвержденной согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 31)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса, где указываются проведенный объем диагностических исследований, лечебных мероприятий и рекомендации по дальнейшему наблюдению и лечению, а также основам ухода на дому. Электронная версия выписки высылается в организацию ПМСП по месту прикрепления (фактического проживания).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При выписке из стационара, а также первичном установлении показаний для паллиативной медицинской помощи информация о больных, нуждающихся либо получающих паллиативную медицинскую помощь, вносится в медицинскую информационную систему медицинской организации профильным специалистом или врачом ПМСП.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+      При выписке из стационара, а также первичном установлении показаний для паллиативной медицинской помощи информация о больных, нуждающихся либо получающих паллиативную медицинскую помощь, вносится в медицинскую информационную систему медицинской организации профильным специалистом или семейный врач.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случаях, если пациент проходил лечение в медицинской организации, оказывающей специализированную или паллиативную медицинскую помощь в стационарных или стационарозамещающих условиях, за пределами административно-территориальной единицы, где он прикреплен, при выписке пациенту, получающему лекарственные препараты, содержащие наркотические средства и психотропные вещества, и нуждающемуся в продолжении лечения на дому, выдаются одновременно с выпиской из истории болезни лекарственные препараты, содержащие наркотические средства и психотропные вещества в соответствии с </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+      В случаях, если пациент проходил лечение в медицинской организации, оказывающей специализированную или паллиативную медицинскую помощь в стационарных или стационарозамещающих условиях, за пределами административно-территориальной единицы, где он прикреплен, при выписке пациенту, получающему лекарственные препараты, содержащие наркотические средства и психотропные вещества, и нуждающемуся в продолжении лечения на дому, выдаются одновременно с выпиской из истории болезни лекарственные препараты, содержащие наркотические средства и психотропные вещества в соответствии с Правилами использования в медицинских целях наркотических средств, психотропных веществ и их прекурсоров, подлежащих контролю в Республике Казахстан, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 26 января 2015 года № 32 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10404).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Показаниями для госпитализации неизлечимо больных пациентов в организации, оказывающие паллиативную медицинскую помощь в стационарных условиях, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) необходимость подбора или коррекция поддерживающей, противоболевой терапии в условиях круглосуточного наблюдения для последующего перевода больного на лечение в амбулаторных условиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) необходимость симптоматического лечения тяжелых проявлений заболевания (состояния) в условиях круглосуточного наблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) необходимость проведения медицинских вмешательств, осуществление которых невозможно в амбулаторных, стационарозамещающих условиях, в том числе на дому.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. В условиях хосписа (отделения) к пациенту предоставляется круглосуточный доступ членов семьи и ухаживающих лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Госпитализация больных в стационарозамещающие и стационарные условия, в том числе для оказания паллиативной медицинской помощи осуществляется через Портал бюро госпитализации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок организации оказания паллиативной медицинской помощи в амбулаторных условиях и на дому</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Врач ПМСП после получения информации о пациенте, нуждающемся или получающем паллиативную медицинскую помощь из числа прикрепленного населения, осуществляет:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+      17. Семейный врач после получения информации о пациенте, нуждающемся или получающем паллиативную медицинскую помощь из числа прикрепленного населения, осуществляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) плановое посещение (актив на дому 1 раз в месяц);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) своевременный вызов мобильной бригады для оказания паллиативной медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) организацию своевременного получения паллиативной медицинской помощи в стационарных, стационарозамещающих условиях и на дому при наличии показаний;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+      3) организацию своевременного получения паллиативной медицинской помощи в стационарных, стационарозамещающих условиях и на дому при наличии показаний;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) оформление документов для проведения медико-социального обследования с целью первичного или вторичного освидетельствования при стойких нарушениях функций организма для дальнейшего установления инвалидности;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+      4) оформление документов для проведения медико-социального обследования с целью первичного или вторичного освидетельствования при стойких нарушениях функций организма для дальнейшего установления инвалидности;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ведение учетной и отчетной документации, внесение данных в медицинские информационные системы организации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+      5) ведение учетной и отчетной документации, внесение данных в медицинские информационные системы организации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       При необходимости получения помощи на дому от пациента, прикрепленного к медицинской организации ПМСП и нуждающегося в паллиативной помощи, регистрируется заявка в медицинской информационной системе организации. После получения заявки врач ПМСП оценивает критичность срочности выезда. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+      При необходимости получения помощи на дому от пациента, прикрепленного к медицинской организации ПМСП и нуждающегося в паллиативной помощи, регистрируется заявка в медицинской информационной системе организации. После получения заявки семейный врач оценивает критичность срочности выезда. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При плановом осмотре врач ПМСП осуществляет активное посещение пациента на дому. Плановое посещение пациента на дому осуществляется врачом не менее 1 раза и не менее 4 раз средним медицинским работником в месяц.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+      При плановом осмотре семейный врач осуществляет активное посещение пациента на дому. Плановое посещение пациента на дому осуществляется врачом не менее 1 раза и не менее 4 раз средним медицинским работником в месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Для лечения пациентов при наличии медицинских показаний используются как медикаментозные, так и немедикаментозные методы купирования боли и других тяжелых проявлений заболевания (состояния). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z87" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Пациенты, нуждающиеся в паллиативной медицинской помощи, обеспечиваются лекарственными препаратами, содержащие наркотические средства и психотропных вещества для облегчения боли и тяжелых проявлений заболевания (состояния) неизлечимо больного пациента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z88" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деятельность медицинских организаций в сфере оборота наркотических средств, психотропных веществ и прекурсоров, которая осуществляется на основании соответствующих лицензий и (или) приложений к лицензиям, в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z89" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок и условия выдачи и переоформления лицензии и (или) приложения к лицензии и дубликата лицензии и (или) приложения к лицензии, осуществления разрешительного контроля, приостановления, возобновления и прекращения действия лицензии и (или) приложений к лицензии на занятие медицинской или фармацевтической деятельностью устанавливаются законами Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2343,1045 +2771,883 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, психотропных веществах, их аналогах и прекурсорах и мерах противодействия их незаконному обороту и злоупотреблению ими", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z90" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. В случае приема пациентом лекарственных препаратов, содержащих наркотические средства свыше трех месяцев, врач ПМСП выносит на рассмотрение врачебно-консультативной комиссии (далее - ВКК) медицинской организации с участием МБ вопрос по дальнейшей противоболевой терапии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z91" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Медицинские работники информируют пациента или его законных представителей о проводимом лечении, включая название медикаментов, показаний для назначения, дозировки, условий хранения, действий при обнаружении побочных эффектов, по соблюдению порядка и режима приема препаратов, условий продолжения лечения данным препаратом, позволяя ему (им) участвовать в процессе принятия решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z92" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Направление больных злокачественными новообразованиями в медицинские организации, оказывающие паллиативную медицинскую помощь при гистологически неподтвержденном диагнозе, осуществляется по совместному решению МБ и ВКК медицинской организации, в которой проводится наблюдение и лечение пациента. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z93" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. При наличии показаний и возможности самостоятельного посещения пациентом медицинской организации больному, на амбулаторном уровне паллиативная медицинская помощь оказывается на приеме или в стационарозамещающих условиях. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z94" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. При отсутствии возможности самостоятельного посещения пациентом медицинской организации больному оказывают паллиативную медицинскую помощь на дому.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z95" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Показаниями для оказания паллиативной медицинской помощи в стационарозамещающих условиях на амбулаторном уровне и на дому являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z96" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)  подбор или коррекция поддерживающей, противоболевой терапии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z97" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)  симптоматическое лечение тяжелых проявлений заболевания (состояния);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z98" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)  проведение врачебных манипуляций и сестринских процедур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z99" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отсутствие хосписов, отделений (коек) для паллиативной медицинской помощи в стационарных условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z100" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25.  При ухудшении состояния пациента, возникновении осложнений, оказание паллиативной медицинской помощи передается МБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z101" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Порядок организации оказания паллиативной медицинской помощи мобильными бригадами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z102" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26.  МБ предназначены для оказания паллиативной медицинской помощи (в том числе дистанционно) в амбулаторных условиях и на дому, формируются на базе любых медицинских организаций и утверждаются внутренним приказом медицинской организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z103" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Выезд МБ осуществляется врачебными бригадами или фельдшерскими (сестринскими) с использованием специализированного или неспециализированного автомобиля, обеспечивающего своевременную доставку бригады к месту обслуживания пациента с соблюдением санитарно-эпидемиологических требований, в часы работы организации ПМСП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z104" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав МБ входят: врач (врачи), средний (средние) медицинский (медицинские) работник (работники), психолог, специалист по социальной работе медицинской организации (социальный работник).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z105" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый выезд МБ осуществляет врач и (или) фельдшер в сопровождении медицинской сестры в течении суток после приема заявки. Последующие вызовы для оказания паллиативной медицинской помощи, связанные с данной заявкой, в зависимости от тяжести состояния и потребности пациента, осуществляются отдельными членами МБ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Работа МБ осуществляется под руководством врача. В условиях ограниченных ресурсов, минимальный состав МБ включает врача (фельдшера) и медицинскую сестру, прошедших соответствующую подготовку по паллиативной помощи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В целях повышения эффективности паллиативной помощи в МБ привлекаются другие медицинские специалисты, волонтеры. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. МБ осуществляют: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказание паллиативной медицинской помощи, в том числе симптоматическое лечение тяжелых проявлений заболевания (состояния) и проведение медицинских вмешательств на дому.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) составление индивидуального плана ведения пациента и мониторинг за состоянием больного, в том числе с применением дистанционных медицинских услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)  назначение лекарственных препаратов, в том числе содержащих наркотические средства, психотропные вещества и их прекурсоры (в медицинской организации и на дому);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подбор или коррекцию поддерживающей, противоболевой терапии на дому;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проведение врачебных вмешательств и процедур сестринского ухода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) обучение членов семей и ухаживающих лиц основам сестринского ухода за неизлечимо больными пациентами на дому;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) направление пациента при наличии показаний в медицинскую организацию, оказывающую паллиативную медицинскую помощь в стационарных условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. В организации, оказывающей услуги МБ, предусматриваются в соответствии с назначением следующие помещения (зоны):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) зона приема звонков бригадами (call-центр) и связи с выездными МБ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) помещение (зона) для хранения медицинского оснащения бригад, комплектации медицинских укладок и текущего запаса медикаментов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       помещение (зона), оборудованное мойкой, для проведения санитарной обработки медицинских сумок, использованных инструментов и материалов; помещение для хранения запаса лекарственных препаратов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Порядок организации дистанционного оказания паллиативной медицинской помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Дистанционные услуги для оказания паллиативной медицинской помощи оказываются согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. На амбулаторном уровне дистанционно оказываются следующие услуги: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мониторинг за состоянием больного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) консультирование пациентов членами МДГ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выписка рецептов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Работниками МБ дистанционно проводится консультирование членов семей и ухаживающих лиц по основам сестринского ухода за неизлечимо больными пациентами на дому.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Неизлечимо больным пациентам и членам их семей в дистанционной форме оказывается индивидуальное психологическое консультирование, а также консультирование социальным работником медицинской организации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Порядок оказания паллиативной медицинской помощи детям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...99 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) заболевания с развитием осложнений при неврологических расстройствах. </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="131"/>
+      Сноска. Глава 8 исключена приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3415,100 +3681,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение Стандарту </w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организации оказания</w:t>
+              <w:t>к Стандарту организации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>паллиативной медицинской помощи</w:t>
+              <w:t>оказания паллиативной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>медицинской помощи взрослому</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>населению Республики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkStart w:name="z140" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Услуги паллиативной медицинской помощи</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="132"/>
+        <w:t xml:space="preserve"> Перечень оказываемых услуг паллиативной медицинской помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение с изменениями, внесенными приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3747,117 +4090,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...65 lines deleted...]
-Консультация (осмотр) педиатра</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 166</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5821,117 +6149,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...65 lines deleted...]
-Обучение уходу за больным ребенком</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Исключена приказом Министра здравоохранения РК от 18.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 166</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12411,55 +12724,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>