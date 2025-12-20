--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="74dab5a" w14:textId="74dab5a">
+    <w:p w14:paraId="55f9600" w14:textId="55f9600">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,54 +132,126 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 210 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 210 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -692,54 +764,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила прохождения прижизненным донором органов (части органа) и (или) тканей (части ткани) всестороннего медицинского обследования (далее – Правила) разработаны в соответствии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 210 Кодекса Республики Казахстан от 7 июля 2020 года "О здоровье народа и системе здравоохранения" (далее – Кодекс) и устанавливают порядок прохождения прижизненным донором органов (части органа) и (или) тканей (части ткани) всестороннего медицинского обследования.</w:t>
+        <w:t xml:space="preserve"> статьи 210 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и устанавливают порядок прохождения прижизненным донором органов (части органа) и (или) тканей (части ткани) всестороннего медицинского обследования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие термины и определения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -870,170 +1004,252 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок медицинского обследования прижизненных доноров органов (части органа) и (или) тканей (части ткани)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Прижизненный донор предоставляет в организацию здравоохранения, оказывающую услуги по трансплантации, письменное нотариально удостоверенное согласие на изъятие органов (части органа) и (или) тканей (части ткани) для дальнейшей трансплантации.</w:t>
+      3. Прижизненный донор предоставляет в организацию здравоохранения, оказывающую услугу по трансплантации, следующие документы с целью дальнейшей трансплантации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) письменное нотариально удостоверенное согласие на изъятие органов (части органа) и (или) тканей (части ткани);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) протокол этической комиссии об установлении генетической связи между потенциальным реципиентом и прижизненным донором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Врач узкого профиля назначает прижизненному донору медицинское обследование перед донорством органов (части органа) и (или) тканей (части ткани).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Прижизненный донор направляется в организацию здравоохранения, оказывающую первичную медико-санитарную помощь по месту прикрепления для обследования в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Всестороннее медицинское обследование прижизненного донора перед трансплантацией проводится в соответствии с приложением к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. После прохождения всестороннего медицинского обследования организация здравоохранения, оказывающая первичную медико-санитарную помощь по месту прикрепления, направляет прижизненного донора на плановую госпитализацию для предоставления специализированной медицинской помощи и высокотехнологичных</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> медицинских услуг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в медицинские организации, осуществляющие трансплантацию органов (части органа) и (или) тканей (части ткани). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1138,86 +1354,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(части ткани) всестороннего </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинского обследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медицинское обследование прижизненного донора перед трансплантацией</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Обследование прижизненного донора почки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1620,70 +1836,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иммуноферментный анализ (далее – ИФА-метод)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z33" w:id="25"/>
+          <w:bookmarkStart w:name="z33" w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа крови;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="25"/>
+          <w:bookmarkEnd w:id="26"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2514,70 +2730,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Онкомаркеры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="26"/>
+          <w:bookmarkStart w:name="z41" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 СА 19-9, АФП, РЭА;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2675,70 +2891,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ультразвуковое исследование (далее - УЗИ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="27"/>
+          <w:bookmarkStart w:name="z43" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УЗИ почек;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3164,70 +3380,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инструментальные методы исследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="28"/>
+          <w:bookmarkStart w:name="z48" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эхокардиография;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3325,70 +3541,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Консультации специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="29"/>
+          <w:bookmarkStart w:name="z50" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоматолог;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3450,68 +3666,68 @@
               </w:rPr>
               <w:t>гинеколог (для женщин);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инфекционист по показаниям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="30"/>
+    <w:bookmarkStart w:name="z54" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Обследование прижизненного донора печени</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3932,70 +4148,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИФА-метод</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="31"/>
+          <w:bookmarkStart w:name="z55" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа крови;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="31"/>
+          <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5137,70 +5353,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ультразвуковое исследование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="32"/>
+          <w:bookmarkStart w:name="z62" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 УЗИ почек;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5626,70 +5842,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инструментальные методы исследования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="33"/>
+          <w:bookmarkStart w:name="z67" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Эхокардиография;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5871,70 +6087,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Консультации специалистов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="34"/>
+          <w:bookmarkStart w:name="z72" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоматолог;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6024,68 +6240,68 @@
               </w:rPr>
               <w:t>гепатолог;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инфекционист</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="35"/>
+    <w:bookmarkStart w:name="z77" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Обследование прижизненного донора гемопоэтических стволовых клеток</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6375,70 +6591,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИФА-метод</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="36"/>
+          <w:bookmarkStart w:name="z78" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Группа крови;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7135,55 +7351,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>